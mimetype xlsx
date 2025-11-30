--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="375">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>firstSave</t>
   </si>
   <si>
     <t>lastSave</t>
   </si>
   <si>
     <t>fullJSON</t>
   </si>
   <si>
     <t>timeWatchM  (ms)</t>
   </si>
   <si>
     <t>timeWatchW  (ms)</t>
   </si>
   <si>
     <t>timeWatchD  (ms)</t>
   </si>
   <si>
     <t>countWatchM</t>
   </si>
   <si>
@@ -77,182 +77,206 @@
   <si>
     <t>145f1a5a</t>
   </si>
   <si>
     <t>14f29a91</t>
   </si>
   <si>
     <t>1579dbfc</t>
   </si>
   <si>
     <t>15e9dedd</t>
   </si>
   <si>
     <t>1693e85c</t>
   </si>
   <si>
     <t>176d2bf1</t>
   </si>
   <si>
     <t>182e8133</t>
   </si>
   <si>
     <t>19573be2</t>
   </si>
   <si>
+    <t>1964b574</t>
+  </si>
+  <si>
     <t>197bd49a</t>
   </si>
   <si>
     <t>1d1409a</t>
   </si>
   <si>
     <t>1dd62c97</t>
   </si>
   <si>
     <t>1e9a4b28</t>
   </si>
   <si>
     <t>1fd4e96e</t>
   </si>
   <si>
+    <t>20a810bc</t>
+  </si>
+  <si>
+    <t>21fa1d22</t>
+  </si>
+  <si>
     <t>237ce046</t>
   </si>
   <si>
     <t>237d2fc1</t>
   </si>
   <si>
     <t>27a53dba</t>
   </si>
   <si>
     <t>289b217</t>
   </si>
   <si>
     <t>29d0fbc9</t>
   </si>
   <si>
     <t>29e8c4d2</t>
   </si>
   <si>
     <t>2a2e4079</t>
   </si>
   <si>
     <t>2a7307ac</t>
   </si>
   <si>
     <t>2ac44f74</t>
   </si>
   <si>
     <t>2cc00687</t>
   </si>
   <si>
     <t>2cef9fbd</t>
   </si>
   <si>
     <t>2e94048c</t>
   </si>
   <si>
+    <t>2ee94ac0</t>
+  </si>
+  <si>
     <t>2f7fb645</t>
   </si>
   <si>
     <t>2f91f030</t>
   </si>
   <si>
     <t>2fbc1e8b</t>
   </si>
   <si>
     <t>30479cdd</t>
   </si>
   <si>
     <t>312b7ff8</t>
   </si>
   <si>
     <t>31e04cca</t>
   </si>
   <si>
     <t>32b11156</t>
   </si>
   <si>
     <t>34189e65</t>
   </si>
   <si>
     <t>342ba89e</t>
   </si>
   <si>
     <t>34a85802</t>
   </si>
   <si>
     <t>34dc2c09</t>
   </si>
   <si>
+    <t>354b4bc8</t>
+  </si>
+  <si>
     <t>3790bdcf</t>
   </si>
   <si>
     <t>384aaa6e</t>
   </si>
   <si>
     <t>38d2c26</t>
   </si>
   <si>
     <t>39f4d3fb</t>
   </si>
   <si>
     <t>3a2288e9</t>
   </si>
   <si>
     <t>3b250853</t>
   </si>
   <si>
     <t>3c4781c5</t>
   </si>
   <si>
     <t>3cfa0046</t>
   </si>
   <si>
     <t>3eaf9dc1</t>
   </si>
   <si>
     <t>3fd3fe4d</t>
   </si>
   <si>
     <t>400771bf</t>
   </si>
   <si>
+    <t>40f89e72</t>
+  </si>
+  <si>
+    <t>4194c09f</t>
+  </si>
+  <si>
     <t>4351bd71</t>
   </si>
   <si>
     <t>435ef2e7</t>
   </si>
   <si>
     <t>43741b27</t>
   </si>
   <si>
     <t>439c99c8</t>
   </si>
   <si>
     <t>448e1b28</t>
   </si>
   <si>
+    <t>45dfbd2b</t>
+  </si>
+  <si>
     <t>47ca6ca8</t>
   </si>
   <si>
     <t>47edcdcb</t>
   </si>
   <si>
     <t>48bd3cc9</t>
   </si>
   <si>
     <t>48f443ec</t>
   </si>
   <si>
     <t>490c31c9</t>
   </si>
   <si>
     <t>49d146d1</t>
   </si>
   <si>
     <t>4a3c9877</t>
   </si>
   <si>
     <t>4addbe83</t>
   </si>
   <si>
     <t>4b9d16fa</t>
@@ -266,50 +290,53 @@
   <si>
     <t>4f5ef29b</t>
   </si>
   <si>
     <t>4fdfe31f</t>
   </si>
   <si>
     <t>50147ff6</t>
   </si>
   <si>
     <t>51b2148f</t>
   </si>
   <si>
     <t>520dcc04</t>
   </si>
   <si>
     <t>523da492</t>
   </si>
   <si>
     <t>5279060a</t>
   </si>
   <si>
     <t>535fe34e</t>
   </si>
   <si>
+    <t>53cf55e6</t>
+  </si>
+  <si>
     <t>542fde3d</t>
   </si>
   <si>
     <t>546d3a5c</t>
   </si>
   <si>
     <t>554d7a65</t>
   </si>
   <si>
     <t>5666a40c</t>
   </si>
   <si>
     <t>56b03489</t>
   </si>
   <si>
     <t>5730925a</t>
   </si>
   <si>
     <t>57598e56</t>
   </si>
   <si>
     <t>57e06dfc</t>
   </si>
   <si>
     <t>599711a3</t>
@@ -476,71 +503,83 @@
   <si>
     <t>780164f1</t>
   </si>
   <si>
     <t>78b100d5</t>
   </si>
   <si>
     <t>79284b67</t>
   </si>
   <si>
     <t>79e53511</t>
   </si>
   <si>
     <t>7a772bb0</t>
   </si>
   <si>
     <t>7aa7c459</t>
   </si>
   <si>
     <t>7b31c972</t>
   </si>
   <si>
     <t>7b34d2aa</t>
   </si>
   <si>
+    <t>7bbb18b4</t>
+  </si>
+  <si>
     <t>7bbe8934</t>
   </si>
   <si>
     <t>7bfaa875</t>
   </si>
   <si>
     <t>7c63816b</t>
   </si>
   <si>
+    <t>7c6e56c</t>
+  </si>
+  <si>
     <t>7cc65ec9</t>
   </si>
   <si>
     <t>7ce4973a</t>
   </si>
   <si>
     <t>7d163239</t>
   </si>
   <si>
+    <t>7d9e30a3</t>
+  </si>
+  <si>
     <t>7db54503</t>
   </si>
   <si>
+    <t>7f0daabd</t>
+  </si>
+  <si>
     <t>7f73d9e2</t>
   </si>
   <si>
     <t>7fbb91</t>
   </si>
   <si>
     <t>7ff734e4</t>
   </si>
   <si>
     <t>80e7da24</t>
   </si>
   <si>
     <t>817a6669</t>
   </si>
   <si>
     <t>8315ee72</t>
   </si>
   <si>
     <t>83af6df1</t>
   </si>
   <si>
     <t>83f7e82</t>
   </si>
   <si>
     <t>843a784a</t>
@@ -596,107 +635,119 @@
   <si>
     <t>95576dac</t>
   </si>
   <si>
     <t>958f7d8c</t>
   </si>
   <si>
     <t>959cb83b</t>
   </si>
   <si>
     <t>966eb41c</t>
   </si>
   <si>
     <t>977ce36f</t>
   </si>
   <si>
     <t>98fee1c8</t>
   </si>
   <si>
     <t>99629c81</t>
   </si>
   <si>
     <t>99642e69</t>
   </si>
   <si>
+    <t>9974159d</t>
+  </si>
+  <si>
     <t>99a226e1</t>
   </si>
   <si>
+    <t>99ed7723</t>
+  </si>
+  <si>
     <t>9a7af82f</t>
   </si>
   <si>
     <t>9ad74d43</t>
   </si>
   <si>
     <t>9aec9509</t>
   </si>
   <si>
     <t>9b72ead1</t>
   </si>
   <si>
     <t>9d466ace</t>
   </si>
   <si>
     <t>9d483e2d</t>
   </si>
   <si>
     <t>9e1b6394</t>
   </si>
   <si>
     <t>9ec762b2</t>
   </si>
   <si>
     <t>9f6c900c</t>
   </si>
   <si>
     <t>a0b9296f</t>
   </si>
   <si>
     <t>a0f85554</t>
   </si>
   <si>
     <t>a13bad2b</t>
   </si>
   <si>
     <t>a172cadb</t>
   </si>
   <si>
     <t>a24f85f2</t>
   </si>
   <si>
     <t>a25713be</t>
   </si>
   <si>
+    <t>a348543a</t>
+  </si>
+  <si>
     <t>a3496f2e</t>
   </si>
   <si>
     <t>a401e48d</t>
   </si>
   <si>
     <t>a45ad00b</t>
   </si>
   <si>
+    <t>a59a2ae3</t>
+  </si>
+  <si>
     <t>a6ee9592</t>
   </si>
   <si>
     <t>a8f5ade5</t>
   </si>
   <si>
     <t>aacc5038</t>
   </si>
   <si>
     <t>ac247f87</t>
   </si>
   <si>
     <t>acbf05e0</t>
   </si>
   <si>
     <t>ad5cea7a</t>
   </si>
   <si>
     <t>adac9509</t>
   </si>
   <si>
     <t>adff859c</t>
   </si>
   <si>
     <t>af3a1fd5</t>
@@ -713,212 +764,239 @@
   <si>
     <t>b19b8422</t>
   </si>
   <si>
     <t>b1af2eca</t>
   </si>
   <si>
     <t>b1ef6ab</t>
   </si>
   <si>
     <t>b2e8bff3</t>
   </si>
   <si>
     <t>b30d5ccb</t>
   </si>
   <si>
     <t>b432046c</t>
   </si>
   <si>
     <t>b4fd6164</t>
   </si>
   <si>
     <t>b5819110</t>
   </si>
   <si>
+    <t>b69c3c21</t>
+  </si>
+  <si>
     <t>b85ae5d6</t>
   </si>
   <si>
     <t>b90119c1</t>
   </si>
   <si>
     <t>b901e5c4</t>
   </si>
   <si>
     <t>b92d522a</t>
   </si>
   <si>
     <t>ba372168</t>
   </si>
   <si>
     <t>ba713d84</t>
   </si>
   <si>
+    <t>bb129800</t>
+  </si>
+  <si>
     <t>bbd7e639</t>
   </si>
   <si>
     <t>bc036626</t>
   </si>
   <si>
     <t>bc186958</t>
   </si>
   <si>
     <t>bc6e8b44</t>
   </si>
   <si>
+    <t>bea6d0b3</t>
+  </si>
+  <si>
     <t>c27cf3a9</t>
   </si>
   <si>
     <t>c38265d5</t>
   </si>
   <si>
     <t>c3a06a7a</t>
   </si>
   <si>
     <t>c52e20b6</t>
   </si>
   <si>
     <t>c63036d</t>
   </si>
   <si>
     <t>c6d3153d</t>
   </si>
   <si>
     <t>c74512d</t>
   </si>
   <si>
     <t>c7a0f5f6</t>
   </si>
   <si>
     <t>c814b50b</t>
   </si>
   <si>
     <t>c8220d57</t>
   </si>
   <si>
+    <t>c823550c</t>
+  </si>
+  <si>
     <t>c87d6021</t>
   </si>
   <si>
     <t>c93b23ea</t>
   </si>
   <si>
     <t>cc2d7117</t>
   </si>
   <si>
     <t>cdd66f84</t>
   </si>
   <si>
     <t>ce07ac7</t>
   </si>
   <si>
     <t>ce5e0eee</t>
   </si>
   <si>
     <t>cf21aaef</t>
   </si>
   <si>
     <t>cf24a1dc</t>
   </si>
   <si>
     <t>cfae0fcd</t>
   </si>
   <si>
     <t>cff98adf</t>
   </si>
   <si>
     <t>d0733056</t>
   </si>
   <si>
     <t>d0fe4f60</t>
   </si>
   <si>
     <t>d1510a61</t>
   </si>
   <si>
+    <t>d15b26f3</t>
+  </si>
+  <si>
     <t>d17c4a70</t>
   </si>
   <si>
     <t>d1816a0d</t>
   </si>
   <si>
     <t>d256dc27</t>
   </si>
   <si>
     <t>d2b6f663</t>
   </si>
   <si>
     <t>d328ab14</t>
   </si>
   <si>
     <t>d473338c</t>
   </si>
   <si>
+    <t>d49a7e80</t>
+  </si>
+  <si>
     <t>d58d5158</t>
   </si>
   <si>
     <t>d5fa1e09</t>
   </si>
   <si>
     <t>d6260fd5</t>
   </si>
   <si>
     <t>d6d905b3</t>
   </si>
   <si>
+    <t>d707f4cc</t>
+  </si>
+  <si>
     <t>d72b71ba</t>
   </si>
   <si>
     <t>d82063b</t>
   </si>
   <si>
     <t>d87f30a6</t>
   </si>
   <si>
     <t>d925ea8c</t>
   </si>
   <si>
     <t>dbc017aa</t>
   </si>
   <si>
     <t>dc1c85ca</t>
   </si>
   <si>
     <t>dc36ad3d</t>
   </si>
   <si>
     <t>dc7c3179</t>
   </si>
   <si>
     <t>dcb151cf</t>
   </si>
   <si>
+    <t>dd2cc11c</t>
+  </si>
+  <si>
     <t>dd490487</t>
   </si>
   <si>
     <t>ddb93006</t>
   </si>
   <si>
+    <t>dede857e</t>
+  </si>
+  <si>
     <t>e0867adb</t>
   </si>
   <si>
     <t>e09c86aa</t>
   </si>
   <si>
     <t>e0bad4bb</t>
   </si>
   <si>
     <t>e105d94b</t>
   </si>
   <si>
     <t>e15b5808</t>
   </si>
   <si>
     <t>e169d04f</t>
   </si>
   <si>
     <t>e18f27fd</t>
   </si>
   <si>
     <t>e1e90542</t>
   </si>
   <si>
     <t>e240801b</t>
@@ -1041,50 +1119,53 @@
     <t>f936ca4b</t>
   </si>
   <si>
     <t>f9d0f1cf</t>
   </si>
   <si>
     <t>fb037229</t>
   </si>
   <si>
     <t>fb75e7c0</t>
   </si>
   <si>
     <t>fc248f17</t>
   </si>
   <si>
     <t>fca08e6a</t>
   </si>
   <si>
     <t>fca39f95</t>
   </si>
   <si>
     <t>fdcf75cf</t>
   </si>
   <si>
     <t>fe114bf0</t>
+  </si>
+  <si>
+    <t>fe19e399</t>
   </si>
   <si>
     <t>febfc128</t>
   </si>
   <si>
     <t>ff81da74</t>
   </si>
   <si>
     <t>ffb290e3</t>
   </si>
   <si>
     <t>ffd3e10a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
@@ -1110,51 +1191,51 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J349"/>
+  <dimension ref="A1:J376"/>
   <cols>
     <col min="1" max="1" width="9" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="14" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="17" customWidth="1"/>
     <col min="6" max="6" width="17" customWidth="1"/>
     <col min="7" max="7" width="17" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="10" max="10" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1569,11463 +1650,12381 @@
       </c>
       <c r="E13">
         <v>212593</v>
       </c>
       <c r="F13">
         <v>1202947</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>7</v>
       </c>
       <c r="I13">
         <v>20</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="2">
-        <v>20250206185127</v>
+        <v>20251021173641</v>
       </c>
       <c r="C14" s="2">
-        <v>1738867901095</v>
+        <v>1761068223385</v>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>{"lastSave":1738867901095,"timeWatchM":5611,"timeWatchW":4767,"timeWatchD":0,"countWatchM":1,"countWatchW":1.5,"countWatchD":0,"id":"197bd49a","watches":[{"actions":[{"type":"start","time":1738867887276},{"type":"stop","time":1738867892887}]},{"actions":[{"type":"start","time":1738867896328},{"type":"stop","time":1738867901095},{"type":"start","time":1738867901095}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1761068223385,"timeWatchM":0,"timeWatchW":13305,"timeWatchD":0,"countWatchM":0,"countWatchW":4,"countWatchD":0,"id":"1964b574","watches":[{"actions":[]},{"actions":[{"type":"start","time":1761068201149},{"type":"stop","time":1761068204336},{"type":"start","time":1761068206939},{"type":"stop","time":1761068208669},{"type":"start","time":1761068212604},{"type":"stop","time":1761068216227},{"type":"start","time":1761068217487},{"type":"stop","time":1761068222252}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E14">
-        <v>5611</v>
+        <v>0</v>
       </c>
       <c r="F14">
-        <v>4767</v>
+        <v>13305</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="2">
-        <v>20250109185043</v>
+        <v>20250206185127</v>
       </c>
       <c r="C15" s="2">
-        <v>1736449531975</v>
+        <v>1738867901095</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>{"lastSave":1736449531975,"timeWatchM":338773,"timeWatchW":138722,"timeWatchD":0,"countWatchM":18,"countWatchW":16,"countWatchD":0,"id":"1d1409a","watches":[{"actions":[{"type":"start","time":1736448648088},{"type":"stop","time":1736448656836},{"type":"start","time":1736448739709},{"type":"stop","time":1736448741248},{"type":"start","time":1736448741249},{"type":"stop","time":1736448744532},{"type":"start","time":1736448772862},{"type":"stop","time":1736448773935},{"type":"start","time":1736448785463},{"type":"stop","time":1736448787012},{"type":"start","time":1736448788367},{"type":"stop","time":1736448797669},{"type":"start","time":1736448804511},{"type":"stop","time":1736448847954},{"type":"start","time":1736448872734},{"type":"stop","time":1736448938572},{"type":"start","time":1736448942936},{"type":"stop","time":1736448950824},{"type":"start","time":1736448972245},{"type":"stop","time":1736448980589},{"type":"start","time":1736448980591},{"type":"stop","time":1736448991234},{"type":"start","time":1736448997617},{"type":"stop","time":1736449011189},{"type":"start","time":1736449011191},{"type":"stop","time":1736449020567},{"type":"start","time":1736449039282},{"type":"stop","time":1736449070589},{"type":"start","time":1736449112784},{"type":"stop","time":1736449156215},{"type":"start","time":1736449267411},{"type":"stop","time":1736449310471},{"type":"start","time":1736449433898},{"type":"stop","time":1736449443655},{"type":"start","time":1736449457599},{"type":"stop","time":1736449484219}]},{"actions":[{"type":"start","time":1736448643092},{"type":"stop","time":1736448648087},{"type":"start","time":1736448770203},{"type":"stop","time":1736448772861},{"type":"start","time":1736448773936},{"type":"stop","time":1736448785461},{"type":"start","time":1736448787013},{"type":"stop","time":1736448788366},{"type":"start","time":1736448797670},{"type":"stop","time":1736448804510},{"type":"start","time":1736448955563},{"type":"stop","time":1736448972244},{"type":"start","time":1736449086824},{"type":"stop","time":1736449112782},{"type":"start","time":1736449173076},{"type":"stop","time":1736449175632},{"type":"start","time":1736449175634},{"type":"stop","time":1736449177788},{"type":"start","time":1736449181197},{"type":"stop","time":1736449184044},{"type":"start","time":1736449186922},{"type":"stop","time":1736449191053},{"type":"start","time":1736449201458},{"type":"stop","time":1736449212376},{"type":"start","time":1736449251532},{"type":"stop","time":1736449267409},{"type":"start","time":1736449361401},{"type":"stop","time":1736449369081},{"type":"start","time":1736449372931},{"type":"stop","time":1736449382461},{"type":"start","time":1736449484895},{"type":"stop","time":1736449497914}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1738867901095,"timeWatchM":5611,"timeWatchW":4767,"timeWatchD":0,"countWatchM":1,"countWatchW":1.5,"countWatchD":0,"id":"197bd49a","watches":[{"actions":[{"type":"start","time":1738867887276},{"type":"stop","time":1738867892887}]},{"actions":[{"type":"start","time":1738867896328},{"type":"stop","time":1738867901095},{"type":"start","time":1738867901095}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E15">
-        <v>338773</v>
+        <v>5611</v>
       </c>
       <c r="F15">
-        <v>138722</v>
+        <v>4767</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="I15">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="2">
-        <v>20250209194416</v>
+        <v>20250109185043</v>
       </c>
       <c r="C16" s="2">
-        <v>1739133945099</v>
+        <v>1736449531975</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>{"lastSave":1739133945099,"timeWatchM":1509829,"timeWatchW":1386631,"timeWatchD":792017,"countWatchM":56,"countWatchW":67,"countWatchD":75.5,"id":"1dd62c97","watches":[{"actions":[{"type":"start","time":1739130256505},{"type":"stop","time":1739130344457},{"type":"start","time":1739130355438},{"type":"stop","time":1739130409392},{"type":"start","time":1739130438920},{"type":"stop","time":1739130441762},{"type":"start","time":1739130528409},{"type":"stop","time":1739130611545},{"type":"start","time":1739130682205},{"type":"stop","time":1739130757443},{"type":"start","time":1739130778562},{"type":"stop","time":1739130779973},{"type":"start","time":1739130787368},{"type":"stop","time":1739130805000},{"type":"start","time":1739130823164},{"type":"stop","time":1739130829451},{"type":"start","time":1739130831213},{"type":"stop","time":1739130841930},{"type":"start","time":1739130884112},{"type":"stop","time":1739130922922},{"type":"start","time":1739130939214},{"type":"stop","time":1739130963776},{"type":"start","time":1739130987342},{"type":"stop","time":1739131007741},{"type":"start","time":1739131065192},{"type":"stop","time":1739131144076},{"type":"start","time":1739131159834},{"type":"stop","time":1739131167611},{"type":"start","time":1739131171164},{"type":"stop","time":1739131177225},{"type":"start","time":1739131229411},{"type":"stop","time":1739131307509},{"type":"start","time":1739131678901},{"type":"stop","time":1739131758904},{"type":"start","time":1739131870084},{"type":"stop","time":1739131903629},{"type":"start","time":1739131904531},{"type":"stop","time":1739131907769},{"type":"start","time":1739131923551},{"type":"stop","time":1739131945690},{"type":"start","time":1739131952412},{"type":"stop","time":1739131953153},{"type":"start","time":1739132019611},{"type":"stop","time":1739132061040},{"type":"start","time":1739132064683},{"type":"stop","time":1739132083292},{"type":"start","time":1739132095630},{"type":"stop","time":1739132096928},{"type":"start","time":1739132123988},{"type":"stop","time":1739132130174},{"type":"start","time":1739132133969},{"type":"stop","time":1739132135012},{"type":"start","time":1739132142151},{"type":"stop","time":1739132146696},{"type":"start","time":1739132152179},{"type":"stop","time":1739132167080},{"type":"start","time":1739132316888},{"type":"stop","time":1739132407230},{"type":"start","time":1739132416178},{"type":"stop","time":1739132418255},{"type":"start","time":1739132437861},{"type":"stop","time":1739132441377},{"type":"start","time":1739132445804},{"type":"stop","time":1739132447670},{"type":"start","time":1739132455081},{"type":"stop","time":1739132475751},{"type":"start","time":1739132497884},{"type":"stop","time":1739132526098},{"type":"start","time":1739132581233},{"type":"stop","time":1739132653701},{"type":"start","time":1739132654995},{"type":"stop","time":1739132687942},{"type":"start","time":1739132782252},{"type":"stop","time":1739132792887},{"type":"start","time":1739132947590},{"type":"stop","time":1739132987158},{"type":"start","time":1739132988044},{"type":"stop","time":1739132994606},{"type":"start","time":1739133009329},{"type":"stop","time":1739133050570},{"type":"start","time":1739133124288},{"type":"stop","time":1739133165335},{"type":"start","time":1739133194430},{"type":"stop","time":1739133214335},{"type":"start","time":1739133215685},{"type":"stop","time":1739133251544},{"type":"start","time":1739133299623},{"type":"stop","time":1739133305498},{"type":"start","time":1739133318317},{"type":"stop","time":1739133326641},{"type":"start","time":1739133343426},{"type":"stop","time":1739133345751},{"type":"start","time":1739133351449},{"type":"stop","time":1739133353820},{"type":"start","time":1739133355829},{"type":"stop","time":1739133358396},{"type":"start","time":1739133362101},{"type":"stop","time":1739133363825},{"type":"start","time":1739133364779},{"type":"stop","time":1739133375846},{"type":"start","time":1739133386962},{"type":"stop","time":1739133403107},{"type":"start","time":1739133516075},{"type":"stop","time":1739133606660},{"type":"start","time":1739133632963},{"type":"stop","time":1739133633908},{"type":"start","time":1739133635265},{"type":"stop","time":1739133654248},{"type":"start","time":1739133819114},{"type":"stop","time":1739133889154},{"type":"start","time":1739133934574},{"type":"stop","time":1739133945098}]},{"actions":[{"type":"start","time":1739130344458},{"type":"stop","time":1739130355437},{"type":"start","time":1739130429763},{"type":"stop","time":1739130438919},{"type":"start","time":1739130441762},{"type":"stop","time":1739130467494},{"type":"start","time":1739130492558},{"type":"stop","time":1739130528408},{"type":"start","time":1739130625489},{"type":"stop","time":1739130673985},{"type":"start","time":1739130774236},{"type":"stop","time":1739130778562},{"type":"start","time":1739130786446},{"type":"stop","time":1739130787368},{"type":"start","time":1739130805001},{"type":"stop","time":1739130809807},{"type":"start","time":1739130812043},{"type":"stop","time":1739130818778},{"type":"start","time":1739130818778},{"type":"stop","time":1739130823164},{"type":"start","time":1739130829451},{"type":"stop","time":1739130831213},{"type":"start","time":1739130855649},{"type":"stop","time":1739130884111},{"type":"start","time":1739130963776},{"type":"stop","time":1739130979316},{"type":"start","time":1739130984197},{"type":"stop","time":1739130987342},{"type":"start","time":1739131015055},{"type":"stop","time":1739131027219},{"type":"start","time":1739131031599},{"type":"stop","time":1739131063535},{"type":"start","time":1739131144077},{"type":"stop","time":1739131159833},{"type":"start","time":1739131167612},{"type":"stop","time":1739131171164},{"type":"start","time":1739131331650},{"type":"stop","time":1739131374168},{"type":"start","time":1739131388051},{"type":"stop","time":1739131469605},{"type":"start","time":1739131540615},{"type":"stop","time":1739131654487},{"type":"start","time":1739131759633},{"type":"stop","time":1739131763479},{"type":"start","time":1739131788439},{"type":"stop","time":1739131851437},{"type":"start","time":1739131858272},{"type":"stop","time":1739131860385},{"type":"start","time":1739131907770},{"type":"stop","time":1739131908746},{"type":"start","time":1739131911566},{"type":"stop","time":1739131923549},{"type":"start","time":1739131946800},{"type":"stop","time":1739131949950},{"type":"start","time":1739131961119},{"type":"stop","time":1739132007370},{"type":"start","time":1739132016965},{"type":"stop","time":1739132018862},{"type":"start","time":1739132083293},{"type":"stop","time":1739132095630},{"type":"start","time":1739132096929},{"type":"stop","time":1739132123986},{"type":"start","time":1739132140053},{"type":"stop","time":1739132142151},{"type":"start","time":1739132199902},{"type":"stop","time":1739132205489},{"type":"start","time":1739132210215},{"type":"stop","time":1739132245419},{"type":"start","time":1739132250401},{"type":"stop","time":1739132310737},{"type":"start","time":1739132418954},{"type":"stop","time":1739132428605},{"type":"start","time":1739132432859},{"type":"stop","time":1739132436992},{"type":"start","time":1739132447670},{"type":"stop","time":1739132454427},{"type":"start","time":1739132477304},{"type":"stop","time":1739132480212},{"type":"start","time":1739132534145},{"type":"stop","time":1739132573761},{"type":"start","time":1739132697833},{"type":"stop","time":1739132744999},{"type":"start","time":1739132758028},{"type":"stop","time":1739132760562},{"type":"start","time":1739132760960},{"type":"stop","time":1739132773994},{"type":"start","time":1739132774454},{"type":"stop","time":1739132782252},{"type":"start","time":1739132794073},{"type":"stop","time":1739132832758},{"type":"start","time":1739132868089},{"type":"stop","time":1739132931239},{"type":"start","time":1739133060614},{"type":"stop","time":1739133117073},{"type":"start","time":1739133258070},{"type":"stop","time":1739133273271},{"type":"start","time":1739133276121},{"type":"stop","time":1739133287347},{"type":"start","time":1739133290619},{"type":"stop","time":1739133299623},{"type":"start","time":1739133305499},{"type":"stop","time":1739133318316},{"type":"start","time":1739133326642},{"type":"stop","time":1739133343425},{"type":"start","time":1739133345751},{"type":"stop","time":1739133351448},{"type":"start","time":1739133353822},{"type":"stop","time":1739133355829},{"type":"start","time":1739133358397},{"type":"stop","time":1739133362100},{"type":"start","time":1739133363826},{"type":"stop","time":1739133364779},{"type":"start","time":1739133375846},{"type":"stop","time":1739133386152},{"type":"start","time":1739133408523},{"type":"stop","time":1739133422760},{"type":"start","time":1739133445573},{"type":"stop","time":1739133508207},{"type":"start","time":1739133511071},{"type":"stop","time":1739133516074},{"type":"start","time":1739133608939},{"type":"stop","time":1739133632962},{"type":"start","time":1739133633909},{"type":"stop","time":1739133635264},{"type":"start","time":1739133660377},{"type":"stop","time":1739133672909},{"type":"start","time":1739133687782},{"type":"stop","time":1739133744562},{"type":"start","time":1739133745404},{"type":"stop","time":1739133751695},{"type":"start","time":1739133762902},{"type":"stop","time":1739133798039},{"type":"start","time":1739133923004},{"type":"stop","time":1739133934573}]},{"actions":[{"type":"start","time":1739130409392},{"type":"stop","time":1739130429762},{"type":"start","time":1739130467495},{"type":"stop","time":1739130492558},{"type":"start","time":1739130611546},{"type":"stop","time":1739130625488},{"type":"start","time":1739130673985},{"type":"stop","time":1739130682204},{"type":"start","time":1739130757443},{"type":"stop","time":1739130774235},{"type":"start","time":1739130779973},{"type":"stop","time":1739130786445},{"type":"start","time":1739130809807},{"type":"stop","time":1739130812043},{"type":"start","time":1739130841931},{"type":"stop","time":1739130855648},{"type":"start","time":1739130922922},{"type":"stop","time":1739130939213},{"type":"start","time":1739130979317},{"type":"stop","time":1739130984197},{"type":"start","time":1739131007742},{"type":"stop","time":1739131015054},{"type":"start","time":1739131027220},{"type":"stop","time":1739131031599},{"type":"start","time":1739131063535},{"type":"stop","time":1739131065192},{"type":"start","time":1739131177226},{"type":"stop","time":1739131229411},{"type":"start","time":1739131307509},{"type":"stop","time":1739131331650},{"type":"start","time":1739131374169},{"type":"stop","time":1739131388050},{"type":"start","time":1739131469605},{"type":"stop","time":1739131540614},{"type":"start","time":1739131654487},{"type":"stop","time":1739131678900},{"type":"start","time":1739131758904},{"type":"stop","time":1739131759632},{"type":"start","time":1739131763479},{"type":"stop","time":1739131788439},{"type":"start","time":1739131851438},{"type":"stop","time":1739131858271},{"type":"start","time":1739131860385},{"type":"stop","time":1739131870083},{"type":"start","time":1739131903629},{"type":"stop","time":1739131904530},{"type":"start","time":1739131908746},{"type":"stop","time":1739131911565},{"type":"start","time":1739131945691},{"type":"stop","time":1739131946799},{"type":"start","time":1739131949950},{"type":"stop","time":1739131952411},{"type":"start","time":1739131953153},{"type":"stop","time":1739131961118},{"type":"start","time":1739132007370},{"type":"stop","time":1739132016964},{"type":"start","time":1739132018862},{"type":"stop","time":1739132019611},{"type":"start","time":1739132061042},{"type":"stop","time":1739132064683},{"type":"start","time":1739132130174},{"type":"stop","time":1739132133969},{"type":"start","time":1739132135012},{"type":"stop","time":1739132140053},{"type":"start","time":1739132146697},{"type":"stop","time":1739132152179},{"type":"start","time":1739132167082},{"type":"stop","time":1739132199901},{"type":"start","time":1739132205489},{"type":"stop","time":1739132210214},{"type":"start","time":1739132245420},{"type":"stop","time":1739132250401},{"type":"start","time":1739132310738},{"type":"stop","time":1739132316887},{"type":"start","time":1739132407231},{"type":"stop","time":1739132416178},{"type":"start","time":1739132418256},{"type":"stop","time":1739132418954},{"type":"start","time":1739132428605},{"type":"stop","time":1739132432858},{"type":"start","time":1739132436992},{"type":"stop","time":1739132437860},{"type":"start","time":1739132441378},{"type":"stop","time":1739132445803},{"type":"start","time":1739132454427},{"type":"stop","time":1739132455080},{"type":"start","time":1739132475752},{"type":"stop","time":1739132477303},{"type":"start","time":1739132480213},{"type":"stop","time":1739132497883},{"type":"start","time":1739132526099},{"type":"stop","time":1739132534144},{"type":"start","time":1739132573762},{"type":"stop","time":1739132581231},{"type":"start","time":1739132653702},{"type":"stop","time":1739132654994},{"type":"start","time":1739132687942},{"type":"stop","time":1739132697832},{"type":"start","time":1739132744999},{"type":"stop","time":1739132758027},{"type":"start","time":1739132760563},{"type":"stop","time":1739132760958},{"type":"start","time":1739132773994},{"type":"stop","time":1739132774454},{"type":"start","time":1739132792888},{"type":"stop","time":1739132794072},{"type":"start","time":1739132832758},{"type":"stop","time":1739132868089},{"type":"start","time":1739132931239},{"type":"stop","time":1739132947589},{"type":"start","time":1739132987159},{"type":"stop","time":1739132988044},{"type":"start","time":1739132994606},{"type":"stop","time":1739133009328},{"type":"start","time":1739133050570},{"type":"stop","time":1739133060613},{"type":"start","time":1739133117073},{"type":"stop","time":1739133124288},{"type":"start","time":1739133165336},{"type":"stop","time":1739133194430},{"type":"start","time":1739133214335},{"type":"stop","time":1739133215685},{"type":"start","time":1739133251544},{"type":"stop","time":1739133258069},{"type":"start","time":1739133273272},{"type":"stop","time":1739133276121},{"type":"start","time":1739133287347},{"type":"stop","time":1739133290619},{"type":"start","time":1739133386152},{"type":"stop","time":1739133386962},{"type":"start","time":1739133403107},{"type":"stop","time":1739133408523},{"type":"start","time":1739133422760},{"type":"stop","time":1739133445573},{"type":"start","time":1739133508208},{"type":"stop","time":1739133511071},{"type":"start","time":1739133606661},{"type":"stop","time":1739133608939},{"type":"start","time":1739133654250},{"type":"stop","time":1739133660376},{"type":"start","time":1739133672910},{"type":"stop","time":1739133687781},{"type":"start","time":1739133744562},{"type":"stop","time":1739133745404},{"type":"start","time":1739133751696},{"type":"stop","time":1739133762901},{"type":"start","time":1739133798040},{"type":"stop","time":1739133819113},{"type":"start","time":1739133889154},{"type":"stop","time":1739133923002},{"type":"start","time":1739133945099}]}]}</t>
+          <t>{"lastSave":1736449531975,"timeWatchM":338773,"timeWatchW":138722,"timeWatchD":0,"countWatchM":18,"countWatchW":16,"countWatchD":0,"id":"1d1409a","watches":[{"actions":[{"type":"start","time":1736448648088},{"type":"stop","time":1736448656836},{"type":"start","time":1736448739709},{"type":"stop","time":1736448741248},{"type":"start","time":1736448741249},{"type":"stop","time":1736448744532},{"type":"start","time":1736448772862},{"type":"stop","time":1736448773935},{"type":"start","time":1736448785463},{"type":"stop","time":1736448787012},{"type":"start","time":1736448788367},{"type":"stop","time":1736448797669},{"type":"start","time":1736448804511},{"type":"stop","time":1736448847954},{"type":"start","time":1736448872734},{"type":"stop","time":1736448938572},{"type":"start","time":1736448942936},{"type":"stop","time":1736448950824},{"type":"start","time":1736448972245},{"type":"stop","time":1736448980589},{"type":"start","time":1736448980591},{"type":"stop","time":1736448991234},{"type":"start","time":1736448997617},{"type":"stop","time":1736449011189},{"type":"start","time":1736449011191},{"type":"stop","time":1736449020567},{"type":"start","time":1736449039282},{"type":"stop","time":1736449070589},{"type":"start","time":1736449112784},{"type":"stop","time":1736449156215},{"type":"start","time":1736449267411},{"type":"stop","time":1736449310471},{"type":"start","time":1736449433898},{"type":"stop","time":1736449443655},{"type":"start","time":1736449457599},{"type":"stop","time":1736449484219}]},{"actions":[{"type":"start","time":1736448643092},{"type":"stop","time":1736448648087},{"type":"start","time":1736448770203},{"type":"stop","time":1736448772861},{"type":"start","time":1736448773936},{"type":"stop","time":1736448785461},{"type":"start","time":1736448787013},{"type":"stop","time":1736448788366},{"type":"start","time":1736448797670},{"type":"stop","time":1736448804510},{"type":"start","time":1736448955563},{"type":"stop","time":1736448972244},{"type":"start","time":1736449086824},{"type":"stop","time":1736449112782},{"type":"start","time":1736449173076},{"type":"stop","time":1736449175632},{"type":"start","time":1736449175634},{"type":"stop","time":1736449177788},{"type":"start","time":1736449181197},{"type":"stop","time":1736449184044},{"type":"start","time":1736449186922},{"type":"stop","time":1736449191053},{"type":"start","time":1736449201458},{"type":"stop","time":1736449212376},{"type":"start","time":1736449251532},{"type":"stop","time":1736449267409},{"type":"start","time":1736449361401},{"type":"stop","time":1736449369081},{"type":"start","time":1736449372931},{"type":"stop","time":1736449382461},{"type":"start","time":1736449484895},{"type":"stop","time":1736449497914}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E16">
-        <v>1509829</v>
+        <v>338773</v>
       </c>
       <c r="F16">
-        <v>1386631</v>
+        <v>138722</v>
       </c>
       <c r="G16">
-        <v>792017</v>
+        <v>0</v>
       </c>
       <c r="H16">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="I16">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="J16">
-        <v>76</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="2">
-        <v>20250923170800</v>
+        <v>20250209194416</v>
       </c>
       <c r="C17" s="2">
-        <v>1758647303134</v>
+        <v>1739133945099</v>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647303134,"timeWatchM":23182,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"1e9a4b28","watches":[{"actions":[{"type":"start","time":1758647279952},{"type":"stop","time":1758647303134}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1739133945099,"timeWatchM":1509829,"timeWatchW":1386631,"timeWatchD":792017,"countWatchM":56,"countWatchW":67,"countWatchD":75.5,"id":"1dd62c97","watches":[{"actions":[{"type":"start","time":1739130256505},{"type":"stop","time":1739130344457},{"type":"start","time":1739130355438},{"type":"stop","time":1739130409392},{"type":"start","time":1739130438920},{"type":"stop","time":1739130441762},{"type":"start","time":1739130528409},{"type":"stop","time":1739130611545},{"type":"start","time":1739130682205},{"type":"stop","time":1739130757443},{"type":"start","time":1739130778562},{"type":"stop","time":1739130779973},{"type":"start","time":1739130787368},{"type":"stop","time":1739130805000},{"type":"start","time":1739130823164},{"type":"stop","time":1739130829451},{"type":"start","time":1739130831213},{"type":"stop","time":1739130841930},{"type":"start","time":1739130884112},{"type":"stop","time":1739130922922},{"type":"start","time":1739130939214},{"type":"stop","time":1739130963776},{"type":"start","time":1739130987342},{"type":"stop","time":1739131007741},{"type":"start","time":1739131065192},{"type":"stop","time":1739131144076},{"type":"start","time":1739131159834},{"type":"stop","time":1739131167611},{"type":"start","time":1739131171164},{"type":"stop","time":1739131177225},{"type":"start","time":1739131229411},{"type":"stop","time":1739131307509},{"type":"start","time":1739131678901},{"type":"stop","time":1739131758904},{"type":"start","time":1739131870084},{"type":"stop","time":1739131903629},{"type":"start","time":1739131904531},{"type":"stop","time":1739131907769},{"type":"start","time":1739131923551},{"type":"stop","time":1739131945690},{"type":"start","time":1739131952412},{"type":"stop","time":1739131953153},{"type":"start","time":1739132019611},{"type":"stop","time":1739132061040},{"type":"start","time":1739132064683},{"type":"stop","time":1739132083292},{"type":"start","time":1739132095630},{"type":"stop","time":1739132096928},{"type":"start","time":1739132123988},{"type":"stop","time":1739132130174},{"type":"start","time":1739132133969},{"type":"stop","time":1739132135012},{"type":"start","time":1739132142151},{"type":"stop","time":1739132146696},{"type":"start","time":1739132152179},{"type":"stop","time":1739132167080},{"type":"start","time":1739132316888},{"type":"stop","time":1739132407230},{"type":"start","time":1739132416178},{"type":"stop","time":1739132418255},{"type":"start","time":1739132437861},{"type":"stop","time":1739132441377},{"type":"start","time":1739132445804},{"type":"stop","time":1739132447670},{"type":"start","time":1739132455081},{"type":"stop","time":1739132475751},{"type":"start","time":1739132497884},{"type":"stop","time":1739132526098},{"type":"start","time":1739132581233},{"type":"stop","time":1739132653701},{"type":"start","time":1739132654995},{"type":"stop","time":1739132687942},{"type":"start","time":1739132782252},{"type":"stop","time":1739132792887},{"type":"start","time":1739132947590},{"type":"stop","time":1739132987158},{"type":"start","time":1739132988044},{"type":"stop","time":1739132994606},{"type":"start","time":1739133009329},{"type":"stop","time":1739133050570},{"type":"start","time":1739133124288},{"type":"stop","time":1739133165335},{"type":"start","time":1739133194430},{"type":"stop","time":1739133214335},{"type":"start","time":1739133215685},{"type":"stop","time":1739133251544},{"type":"start","time":1739133299623},{"type":"stop","time":1739133305498},{"type":"start","time":1739133318317},{"type":"stop","time":1739133326641},{"type":"start","time":1739133343426},{"type":"stop","time":1739133345751},{"type":"start","time":1739133351449},{"type":"stop","time":1739133353820},{"type":"start","time":1739133355829},{"type":"stop","time":1739133358396},{"type":"start","time":1739133362101},{"type":"stop","time":1739133363825},{"type":"start","time":1739133364779},{"type":"stop","time":1739133375846},{"type":"start","time":1739133386962},{"type":"stop","time":1739133403107},{"type":"start","time":1739133516075},{"type":"stop","time":1739133606660},{"type":"start","time":1739133632963},{"type":"stop","time":1739133633908},{"type":"start","time":1739133635265},{"type":"stop","time":1739133654248},{"type":"start","time":1739133819114},{"type":"stop","time":1739133889154},{"type":"start","time":1739133934574},{"type":"stop","time":1739133945098}]},{"actions":[{"type":"start","time":1739130344458},{"type":"stop","time":1739130355437},{"type":"start","time":1739130429763},{"type":"stop","time":1739130438919},{"type":"start","time":1739130441762},{"type":"stop","time":1739130467494},{"type":"start","time":1739130492558},{"type":"stop","time":1739130528408},{"type":"start","time":1739130625489},{"type":"stop","time":1739130673985},{"type":"start","time":1739130774236},{"type":"stop","time":1739130778562},{"type":"start","time":1739130786446},{"type":"stop","time":1739130787368},{"type":"start","time":1739130805001},{"type":"stop","time":1739130809807},{"type":"start","time":1739130812043},{"type":"stop","time":1739130818778},{"type":"start","time":1739130818778},{"type":"stop","time":1739130823164},{"type":"start","time":1739130829451},{"type":"stop","time":1739130831213},{"type":"start","time":1739130855649},{"type":"stop","time":1739130884111},{"type":"start","time":1739130963776},{"type":"stop","time":1739130979316},{"type":"start","time":1739130984197},{"type":"stop","time":1739130987342},{"type":"start","time":1739131015055},{"type":"stop","time":1739131027219},{"type":"start","time":1739131031599},{"type":"stop","time":1739131063535},{"type":"start","time":1739131144077},{"type":"stop","time":1739131159833},{"type":"start","time":1739131167612},{"type":"stop","time":1739131171164},{"type":"start","time":1739131331650},{"type":"stop","time":1739131374168},{"type":"start","time":1739131388051},{"type":"stop","time":1739131469605},{"type":"start","time":1739131540615},{"type":"stop","time":1739131654487},{"type":"start","time":1739131759633},{"type":"stop","time":1739131763479},{"type":"start","time":1739131788439},{"type":"stop","time":1739131851437},{"type":"start","time":1739131858272},{"type":"stop","time":1739131860385},{"type":"start","time":1739131907770},{"type":"stop","time":1739131908746},{"type":"start","time":1739131911566},{"type":"stop","time":1739131923549},{"type":"start","time":1739131946800},{"type":"stop","time":1739131949950},{"type":"start","time":1739131961119},{"type":"stop","time":1739132007370},{"type":"start","time":1739132016965},{"type":"stop","time":1739132018862},{"type":"start","time":1739132083293},{"type":"stop","time":1739132095630},{"type":"start","time":1739132096929},{"type":"stop","time":1739132123986},{"type":"start","time":1739132140053},{"type":"stop","time":1739132142151},{"type":"start","time":1739132199902},{"type":"stop","time":1739132205489},{"type":"start","time":1739132210215},{"type":"stop","time":1739132245419},{"type":"start","time":1739132250401},{"type":"stop","time":1739132310737},{"type":"start","time":1739132418954},{"type":"stop","time":1739132428605},{"type":"start","time":1739132432859},{"type":"stop","time":1739132436992},{"type":"start","time":1739132447670},{"type":"stop","time":1739132454427},{"type":"start","time":1739132477304},{"type":"stop","time":1739132480212},{"type":"start","time":1739132534145},{"type":"stop","time":1739132573761},{"type":"start","time":1739132697833},{"type":"stop","time":1739132744999},{"type":"start","time":1739132758028},{"type":"stop","time":1739132760562},{"type":"start","time":1739132760960},{"type":"stop","time":1739132773994},{"type":"start","time":1739132774454},{"type":"stop","time":1739132782252},{"type":"start","time":1739132794073},{"type":"stop","time":1739132832758},{"type":"start","time":1739132868089},{"type":"stop","time":1739132931239},{"type":"start","time":1739133060614},{"type":"stop","time":1739133117073},{"type":"start","time":1739133258070},{"type":"stop","time":1739133273271},{"type":"start","time":1739133276121},{"type":"stop","time":1739133287347},{"type":"start","time":1739133290619},{"type":"stop","time":1739133299623},{"type":"start","time":1739133305499},{"type":"stop","time":1739133318316},{"type":"start","time":1739133326642},{"type":"stop","time":1739133343425},{"type":"start","time":1739133345751},{"type":"stop","time":1739133351448},{"type":"start","time":1739133353822},{"type":"stop","time":1739133355829},{"type":"start","time":1739133358397},{"type":"stop","time":1739133362100},{"type":"start","time":1739133363826},{"type":"stop","time":1739133364779},{"type":"start","time":1739133375846},{"type":"stop","time":1739133386152},{"type":"start","time":1739133408523},{"type":"stop","time":1739133422760},{"type":"start","time":1739133445573},{"type":"stop","time":1739133508207},{"type":"start","time":1739133511071},{"type":"stop","time":1739133516074},{"type":"start","time":1739133608939},{"type":"stop","time":1739133632962},{"type":"start","time":1739133633909},{"type":"stop","time":1739133635264},{"type":"start","time":1739133660377},{"type":"stop","time":1739133672909},{"type":"start","time":1739133687782},{"type":"stop","time":1739133744562},{"type":"start","time":1739133745404},{"type":"stop","time":1739133751695},{"type":"start","time":1739133762902},{"type":"stop","time":1739133798039},{"type":"start","time":1739133923004},{"type":"stop","time":1739133934573}]},{"actions":[{"type":"start","time":1739130409392},{"type":"stop","time":1739130429762},{"type":"start","time":1739130467495},{"type":"stop","time":1739130492558},{"type":"start","time":1739130611546},{"type":"stop","time":1739130625488},{"type":"start","time":1739130673985},{"type":"stop","time":1739130682204},{"type":"start","time":1739130757443},{"type":"stop","time":1739130774235},{"type":"start","time":1739130779973},{"type":"stop","time":1739130786445},{"type":"start","time":1739130809807},{"type":"stop","time":1739130812043},{"type":"start","time":1739130841931},{"type":"stop","time":1739130855648},{"type":"start","time":1739130922922},{"type":"stop","time":1739130939213},{"type":"start","time":1739130979317},{"type":"stop","time":1739130984197},{"type":"start","time":1739131007742},{"type":"stop","time":1739131015054},{"type":"start","time":1739131027220},{"type":"stop","time":1739131031599},{"type":"start","time":1739131063535},{"type":"stop","time":1739131065192},{"type":"start","time":1739131177226},{"type":"stop","time":1739131229411},{"type":"start","time":1739131307509},{"type":"stop","time":1739131331650},{"type":"start","time":1739131374169},{"type":"stop","time":1739131388050},{"type":"start","time":1739131469605},{"type":"stop","time":1739131540614},{"type":"start","time":1739131654487},{"type":"stop","time":1739131678900},{"type":"start","time":1739131758904},{"type":"stop","time":1739131759632},{"type":"start","time":1739131763479},{"type":"stop","time":1739131788439},{"type":"start","time":1739131851438},{"type":"stop","time":1739131858271},{"type":"start","time":1739131860385},{"type":"stop","time":1739131870083},{"type":"start","time":1739131903629},{"type":"stop","time":1739131904530},{"type":"start","time":1739131908746},{"type":"stop","time":1739131911565},{"type":"start","time":1739131945691},{"type":"stop","time":1739131946799},{"type":"start","time":1739131949950},{"type":"stop","time":1739131952411},{"type":"start","time":1739131953153},{"type":"stop","time":1739131961118},{"type":"start","time":1739132007370},{"type":"stop","time":1739132016964},{"type":"start","time":1739132018862},{"type":"stop","time":1739132019611},{"type":"start","time":1739132061042},{"type":"stop","time":1739132064683},{"type":"start","time":1739132130174},{"type":"stop","time":1739132133969},{"type":"start","time":1739132135012},{"type":"stop","time":1739132140053},{"type":"start","time":1739132146697},{"type":"stop","time":1739132152179},{"type":"start","time":1739132167082},{"type":"stop","time":1739132199901},{"type":"start","time":1739132205489},{"type":"stop","time":1739132210214},{"type":"start","time":1739132245420},{"type":"stop","time":1739132250401},{"type":"start","time":1739132310738},{"type":"stop","time":1739132316887},{"type":"start","time":1739132407231},{"type":"stop","time":1739132416178},{"type":"start","time":1739132418256},{"type":"stop","time":1739132418954},{"type":"start","time":1739132428605},{"type":"stop","time":1739132432858},{"type":"start","time":1739132436992},{"type":"stop","time":1739132437860},{"type":"start","time":1739132441378},{"type":"stop","time":1739132445803},{"type":"start","time":1739132454427},{"type":"stop","time":1739132455080},{"type":"start","time":1739132475752},{"type":"stop","time":1739132477303},{"type":"start","time":1739132480213},{"type":"stop","time":1739132497883},{"type":"start","time":1739132526099},{"type":"stop","time":1739132534144},{"type":"start","time":1739132573762},{"type":"stop","time":1739132581231},{"type":"start","time":1739132653702},{"type":"stop","time":1739132654994},{"type":"start","time":1739132687942},{"type":"stop","time":1739132697832},{"type":"start","time":1739132744999},{"type":"stop","time":1739132758027},{"type":"start","time":1739132760563},{"type":"stop","time":1739132760958},{"type":"start","time":1739132773994},{"type":"stop","time":1739132774454},{"type":"start","time":1739132792888},{"type":"stop","time":1739132794072},{"type":"start","time":1739132832758},{"type":"stop","time":1739132868089},{"type":"start","time":1739132931239},{"type":"stop","time":1739132947589},{"type":"start","time":1739132987159},{"type":"stop","time":1739132988044},{"type":"start","time":1739132994606},{"type":"stop","time":1739133009328},{"type":"start","time":1739133050570},{"type":"stop","time":1739133060613},{"type":"start","time":1739133117073},{"type":"stop","time":1739133124288},{"type":"start","time":1739133165336},{"type":"stop","time":1739133194430},{"type":"start","time":1739133214335},{"type":"stop","time":1739133215685},{"type":"start","time":1739133251544},{"type":"stop","time":1739133258069},{"type":"start","time":1739133273272},{"type":"stop","time":1739133276121},{"type":"start","time":1739133287347},{"type":"stop","time":1739133290619},{"type":"start","time":1739133386152},{"type":"stop","time":1739133386962},{"type":"start","time":1739133403107},{"type":"stop","time":1739133408523},{"type":"start","time":1739133422760},{"type":"stop","time":1739133445573},{"type":"start","time":1739133508208},{"type":"stop","time":1739133511071},{"type":"start","time":1739133606661},{"type":"stop","time":1739133608939},{"type":"start","time":1739133654250},{"type":"stop","time":1739133660376},{"type":"start","time":1739133672910},{"type":"stop","time":1739133687781},{"type":"start","time":1739133744562},{"type":"stop","time":1739133745404},{"type":"start","time":1739133751696},{"type":"stop","time":1739133762901},{"type":"start","time":1739133798040},{"type":"stop","time":1739133819113},{"type":"start","time":1739133889154},{"type":"stop","time":1739133923002},{"type":"start","time":1739133945099}]}]}</t>
         </is>
       </c>
       <c r="E17">
-        <v>23182</v>
+        <v>1509829</v>
       </c>
       <c r="F17">
-        <v>0</v>
+        <v>1386631</v>
       </c>
       <c r="G17">
-        <v>0</v>
+        <v>792017</v>
       </c>
       <c r="H17">
-        <v>1</v>
+        <v>56</v>
       </c>
       <c r="I17">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="J17">
-        <v>0</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="2">
+        <v>20250923170800</v>
+      </c>
+      <c r="C18" s="2">
+        <v>1758647303134</v>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>{"lastSave":1758647303134,"timeWatchM":23182,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"1e9a4b28","watches":[{"actions":[{"type":"start","time":1758647279952},{"type":"stop","time":1758647303134}]},{"actions":[]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E18">
+        <v>23182</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+      <c r="G18">
+        <v>0</v>
+      </c>
+      <c r="H18">
+        <v>1</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="J18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B19" s="2">
         <v>20240324080903</v>
       </c>
-      <c r="C18" s="2">
+      <c r="C19" s="2">
         <v>1711269948629</v>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t>{"lastSave":1711269948629,"timeWatchM":802179,"timeWatchW":795523,"timeWatchD":0,"countWatchM":14,"countWatchW":19,"countWatchD":0,"id":"1fd4e96e","watches":[{"actions":[{"type":"start","time":1711268055750},{"type":"stop","time":1711268209086},{"type":"start","time":1711268220052},{"type":"stop","time":1711268245766},{"type":"start","time":1711268277782},{"type":"stop","time":1711268305361},{"type":"start","time":1711268358859},{"type":"stop","time":1711268463115},{"type":"start","time":1711268473783},{"type":"stop","time":1711268578139},{"type":"start","time":1711268638019},{"type":"stop","time":1711268672432},{"type":"start","time":1711268827654},{"type":"stop","time":1711268862583},{"type":"start","time":1711269033620},{"type":"stop","time":1711269065083},{"type":"start","time":1711269065085},{"type":"stop","time":1711269196556},{"type":"start","time":1711269281167},{"type":"stop","time":1711269323328},{"type":"start","time":1711269395491},{"type":"stop","time":1711269446219},{"type":"start","time":1711269515148},{"type":"stop","time":1711269539827},{"type":"start","time":1711269906733},{"type":"stop","time":1711269910281},{"type":"start","time":1711269915083},{"type":"stop","time":1711269948629}]},{"actions":[{"type":"start","time":1711267743430},{"type":"stop","time":1711267920426},{"type":"start","time":1711267920428},{"type":"stop","time":1711268041500},{"type":"start","time":1711268044251},{"type":"stop","time":1711268055748},{"type":"start","time":1711268210604},{"type":"stop","time":1711268212502},{"type":"start","time":1711268212503},{"type":"stop","time":1711268214468},{"type":"start","time":1711268273332},{"type":"stop","time":1711268276413},{"type":"start","time":1711268317562},{"type":"stop","time":1711268336342},{"type":"start","time":1711268583807},{"type":"stop","time":1711268613337},{"type":"start","time":1711268617621},{"type":"stop","time":1711268631685},{"type":"start","time":1711268692981},{"type":"stop","time":1711268786705},{"type":"start","time":1711268792190},{"type":"stop","time":1711268813386},{"type":"start","time":1711268891049},{"type":"stop","time":1711268942960},{"type":"start","time":1711268951477},{"type":"stop","time":1711268988990},{"type":"start","time":1711269197307},{"type":"stop","time":1711269275165},{"type":"start","time":1711269339645},{"type":"stop","time":1711269377191},{"type":"start","time":1711269452137},{"type":"stop","time":1711269514414},{"type":"start","time":1711269548433},{"type":"stop","time":1711269577169},{"type":"start","time":1711269884584},{"type":"stop","time":1711269886999},{"type":"start","time":1711269895717},{"type":"stop","time":1711269899181}]},{"actions":[]}]}</t>
         </is>
       </c>
-      <c r="E18">
+      <c r="E19">
         <v>802179</v>
       </c>
-      <c r="F18">
+      <c r="F19">
         <v>795523</v>
       </c>
-      <c r="G18">
-[...2 lines deleted...]
-      <c r="H18">
+      <c r="G19">
+        <v>0</v>
+      </c>
+      <c r="H19">
         <v>14</v>
       </c>
-      <c r="I18">
+      <c r="I19">
         <v>19</v>
       </c>
-      <c r="J18">
-[...4 lines deleted...]
-      <c r="A19">
+      <c r="J19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20">
         <v>20102130</v>
       </c>
-      <c r="B19" s="2">
+      <c r="B20" s="2">
         <v>20240801175922</v>
       </c>
-      <c r="C19" s="2">
+      <c r="C20" s="2">
         <v>1722535162782</v>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t>{"lastSave":1722535162782,"timeWatchM":14819,"timeWatchW":0,"timeWatchD":0,"countWatchM":5,"countWatchW":0,"countWatchD":0,"id":"20102130","watches":[{"actions":[{"type":"start","time":1722535146274},{"type":"stop","time":1722535149772},{"type":"start","time":1722535149773},{"type":"stop","time":1722535150953},{"type":"start","time":1722535150954},{"type":"stop","time":1722535152069},{"type":"start","time":1722535152070},{"type":"stop","time":1722535159697},{"type":"start","time":1722535161383},{"type":"stop","time":1722535162782}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
-      <c r="E19">
+      <c r="E20">
         <v>14819</v>
       </c>
-      <c r="F19">
-[...5 lines deleted...]
-      <c r="H19">
+      <c r="F20">
+        <v>0</v>
+      </c>
+      <c r="G20">
+        <v>0</v>
+      </c>
+      <c r="H20">
         <v>5</v>
       </c>
-      <c r="I19">
-[...32 lines deleted...]
-      </c>
       <c r="I20">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="2">
-        <v>20230407113651</v>
+        <v>20251019171826</v>
       </c>
       <c r="C21" s="2">
-        <v>1680867841880</v>
+        <v>1760894324829</v>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>{"lastSave":1680867841880,"timeWatchM":165449,"timeWatchW":190223,"timeWatchD":2490,"countWatchM":5,"countWatchW":5,"countWatchD":1,"id":"237d2fc1","watches":[{"actions":[{"type":"start","time":1680867413550},{"type":"stop","time":1680867414546},{"type":"start","time":1680867415679},{"type":"stop","time":1680867416812},{"type":"start","time":1680867417946},{"type":"stop","time":1680867419330},{"type":"start","time":1680867422115},{"type":"stop","time":1680867582207},{"type":"start","time":1680867592080},{"type":"stop","time":1680867593924}]},{"actions":[{"type":"start","time":1680867414547},{"type":"stop","time":1680867415679},{"type":"start","time":1680867416813},{"type":"stop","time":1680867417944},{"type":"start","time":1680867419331},{"type":"stop","time":1680867422113},{"type":"start","time":1680867589777},{"type":"stop","time":1680867592079},{"type":"start","time":1680867596417},{"type":"stop","time":1680867779293}]},{"actions":[{"type":"start","time":1680867593926},{"type":"stop","time":1680867596416}]}]}</t>
+          <t>{"lastSave":1760894324829,"timeWatchM":6451,"timeWatchW":12341,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"20a810bc","watches":[{"actions":[{"type":"start","time":1760894306035},{"type":"stop","time":1760894308888},{"type":"start","time":1760894308889},{"type":"stop","time":1760894312487}]},{"actions":[{"type":"start","time":1760894312488},{"type":"stop","time":1760894324829}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E21">
-        <v>165449</v>
+        <v>6451</v>
       </c>
       <c r="F21">
-        <v>190223</v>
+        <v>12341</v>
       </c>
       <c r="G21">
-        <v>2490</v>
+        <v>0</v>
       </c>
       <c r="H21">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I21">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J21">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="2">
-        <v>20250923170917</v>
+        <v>20251014174445</v>
       </c>
       <c r="C22" s="2">
-        <v>1758647380752</v>
+        <v>1760464120664</v>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647380752,"timeWatchM":0,"timeWatchW":22949,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"27a53dba","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758647357802},{"type":"stop","time":1758647380751}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1760464120664,"timeWatchM":231580,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"21fa1d22","watches":[{"actions":[{"type":"start","time":1760463886085},{"type":"stop","time":1760464117665}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E22">
-        <v>0</v>
+        <v>231580</v>
       </c>
       <c r="F22">
-        <v>22949</v>
+        <v>0</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I22">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="2">
-        <v>20240920180142</v>
+        <v>20250521090700</v>
       </c>
       <c r="C23" s="2">
-        <v>1726855324217</v>
+        <v>1747818466872</v>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>{"lastSave":1726855324217,"timeWatchM":0,"timeWatchW":11771,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"289b217","watches":[{"actions":[]},{"actions":[{"type":"start","time":1726855302268},{"type":"stop","time":1726855314039}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1747818466872,"timeWatchM":9913,"timeWatchW":5641,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"237ce046","watches":[{"actions":[{"type":"start","time":1747818451316},{"type":"stop","time":1747818457519},{"type":"start","time":1747818463162},{"type":"stop","time":1747818466872}]},{"actions":[{"type":"start","time":1747818457520},{"type":"stop","time":1747818463161}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E23">
-        <v>0</v>
+        <v>9913</v>
       </c>
       <c r="F23">
-        <v>11771</v>
+        <v>5641</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I23">
         <v>1</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24">
-        <v>29963378</v>
+      <c r="A24" t="s">
+        <v>31</v>
       </c>
       <c r="B24" s="2">
-        <v>20240920180231</v>
+        <v>20230407113651</v>
       </c>
       <c r="C24" s="2">
-        <v>1726855529258</v>
+        <v>1680867841880</v>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>{"lastSave":1726855529258,"timeWatchM":31035,"timeWatchW":106474,"timeWatchD":0,"countWatchM":1,"countWatchW":3,"countWatchD":0,"id":"29963378","watches":[{"actions":[{"type":"start","time":1726855358940},{"type":"stop","time":1726855389975}]},{"actions":[{"type":"start","time":1726855350920},{"type":"stop","time":1726855358938},{"type":"start","time":1726855391044},{"type":"stop","time":1726855475682},{"type":"start","time":1726855490448},{"type":"stop","time":1726855504266}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1680867841880,"timeWatchM":165449,"timeWatchW":190223,"timeWatchD":2490,"countWatchM":5,"countWatchW":5,"countWatchD":1,"id":"237d2fc1","watches":[{"actions":[{"type":"start","time":1680867413550},{"type":"stop","time":1680867414546},{"type":"start","time":1680867415679},{"type":"stop","time":1680867416812},{"type":"start","time":1680867417946},{"type":"stop","time":1680867419330},{"type":"start","time":1680867422115},{"type":"stop","time":1680867582207},{"type":"start","time":1680867592080},{"type":"stop","time":1680867593924}]},{"actions":[{"type":"start","time":1680867414547},{"type":"stop","time":1680867415679},{"type":"start","time":1680867416813},{"type":"stop","time":1680867417944},{"type":"start","time":1680867419331},{"type":"stop","time":1680867422113},{"type":"start","time":1680867589777},{"type":"stop","time":1680867592079},{"type":"start","time":1680867596417},{"type":"stop","time":1680867779293}]},{"actions":[{"type":"start","time":1680867593926},{"type":"stop","time":1680867596416}]}]}</t>
         </is>
       </c>
       <c r="E24">
-        <v>31035</v>
+        <v>165449</v>
       </c>
       <c r="F24">
-        <v>106474</v>
+        <v>190223</v>
       </c>
       <c r="G24">
-        <v>0</v>
+        <v>2490</v>
       </c>
       <c r="H24">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I24">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J24">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B25" s="2">
-        <v>20250524122744</v>
+        <v>20250923170917</v>
       </c>
       <c r="C25" s="2">
-        <v>1748090079839</v>
+        <v>1758647380752</v>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>{"lastSave":1748090079839,"timeWatchM":336086,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"29d0fbc9","watches":[{"actions":[{"type":"start","time":1748089741000},{"type":"stop","time":1748090077086}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758647380752,"timeWatchM":0,"timeWatchW":22949,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"27a53dba","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758647357802},{"type":"stop","time":1758647380751}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E25">
-        <v>336086</v>
+        <v>0</v>
       </c>
       <c r="F25">
-        <v>0</v>
+        <v>22949</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I25">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B26" s="2">
-        <v>20250416173645</v>
+        <v>20240920180142</v>
       </c>
       <c r="C26" s="2">
-        <v>1744825404529</v>
+        <v>1726855324217</v>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>{"lastSave":1744825404529,"timeWatchM":164830,"timeWatchW":181989,"timeWatchD":0,"countWatchM":5,"countWatchW":5,"countWatchD":0,"id":"29e8c4d2","watches":[{"actions":[{"type":"start","time":1744825003548},{"type":"stop","time":1744825054675},{"type":"start","time":1744825139132},{"type":"stop","time":1744825155581},{"type":"start","time":1744825219908},{"type":"stop","time":1744825246158},{"type":"start","time":1744825269058},{"type":"stop","time":1744825279967},{"type":"start","time":1744825304619},{"type":"stop","time":1744825364714}]},{"actions":[{"type":"start","time":1744825058962},{"type":"stop","time":1744825133219},{"type":"start","time":1744825157243},{"type":"stop","time":1744825218592},{"type":"start","time":1744825247347},{"type":"stop","time":1744825267292},{"type":"start","time":1744825281304},{"type":"stop","time":1744825299013},{"type":"start","time":1744825366245},{"type":"stop","time":1744825374974}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1726855324217,"timeWatchM":0,"timeWatchW":11771,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"289b217","watches":[{"actions":[]},{"actions":[{"type":"start","time":1726855302268},{"type":"stop","time":1726855314039}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E26">
-        <v>164830</v>
+        <v>0</v>
       </c>
       <c r="F26">
-        <v>181989</v>
+        <v>11771</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I26">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" t="s">
-        <v>33</v>
+      <c r="A27">
+        <v>29963378</v>
       </c>
       <c r="B27" s="2">
-        <v>20240326060849</v>
+        <v>20240920180231</v>
       </c>
       <c r="C27" s="2">
-        <v>1711433340681</v>
+        <v>1726855529258</v>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>{"lastSave":1711433340681,"timeWatchM":11083,"timeWatchW":0,"timeWatchD":0,"countWatchM":1.5,"countWatchW":0,"countWatchD":0,"id":"2a2e4079","watches":[{"actions":[{"type":"start","time":1711433329597},{"type":"stop","time":1711433340680},{"type":"start","time":1711433340681}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1726855529258,"timeWatchM":31035,"timeWatchW":106474,"timeWatchD":0,"countWatchM":1,"countWatchW":3,"countWatchD":0,"id":"29963378","watches":[{"actions":[{"type":"start","time":1726855358940},{"type":"stop","time":1726855389975}]},{"actions":[{"type":"start","time":1726855350920},{"type":"stop","time":1726855358938},{"type":"start","time":1726855391044},{"type":"stop","time":1726855475682},{"type":"start","time":1726855490448},{"type":"stop","time":1726855504266}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E27">
-        <v>11083</v>
+        <v>31035</v>
       </c>
       <c r="F27">
-        <v>0</v>
+        <v>106474</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I27">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>34</v>
       </c>
       <c r="B28" s="2">
-        <v>20231222074008</v>
+        <v>20250524122744</v>
       </c>
       <c r="C28" s="2">
-        <v>1703230827033</v>
+        <v>1748090079839</v>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>{"lastSave":1703230827033,"timeWatchM":8436,"timeWatchW":5921,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"2a7307ac","watches":[{"actions":[{"type":"start","time":1703230808969},{"type":"stop","time":1703230812689},{"type":"start","time":1703230812690},{"type":"stop","time":1703230817406}]},{"actions":[{"type":"start","time":1703230821112},{"type":"stop","time":1703230827033}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748090079839,"timeWatchM":336086,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"29d0fbc9","watches":[{"actions":[{"type":"start","time":1748089741000},{"type":"stop","time":1748090077086}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E28">
-        <v>8436</v>
+        <v>336086</v>
       </c>
       <c r="F28">
-        <v>5921</v>
+        <v>0</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I28">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="2">
-        <v>20250923181145</v>
+        <v>20250416173645</v>
       </c>
       <c r="C29" s="2">
-        <v>1758651155194</v>
+        <v>1744825404529</v>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651155194,"timeWatchM":49801,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"2ac44f74","watches":[{"actions":[{"type":"start","time":1758651105393},{"type":"stop","time":1758651155194}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744825404529,"timeWatchM":164830,"timeWatchW":181989,"timeWatchD":0,"countWatchM":5,"countWatchW":5,"countWatchD":0,"id":"29e8c4d2","watches":[{"actions":[{"type":"start","time":1744825003548},{"type":"stop","time":1744825054675},{"type":"start","time":1744825139132},{"type":"stop","time":1744825155581},{"type":"start","time":1744825219908},{"type":"stop","time":1744825246158},{"type":"start","time":1744825269058},{"type":"stop","time":1744825279967},{"type":"start","time":1744825304619},{"type":"stop","time":1744825364714}]},{"actions":[{"type":"start","time":1744825058962},{"type":"stop","time":1744825133219},{"type":"start","time":1744825157243},{"type":"stop","time":1744825218592},{"type":"start","time":1744825247347},{"type":"stop","time":1744825267292},{"type":"start","time":1744825281304},{"type":"stop","time":1744825299013},{"type":"start","time":1744825366245},{"type":"stop","time":1744825374974}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E29">
-        <v>49801</v>
+        <v>164830</v>
       </c>
       <c r="F29">
-        <v>0</v>
+        <v>181989</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I29">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>36</v>
       </c>
       <c r="B30" s="2">
-        <v>20250315125520</v>
+        <v>20240326060849</v>
       </c>
       <c r="C30" s="2">
-        <v>1742043509308</v>
+        <v>1711433340681</v>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>{"lastSave":1742043509308,"timeWatchM":82733,"timeWatchW":98313,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"2cc00687","watches":[{"actions":[{"type":"start","time":1742043320807},{"type":"stop","time":1742043403540}]},{"actions":[{"type":"start","time":1742043407093},{"type":"stop","time":1742043505406}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1711433340681,"timeWatchM":11083,"timeWatchW":0,"timeWatchD":0,"countWatchM":1.5,"countWatchW":0,"countWatchD":0,"id":"2a2e4079","watches":[{"actions":[{"type":"start","time":1711433329597},{"type":"stop","time":1711433340680},{"type":"start","time":1711433340681}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E30">
-        <v>82733</v>
+        <v>11083</v>
       </c>
       <c r="F30">
-        <v>98313</v>
+        <v>0</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J30">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>37</v>
       </c>
       <c r="B31" s="2">
-        <v>20250325191711</v>
+        <v>20231222074008</v>
       </c>
       <c r="C31" s="2">
-        <v>1742931458763</v>
+        <v>1703230827033</v>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>{"lastSave":1742931458763,"timeWatchM":958389,"timeWatchW":182504,"timeWatchD":0,"countWatchM":12,"countWatchW":2,"countWatchD":0,"id":"2cef9fbd","watches":[{"actions":[{"type":"start","time":1742930231396},{"type":"stop","time":1742930284714},{"type":"start","time":1742930292105},{"type":"stop","time":1742930504820},{"type":"start","time":1742930514699},{"type":"stop","time":1742930537942},{"type":"start","time":1742930547939},{"type":"stop","time":1742930573848},{"type":"start","time":1742930580589},{"type":"stop","time":1742930606592},{"type":"start","time":1742930618029},{"type":"stop","time":1742930766806},{"type":"start","time":1742930783879},{"type":"stop","time":1742930838242},{"type":"start","time":1742930951678},{"type":"stop","time":1742931172414},{"type":"start","time":1742931177479},{"type":"stop","time":1742931189442},{"type":"start","time":1742931264795},{"type":"stop","time":1742931340418},{"type":"start","time":1742931349487},{"type":"stop","time":1742931423870},{"type":"start","time":1742931426564},{"type":"stop","time":1742931457920}]},{"actions":[{"type":"start","time":1742930840050},{"type":"stop","time":1742930949252},{"type":"start","time":1742931190858},{"type":"stop","time":1742931264160}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1703230827033,"timeWatchM":8436,"timeWatchW":5921,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"2a7307ac","watches":[{"actions":[{"type":"start","time":1703230808969},{"type":"stop","time":1703230812689},{"type":"start","time":1703230812690},{"type":"stop","time":1703230817406}]},{"actions":[{"type":"start","time":1703230821112},{"type":"stop","time":1703230827033}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E31">
-        <v>958389</v>
+        <v>8436</v>
       </c>
       <c r="F31">
-        <v>182504</v>
+        <v>5921</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J31">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>38</v>
       </c>
       <c r="B32" s="2">
-        <v>20250523173446</v>
+        <v>20250923181145</v>
       </c>
       <c r="C32" s="2">
-        <v>1748026973520</v>
+        <v>1758651155194</v>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>{"lastSave":1748026973520,"timeWatchM":2315250,"timeWatchW":771980,"timeWatchD":74287,"countWatchM":29,"countWatchW":26,"countWatchD":2,"id":"2e94048c","watches":[{"actions":[{"type":"start","time":1748022525754},{"type":"stop","time":1748022676818},{"type":"start","time":1748022680353},{"type":"stop","time":1748022747778},{"type":"start","time":1748022752277},{"type":"stop","time":1748022763403},{"type":"start","time":1748022785801},{"type":"stop","time":1748023454867},{"type":"start","time":1748023496511},{"type":"stop","time":1748023513856},{"type":"start","time":1748023532485},{"type":"stop","time":1748023652166},{"type":"start","time":1748023657205},{"type":"stop","time":1748023657489},{"type":"start","time":1748023657491},{"type":"stop","time":1748023965941},{"type":"start","time":1748023992798},{"type":"stop","time":1748024060002},{"type":"start","time":1748024061354},{"type":"stop","time":1748024097951},{"type":"start","time":1748024101008},{"type":"stop","time":1748024102374},{"type":"start","time":1748024179454},{"type":"stop","time":1748024355607},{"type":"start","time":1748024454823},{"type":"stop","time":1748024470909},{"type":"start","time":1748024471578},{"type":"stop","time":1748024485500},{"type":"start","time":1748025730719},{"type":"stop","time":1748025871108},{"type":"start","time":1748025986866},{"type":"stop","time":1748025988365},{"type":"start","time":1748026002259},{"type":"stop","time":1748026338589},{"type":"start","time":1748026339555},{"type":"stop","time":1748026349809},{"type":"start","time":1748026350578},{"type":"stop","time":1748026361981},{"type":"start","time":1748026399122},{"type":"stop","time":1748026404257},{"type":"start","time":1748026501585},{"type":"stop","time":1748026513958},{"type":"start","time":1748026535273},{"type":"stop","time":1748026559004},{"type":"start","time":1748026580554},{"type":"stop","time":1748026588856},{"type":"start","time":1748026590309},{"type":"stop","time":1748026602466},{"type":"start","time":1748026610556},{"type":"stop","time":1748026621627},{"type":"start","time":1748026732346},{"type":"stop","time":1748026754189},{"type":"start","time":1748026863633},{"type":"stop","time":1748026891961},{"type":"start","time":1748026912424},{"type":"stop","time":1748026932967},{"type":"start","time":1748026934103},{"type":"stop","time":1748026950226}]},{"actions":[{"type":"start","time":1748021719519},{"type":"stop","time":1748021845620},{"type":"start","time":1748022505396},{"type":"stop","time":1748022519316},{"type":"start","time":1748022519317},{"type":"stop","time":1748022520250},{"type":"start","time":1748022677736},{"type":"stop","time":1748022679451},{"type":"start","time":1748022783015},{"type":"stop","time":1748022784999},{"type":"start","time":1748023455535},{"type":"stop","time":1748023495610},{"type":"start","time":1748023514773},{"type":"stop","time":1748023530800},{"type":"start","time":1748023652788},{"type":"stop","time":1748023656337},{"type":"start","time":1748023966818},{"type":"stop","time":1748023983309},{"type":"start","time":1748024103076},{"type":"stop","time":1748024178586},{"type":"start","time":1748024400750},{"type":"stop","time":1748024406804},{"type":"start","time":1748024486085},{"type":"stop","time":1748024502326},{"type":"start","time":1748025678083},{"type":"stop","time":1748025728412},{"type":"start","time":1748025728413},{"type":"stop","time":1748025729600},{"type":"start","time":1748025871623},{"type":"stop","time":1748025954961},{"type":"start","time":1748025955563},{"type":"stop","time":1748025979693},{"type":"start","time":1748026362466},{"type":"stop","time":1748026367068},{"type":"start","time":1748026382330},{"type":"stop","time":1748026394468},{"type":"start","time":1748026404758},{"type":"stop","time":1748026496830},{"type":"start","time":1748026496831},{"type":"stop","time":1748026500782},{"type":"start","time":1748026514395},{"type":"stop","time":1748026526816},{"type":"start","time":1748026562808},{"type":"stop","time":1748026569977},{"type":"start","time":1748026633501},{"type":"stop","time":1748026678342},{"type":"start","time":1748026679444},{"type":"stop","time":1748026729311},{"type":"start","time":1748026805615},{"type":"stop","time":1748026853176},{"type":"start","time":1748026953746},{"type":"stop","time":1748026973520}]},{"actions":[{"type":"start","time":1748024360010},{"type":"stop","time":1748024400234},{"type":"start","time":1748024419658},{"type":"stop","time":1748024453721}]}]}</t>
+          <t>{"lastSave":1758651155194,"timeWatchM":49801,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"2ac44f74","watches":[{"actions":[{"type":"start","time":1758651105393},{"type":"stop","time":1758651155194}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E32">
-        <v>2315250</v>
+        <v>49801</v>
       </c>
       <c r="F32">
-        <v>771980</v>
+        <v>0</v>
       </c>
       <c r="G32">
-        <v>74287</v>
+        <v>0</v>
       </c>
       <c r="H32">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="I32">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="J32">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>39</v>
       </c>
       <c r="B33" s="2">
-        <v>20250222140133</v>
+        <v>20250315125520</v>
       </c>
       <c r="C33" s="2">
-        <v>1740233593284</v>
+        <v>1742043509308</v>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>{"lastSave":1740233593284,"timeWatchM":475272,"timeWatchW":227424,"timeWatchD":0,"countWatchM":7,"countWatchW":5,"countWatchD":0,"id":"2f7fb645","watches":[{"actions":[{"type":"start","time":1740232890574},{"type":"stop","time":1740232994912},{"type":"start","time":1740233034217},{"type":"stop","time":1740233105042},{"type":"start","time":1740233105043},{"type":"stop","time":1740233112178},{"type":"start","time":1740233238701},{"type":"stop","time":1740233376026},{"type":"start","time":1740233400214},{"type":"stop","time":1740233416375},{"type":"start","time":1740233453795},{"type":"stop","time":1740233514942},{"type":"start","time":1740233514943},{"type":"stop","time":1740233593284}]},{"actions":[{"type":"start","time":1740232994913},{"type":"stop","time":1740233034214},{"type":"start","time":1740233112179},{"type":"stop","time":1740233158793},{"type":"start","time":1740233158794},{"type":"stop","time":1740233238700},{"type":"start","time":1740233376028},{"type":"stop","time":1740233400213},{"type":"start","time":1740233416376},{"type":"stop","time":1740233453794}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742043509308,"timeWatchM":82733,"timeWatchW":98313,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"2cc00687","watches":[{"actions":[{"type":"start","time":1742043320807},{"type":"stop","time":1742043403540}]},{"actions":[{"type":"start","time":1742043407093},{"type":"stop","time":1742043505406}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E33">
-        <v>475272</v>
+        <v>82733</v>
       </c>
       <c r="F33">
-        <v>227424</v>
+        <v>98313</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="I33">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>40</v>
       </c>
       <c r="B34" s="2">
-        <v>20231117160424</v>
+        <v>20250325191711</v>
       </c>
       <c r="C34" s="2">
-        <v>1700238575180</v>
+        <v>1742931458763</v>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>{"lastSave":1700238575180,"timeWatchM":13114,"timeWatchW":581096,"timeWatchD":0,"countWatchM":1,"countWatchW":14,"countWatchD":0,"id":"2f91f030","watches":[{"actions":[{"type":"start","time":1700238114381},{"type":"stop","time":1700238127495}]},{"actions":[{"type":"start","time":1700237064270},{"type":"stop","time":1700237142116},{"type":"start","time":1700237142117},{"type":"stop","time":1700237256576},{"type":"start","time":1700237256577},{"type":"stop","time":1700237275286},{"type":"start","time":1700237275287},{"type":"stop","time":1700237302443},{"type":"start","time":1700238025853},{"type":"stop","time":1700238066325},{"type":"start","time":1700238139415},{"type":"stop","time":1700238257762},{"type":"start","time":1700238257762},{"type":"stop","time":1700238276615},{"type":"start","time":1700238276616},{"type":"stop","time":1700238290744},{"type":"start","time":1700238290744},{"type":"stop","time":1700238323530},{"type":"start","time":1700238332299},{"type":"stop","time":1700238345683},{"type":"start","time":1700238353511},{"type":"stop","time":1700238390585},{"type":"start","time":1700238422802},{"type":"stop","time":1700238433741},{"type":"start","time":1700238433741},{"type":"stop","time":1700238460435},{"type":"start","time":1700238483340},{"type":"stop","time":1700238513589}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742931458763,"timeWatchM":958389,"timeWatchW":182504,"timeWatchD":0,"countWatchM":12,"countWatchW":2,"countWatchD":0,"id":"2cef9fbd","watches":[{"actions":[{"type":"start","time":1742930231396},{"type":"stop","time":1742930284714},{"type":"start","time":1742930292105},{"type":"stop","time":1742930504820},{"type":"start","time":1742930514699},{"type":"stop","time":1742930537942},{"type":"start","time":1742930547939},{"type":"stop","time":1742930573848},{"type":"start","time":1742930580589},{"type":"stop","time":1742930606592},{"type":"start","time":1742930618029},{"type":"stop","time":1742930766806},{"type":"start","time":1742930783879},{"type":"stop","time":1742930838242},{"type":"start","time":1742930951678},{"type":"stop","time":1742931172414},{"type":"start","time":1742931177479},{"type":"stop","time":1742931189442},{"type":"start","time":1742931264795},{"type":"stop","time":1742931340418},{"type":"start","time":1742931349487},{"type":"stop","time":1742931423870},{"type":"start","time":1742931426564},{"type":"stop","time":1742931457920}]},{"actions":[{"type":"start","time":1742930840050},{"type":"stop","time":1742930949252},{"type":"start","time":1742931190858},{"type":"stop","time":1742931264160}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E34">
-        <v>13114</v>
+        <v>958389</v>
       </c>
       <c r="F34">
-        <v>581096</v>
+        <v>182504</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I34">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>41</v>
       </c>
       <c r="B35" s="2">
-        <v>20250109190953</v>
+        <v>20250523173446</v>
       </c>
       <c r="C35" s="2">
-        <v>1736450091824</v>
+        <v>1748026973520</v>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>{"lastSave":1736450091824,"timeWatchM":195900,"timeWatchW":46234,"timeWatchD":0,"countWatchM":7,"countWatchW":3,"countWatchD":0,"id":"2fbc1e8b","watches":[{"actions":[{"type":"start","time":1736449793113},{"type":"stop","time":1736449937360},{"type":"start","time":1736450025228},{"type":"stop","time":1736450025756},{"type":"start","time":1736450032184},{"type":"stop","time":1736450040929},{"type":"start","time":1736450040930},{"type":"stop","time":1736450042671},{"type":"start","time":1736450042673},{"type":"stop","time":1736450056423},{"type":"start","time":1736450058193},{"type":"stop","time":1736450058901},{"type":"start","time":1736450060725},{"type":"stop","time":1736450086906}]},{"actions":[{"type":"start","time":1736449961208},{"type":"stop","time":1736449973972},{"type":"start","time":1736449992689},{"type":"stop","time":1736450025226},{"type":"start","time":1736450057259},{"type":"stop","time":1736450058192}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748026973520,"timeWatchM":2315250,"timeWatchW":771980,"timeWatchD":74287,"countWatchM":29,"countWatchW":26,"countWatchD":2,"id":"2e94048c","watches":[{"actions":[{"type":"start","time":1748022525754},{"type":"stop","time":1748022676818},{"type":"start","time":1748022680353},{"type":"stop","time":1748022747778},{"type":"start","time":1748022752277},{"type":"stop","time":1748022763403},{"type":"start","time":1748022785801},{"type":"stop","time":1748023454867},{"type":"start","time":1748023496511},{"type":"stop","time":1748023513856},{"type":"start","time":1748023532485},{"type":"stop","time":1748023652166},{"type":"start","time":1748023657205},{"type":"stop","time":1748023657489},{"type":"start","time":1748023657491},{"type":"stop","time":1748023965941},{"type":"start","time":1748023992798},{"type":"stop","time":1748024060002},{"type":"start","time":1748024061354},{"type":"stop","time":1748024097951},{"type":"start","time":1748024101008},{"type":"stop","time":1748024102374},{"type":"start","time":1748024179454},{"type":"stop","time":1748024355607},{"type":"start","time":1748024454823},{"type":"stop","time":1748024470909},{"type":"start","time":1748024471578},{"type":"stop","time":1748024485500},{"type":"start","time":1748025730719},{"type":"stop","time":1748025871108},{"type":"start","time":1748025986866},{"type":"stop","time":1748025988365},{"type":"start","time":1748026002259},{"type":"stop","time":1748026338589},{"type":"start","time":1748026339555},{"type":"stop","time":1748026349809},{"type":"start","time":1748026350578},{"type":"stop","time":1748026361981},{"type":"start","time":1748026399122},{"type":"stop","time":1748026404257},{"type":"start","time":1748026501585},{"type":"stop","time":1748026513958},{"type":"start","time":1748026535273},{"type":"stop","time":1748026559004},{"type":"start","time":1748026580554},{"type":"stop","time":1748026588856},{"type":"start","time":1748026590309},{"type":"stop","time":1748026602466},{"type":"start","time":1748026610556},{"type":"stop","time":1748026621627},{"type":"start","time":1748026732346},{"type":"stop","time":1748026754189},{"type":"start","time":1748026863633},{"type":"stop","time":1748026891961},{"type":"start","time":1748026912424},{"type":"stop","time":1748026932967},{"type":"start","time":1748026934103},{"type":"stop","time":1748026950226}]},{"actions":[{"type":"start","time":1748021719519},{"type":"stop","time":1748021845620},{"type":"start","time":1748022505396},{"type":"stop","time":1748022519316},{"type":"start","time":1748022519317},{"type":"stop","time":1748022520250},{"type":"start","time":1748022677736},{"type":"stop","time":1748022679451},{"type":"start","time":1748022783015},{"type":"stop","time":1748022784999},{"type":"start","time":1748023455535},{"type":"stop","time":1748023495610},{"type":"start","time":1748023514773},{"type":"stop","time":1748023530800},{"type":"start","time":1748023652788},{"type":"stop","time":1748023656337},{"type":"start","time":1748023966818},{"type":"stop","time":1748023983309},{"type":"start","time":1748024103076},{"type":"stop","time":1748024178586},{"type":"start","time":1748024400750},{"type":"stop","time":1748024406804},{"type":"start","time":1748024486085},{"type":"stop","time":1748024502326},{"type":"start","time":1748025678083},{"type":"stop","time":1748025728412},{"type":"start","time":1748025728413},{"type":"stop","time":1748025729600},{"type":"start","time":1748025871623},{"type":"stop","time":1748025954961},{"type":"start","time":1748025955563},{"type":"stop","time":1748025979693},{"type":"start","time":1748026362466},{"type":"stop","time":1748026367068},{"type":"start","time":1748026382330},{"type":"stop","time":1748026394468},{"type":"start","time":1748026404758},{"type":"stop","time":1748026496830},{"type":"start","time":1748026496831},{"type":"stop","time":1748026500782},{"type":"start","time":1748026514395},{"type":"stop","time":1748026526816},{"type":"start","time":1748026562808},{"type":"stop","time":1748026569977},{"type":"start","time":1748026633501},{"type":"stop","time":1748026678342},{"type":"start","time":1748026679444},{"type":"stop","time":1748026729311},{"type":"start","time":1748026805615},{"type":"stop","time":1748026853176},{"type":"start","time":1748026953746},{"type":"stop","time":1748026973520}]},{"actions":[{"type":"start","time":1748024360010},{"type":"stop","time":1748024400234},{"type":"start","time":1748024419658},{"type":"stop","time":1748024453721}]}]}</t>
         </is>
       </c>
       <c r="E35">
-        <v>195900</v>
+        <v>2315250</v>
       </c>
       <c r="F35">
-        <v>46234</v>
+        <v>771980</v>
       </c>
       <c r="G35">
-        <v>0</v>
+        <v>74287</v>
       </c>
       <c r="H35">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I35">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="J35">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>42</v>
       </c>
       <c r="B36" s="2">
-        <v>20250923182233</v>
+        <v>20251014173132</v>
       </c>
       <c r="C36" s="2">
-        <v>1758651824085</v>
+        <v>1760463325796</v>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651824085,"timeWatchM":0,"timeWatchW":71086,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"30479cdd","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758651752999},{"type":"stop","time":1758651824085}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1760463325796,"timeWatchM":111512,"timeWatchW":71433,"timeWatchD":0,"countWatchM":3,"countWatchW":4,"countWatchD":0,"id":"2ee94ac0","watches":[{"actions":[{"type":"start","time":1760463093175},{"type":"stop","time":1760463166335},{"type":"start","time":1760463218560},{"type":"stop","time":1760463237212},{"type":"start","time":1760463245872},{"type":"stop","time":1760463265572}]},{"actions":[{"type":"start","time":1760463174694},{"type":"stop","time":1760463217117},{"type":"start","time":1760463266891},{"type":"stop","time":1760463289292},{"type":"start","time":1760463289294},{"type":"stop","time":1760463290537},{"type":"start","time":1760463296568},{"type":"stop","time":1760463301934}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E36">
-        <v>0</v>
+        <v>111512</v>
       </c>
       <c r="F36">
-        <v>71086</v>
+        <v>71433</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I36">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J36">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="2">
-        <v>20250923174517</v>
+        <v>20250222140133</v>
       </c>
       <c r="C37" s="2">
-        <v>1758649683806</v>
+        <v>1740233593284</v>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>{"lastSave":1758649683806,"timeWatchM":0,"timeWatchW":93933,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"312b7ff8","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758649517056},{"type":"stop","time":1758649582056},{"type":"start","time":1758649654873},{"type":"stop","time":1758649683806}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1740233593284,"timeWatchM":475272,"timeWatchW":227424,"timeWatchD":0,"countWatchM":7,"countWatchW":5,"countWatchD":0,"id":"2f7fb645","watches":[{"actions":[{"type":"start","time":1740232890574},{"type":"stop","time":1740232994912},{"type":"start","time":1740233034217},{"type":"stop","time":1740233105042},{"type":"start","time":1740233105043},{"type":"stop","time":1740233112178},{"type":"start","time":1740233238701},{"type":"stop","time":1740233376026},{"type":"start","time":1740233400214},{"type":"stop","time":1740233416375},{"type":"start","time":1740233453795},{"type":"stop","time":1740233514942},{"type":"start","time":1740233514943},{"type":"stop","time":1740233593284}]},{"actions":[{"type":"start","time":1740232994913},{"type":"stop","time":1740233034214},{"type":"start","time":1740233112179},{"type":"stop","time":1740233158793},{"type":"start","time":1740233158794},{"type":"stop","time":1740233238700},{"type":"start","time":1740233376028},{"type":"stop","time":1740233400213},{"type":"start","time":1740233416376},{"type":"stop","time":1740233453794}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E37">
-        <v>0</v>
+        <v>475272</v>
       </c>
       <c r="F37">
-        <v>93933</v>
+        <v>227424</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I37">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>44</v>
       </c>
       <c r="B38" s="2">
-        <v>20230707174848</v>
+        <v>20231117160424</v>
       </c>
       <c r="C38" s="2">
-        <v>1688752898023</v>
+        <v>1700238575180</v>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>{"lastSave":1688752898023,"timeWatchM":510965,"timeWatchW":91152,"timeWatchD":162791,"countWatchM":2,"countWatchW":4,"countWatchD":1,"id":"31e04cca","watches":[{"actions":[{"type":"start","time":1688752295675},{"type":"stop","time":1688752685404},{"type":"start","time":1688752685411},{"type":"stop","time":1688752806647}]},{"actions":[{"type":"start","time":1688752291553},{"type":"stop","time":1688752292043},{"type":"start","time":1688752292048},{"type":"stop","time":1688752294925},{"type":"start","time":1688752808006},{"type":"stop","time":1688752858733},{"type":"start","time":1688752860964},{"type":"stop","time":1688752898022}]},{"actions":[{"type":"start","time":1688752127519},{"type":"stop","time":1688752290310}]}]}</t>
+          <t>{"lastSave":1700238575180,"timeWatchM":13114,"timeWatchW":581096,"timeWatchD":0,"countWatchM":1,"countWatchW":14,"countWatchD":0,"id":"2f91f030","watches":[{"actions":[{"type":"start","time":1700238114381},{"type":"stop","time":1700238127495}]},{"actions":[{"type":"start","time":1700237064270},{"type":"stop","time":1700237142116},{"type":"start","time":1700237142117},{"type":"stop","time":1700237256576},{"type":"start","time":1700237256577},{"type":"stop","time":1700237275286},{"type":"start","time":1700237275287},{"type":"stop","time":1700237302443},{"type":"start","time":1700238025853},{"type":"stop","time":1700238066325},{"type":"start","time":1700238139415},{"type":"stop","time":1700238257762},{"type":"start","time":1700238257762},{"type":"stop","time":1700238276615},{"type":"start","time":1700238276616},{"type":"stop","time":1700238290744},{"type":"start","time":1700238290744},{"type":"stop","time":1700238323530},{"type":"start","time":1700238332299},{"type":"stop","time":1700238345683},{"type":"start","time":1700238353511},{"type":"stop","time":1700238390585},{"type":"start","time":1700238422802},{"type":"stop","time":1700238433741},{"type":"start","time":1700238433741},{"type":"stop","time":1700238460435},{"type":"start","time":1700238483340},{"type":"stop","time":1700238513589}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E38">
-        <v>510965</v>
+        <v>13114</v>
       </c>
       <c r="F38">
-        <v>91152</v>
+        <v>581096</v>
       </c>
       <c r="G38">
-        <v>162791</v>
+        <v>0</v>
       </c>
       <c r="H38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I38">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="J38">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>45</v>
       </c>
       <c r="B39" s="2">
-        <v>20231118163539</v>
+        <v>20250109190953</v>
       </c>
       <c r="C39" s="2">
-        <v>1700325646015</v>
+        <v>1736450091824</v>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>{"lastSave":1700325646015,"timeWatchM":300897,"timeWatchW":3445,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"32b11156","watches":[{"actions":[{"type":"start","time":1700325338983},{"type":"stop","time":1700325639880}]},{"actions":[{"type":"start","time":1700325639881},{"type":"stop","time":1700325643326}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1736450091824,"timeWatchM":195900,"timeWatchW":46234,"timeWatchD":0,"countWatchM":7,"countWatchW":3,"countWatchD":0,"id":"2fbc1e8b","watches":[{"actions":[{"type":"start","time":1736449793113},{"type":"stop","time":1736449937360},{"type":"start","time":1736450025228},{"type":"stop","time":1736450025756},{"type":"start","time":1736450032184},{"type":"stop","time":1736450040929},{"type":"start","time":1736450040930},{"type":"stop","time":1736450042671},{"type":"start","time":1736450042673},{"type":"stop","time":1736450056423},{"type":"start","time":1736450058193},{"type":"stop","time":1736450058901},{"type":"start","time":1736450060725},{"type":"stop","time":1736450086906}]},{"actions":[{"type":"start","time":1736449961208},{"type":"stop","time":1736449973972},{"type":"start","time":1736449992689},{"type":"stop","time":1736450025226},{"type":"start","time":1736450057259},{"type":"stop","time":1736450058192}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E39">
-        <v>300897</v>
+        <v>195900</v>
       </c>
       <c r="F39">
-        <v>3445</v>
+        <v>46234</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I39">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J39">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>46</v>
       </c>
       <c r="B40" s="2">
-        <v>20230814201635</v>
+        <v>20250923182233</v>
       </c>
       <c r="C40" s="2">
-        <v>1692044196893</v>
+        <v>1758651824085</v>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>{"lastSave":1692044196893,"timeWatchM":0,"timeWatchW":1045,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"34189e65","watches":[{"actions":[]},{"actions":[{"type":"start","time":1692044195848},{"type":"stop","time":1692044196893}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758651824085,"timeWatchM":0,"timeWatchW":71086,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"30479cdd","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758651752999},{"type":"stop","time":1758651824085}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E40">
         <v>0</v>
       </c>
       <c r="F40">
-        <v>1045</v>
+        <v>71086</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40">
         <v>1</v>
       </c>
       <c r="J40">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>47</v>
       </c>
       <c r="B41" s="2">
-        <v>20230309233027</v>
+        <v>20250923174517</v>
       </c>
       <c r="C41" s="2">
-        <v>1678404692207</v>
+        <v>1758649683806</v>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>{"lastSave":1678404692207,"timeWatchM":5460,"timeWatchW":14054,"timeWatchD":3146,"countWatchM":3,"countWatchW":5,"countWatchD":2,"id":"342ba89e","watches":[{"actions":[{"type":"start","time":1678404642028},{"type":"stop","time":1678404643876},{"type":"start","time":1678404682410},{"type":"stop","time":1678404684207},{"type":"start","time":1678404685941},{"type":"stop","time":1678404687756}]},{"actions":[{"type":"start","time":1678404643878},{"type":"stop","time":1678404648441},{"type":"start","time":1678404650475},{"type":"stop","time":1678404651491},{"type":"start","time":1678404651492},{"type":"stop","time":1678404653789},{"type":"start","time":1678404653791},{"type":"stop","time":1678404656638},{"type":"start","time":1678404687758},{"type":"stop","time":1678404691089}]},{"actions":[{"type":"start","time":1678404648443},{"type":"stop","time":1678404650473},{"type":"start","time":1678404691091},{"type":"stop","time":1678404692207}]}]}</t>
+          <t>{"lastSave":1758649683806,"timeWatchM":0,"timeWatchW":93933,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"312b7ff8","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758649517056},{"type":"stop","time":1758649582056},{"type":"start","time":1758649654873},{"type":"stop","time":1758649683806}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E41">
-        <v>5460</v>
+        <v>0</v>
       </c>
       <c r="F41">
-        <v>14054</v>
+        <v>93933</v>
       </c>
       <c r="G41">
-        <v>3146</v>
+        <v>0</v>
       </c>
       <c r="H41">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I41">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>48</v>
+      </c>
+      <c r="B42" s="2">
+        <v>20230707174848</v>
+      </c>
+      <c r="C42" s="2">
+        <v>1688752898023</v>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>{"lastSave":1688752898023,"timeWatchM":510965,"timeWatchW":91152,"timeWatchD":162791,"countWatchM":2,"countWatchW":4,"countWatchD":1,"id":"31e04cca","watches":[{"actions":[{"type":"start","time":1688752295675},{"type":"stop","time":1688752685404},{"type":"start","time":1688752685411},{"type":"stop","time":1688752806647}]},{"actions":[{"type":"start","time":1688752291553},{"type":"stop","time":1688752292043},{"type":"start","time":1688752292048},{"type":"stop","time":1688752294925},{"type":"start","time":1688752808006},{"type":"stop","time":1688752858733},{"type":"start","time":1688752860964},{"type":"stop","time":1688752898022}]},{"actions":[{"type":"start","time":1688752127519},{"type":"stop","time":1688752290310}]}]}</t>
+        </is>
+      </c>
+      <c r="E42">
+        <v>510965</v>
+      </c>
+      <c r="F42">
+        <v>91152</v>
+      </c>
+      <c r="G42">
+        <v>162791</v>
+      </c>
+      <c r="H42">
         <v>2</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      </c>
       <c r="I42">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="J42">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B43" s="2">
-        <v>20230407113324</v>
+        <v>20231118163539</v>
       </c>
       <c r="C43" s="2">
-        <v>1686335539772</v>
+        <v>1700325646015</v>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>{"lastSave":1686335539772,"timeWatchM":3037111,"timeWatchW":580974,"timeWatchD":0,"countWatchM":24,"countWatchW":8,"countWatchD":0,"id":"34a85802","watches":[{"actions":[{"type":"start","time":1686331921651},{"type":"stop","time":1686331957387},{"type":"start","time":1686331957388},{"type":"stop","time":1686331958117},{"type":"start","time":1686331958118},{"type":"stop","time":1686332019871},{"type":"start","time":1686332019872},{"type":"stop","time":1686332024417},{"type":"start","time":1686332107375},{"type":"stop","time":1686332109719},{"type":"start","time":1686332109720},{"type":"stop","time":1686332176870},{"type":"start","time":1686332176871},{"type":"stop","time":1686332263591},{"type":"start","time":1686332263592},{"type":"stop","time":1686332578387},{"type":"start","time":1686332578388},{"type":"stop","time":1686332579386},{"type":"start","time":1686332632163},{"type":"stop","time":1686332634282},{"type":"start","time":1686332634284},{"type":"stop","time":1686332764130},{"type":"start","time":1686332807880},{"type":"stop","time":1686332814185},{"type":"start","time":1686332814186},{"type":"stop","time":1686333075522},{"type":"start","time":1686333075523},{"type":"stop","time":1686333162833},{"type":"start","time":1686333275309},{"type":"stop","time":1686333310681},{"type":"start","time":1686333310682},{"type":"stop","time":1686333464506},{"type":"start","time":1686333464507},{"type":"stop","time":1686333495817},{"type":"start","time":1686333576262},{"type":"stop","time":1686333704713},{"type":"start","time":1686333704714},{"type":"stop","time":1686333711048},{"type":"start","time":1686333711049},{"type":"stop","time":1686333788752},{"type":"start","time":1686333791424},{"type":"stop","time":1686333850010},{"type":"start","time":1686333850011},{"type":"stop","time":1686333943663},{"type":"start","time":1686333943665},{"type":"stop","time":1686333950961},{"type":"start","time":1686333991472},{"type":"stop","time":1686335374369}]},{"actions":[{"type":"start","time":1686332024418},{"type":"stop","time":1686332107374},{"type":"start","time":1686332579387},{"type":"stop","time":1686332632162},{"type":"start","time":1686332764132},{"type":"stop","time":1686332807879},{"type":"start","time":1686333162834},{"type":"stop","time":1686333275308},{"type":"start","time":1686333495817},{"type":"stop","time":1686333576262},{"type":"start","time":1686333788753},{"type":"stop","time":1686333791423},{"type":"start","time":1686333950963},{"type":"stop","time":1686333991470},{"type":"start","time":1686335374371},{"type":"stop","time":1686335539771}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1700325646015,"timeWatchM":300897,"timeWatchW":3445,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"32b11156","watches":[{"actions":[{"type":"start","time":1700325338983},{"type":"stop","time":1700325639880}]},{"actions":[{"type":"start","time":1700325639881},{"type":"stop","time":1700325643326}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E43">
-        <v>3037111</v>
+        <v>300897</v>
       </c>
       <c r="F43">
-        <v>580974</v>
+        <v>3445</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I43">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="J43">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B44" s="2">
-        <v>20250923182119</v>
+        <v>20230814201635</v>
       </c>
       <c r="C44" s="2">
-        <v>1758652171002</v>
+        <v>1692044196893</v>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>{"lastSave":1758652171002,"timeWatchM":146500,"timeWatchW":228552,"timeWatchD":0,"countWatchM":2,"countWatchW":3,"countWatchD":0,"id":"34dc2c09","watches":[{"actions":[{"type":"start","time":1758651690866},{"type":"stop","time":1758651749549},{"type":"start","time":1758652083185},{"type":"stop","time":1758652171002}]},{"actions":[{"type":"start","time":1758651679532},{"type":"stop","time":1758651687631},{"type":"start","time":1758651827516},{"type":"stop","time":1758651917533},{"type":"start","time":1758651939767},{"type":"stop","time":1758652070203}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1692044196893,"timeWatchM":0,"timeWatchW":1045,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"34189e65","watches":[{"actions":[]},{"actions":[{"type":"start","time":1692044195848},{"type":"stop","time":1692044196893}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E44">
-        <v>146500</v>
+        <v>0</v>
       </c>
       <c r="F44">
-        <v>228552</v>
+        <v>1045</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I44">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J44">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B45" s="2">
-        <v>20250524150602</v>
+        <v>20230309233027</v>
       </c>
       <c r="C45" s="2">
-        <v>1748099447156</v>
+        <v>1678404692207</v>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>{"lastSave":1748099447156,"timeWatchM":104271,"timeWatchW":122445,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"3790bdcf","watches":[{"actions":[{"type":"start","time":1748099241072},{"type":"stop","time":1748099287120},{"type":"start","time":1748099288278},{"type":"stop","time":1748099346501}]},{"actions":[{"type":"start","time":1748099197358},{"type":"stop","time":1748099224181},{"type":"start","time":1748099349084},{"type":"stop","time":1748099444706}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1678404692207,"timeWatchM":5460,"timeWatchW":14054,"timeWatchD":3146,"countWatchM":3,"countWatchW":5,"countWatchD":2,"id":"342ba89e","watches":[{"actions":[{"type":"start","time":1678404642028},{"type":"stop","time":1678404643876},{"type":"start","time":1678404682410},{"type":"stop","time":1678404684207},{"type":"start","time":1678404685941},{"type":"stop","time":1678404687756}]},{"actions":[{"type":"start","time":1678404643878},{"type":"stop","time":1678404648441},{"type":"start","time":1678404650475},{"type":"stop","time":1678404651491},{"type":"start","time":1678404651492},{"type":"stop","time":1678404653789},{"type":"start","time":1678404653791},{"type":"stop","time":1678404656638},{"type":"start","time":1678404687758},{"type":"stop","time":1678404691089}]},{"actions":[{"type":"start","time":1678404648443},{"type":"stop","time":1678404650473},{"type":"start","time":1678404691091},{"type":"stop","time":1678404692207}]}]}</t>
         </is>
       </c>
       <c r="E45">
-        <v>104271</v>
+        <v>5460</v>
       </c>
       <c r="F45">
-        <v>122445</v>
+        <v>14054</v>
       </c>
       <c r="G45">
-        <v>0</v>
+        <v>3146</v>
       </c>
       <c r="H45">
+        <v>3</v>
+      </c>
+      <c r="I45">
+        <v>5</v>
+      </c>
+      <c r="J45">
         <v>2</v>
       </c>
-      <c r="I45">
+    </row>
+    <row r="46">
+      <c r="A46">
+        <v>3436260</v>
+      </c>
+      <c r="B46" s="2">
+        <v>20231102181555</v>
+      </c>
+      <c r="C46" s="2">
+        <v>1706200472259</v>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>{"lastSave":1706200472259,"timeWatchM":909370,"timeWatchW":883986,"timeWatchD":6378,"countWatchM":13,"countWatchW":11,"countWatchD":2,"id":"3436260","watches":[{"actions":[{"type":"start","time":1698948961712},{"type":"stop","time":1698948969050},{"type":"start","time":1698949152408},{"type":"stop","time":1698949201744},{"type":"start","time":1698949201746},{"type":"stop","time":1698949204230},{"type":"start","time":1698949246416},{"type":"stop","time":1698949357381},{"type":"start","time":1698949467943},{"type":"stop","time":1698949498504},{"type":"start","time":1698949945690},{"type":"stop","time":1698950029407},{"type":"start","time":1698950033667},{"type":"stop","time":1698950348350},{"type":"start","time":1698951363546},{"type":"stop","time":1698951463701},{"type":"start","time":1698952102125},{"type":"stop","time":1698952229443},{"type":"start","time":1698952571820},{"type":"stop","time":1698952598188},{"type":"start","time":1698952629401},{"type":"stop","time":1698952642822},{"type":"start","time":1698952665139},{"type":"stop","time":1698952679126},{"type":"start","time":1698952703683},{"type":"stop","time":1698952732720}]},{"actions":[{"type":"start","time":1698948969051},{"type":"stop","time":1698949129376},{"type":"start","time":1698949129380},{"type":"stop","time":1698949134705},{"type":"start","time":1698949212445},{"type":"stop","time":1698949241327},{"type":"start","time":1698949403926},{"type":"stop","time":1698949465879},{"type":"start","time":1698949465881},{"type":"stop","time":1698949467942},{"type":"start","time":1698949498506},{"type":"stop","time":1698949574708},{"type":"start","time":1698949841166},{"type":"stop","time":1698949945689},{"type":"start","time":1698950349495},{"type":"stop","time":1698950408356},{"type":"start","time":1698952230189},{"type":"stop","time":1698952571817},{"type":"start","time":1698952598190},{"type":"stop","time":1698952629400},{"type":"start","time":1698952642822},{"type":"stop","time":1698952655838}]},{"actions":[{"type":"start","time":1698949205484},{"type":"stop","time":1698949209321},{"type":"start","time":1698949209322},{"type":"stop","time":1698949211863}]}]}</t>
+        </is>
+      </c>
+      <c r="E46">
+        <v>909370</v>
+      </c>
+      <c r="F46">
+        <v>883986</v>
+      </c>
+      <c r="G46">
+        <v>6378</v>
+      </c>
+      <c r="H46">
+        <v>13</v>
+      </c>
+      <c r="I46">
+        <v>11</v>
+      </c>
+      <c r="J46">
         <v>2</v>
-      </c>
-[...35 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>52</v>
       </c>
       <c r="B47" s="2">
-        <v>20250418135041</v>
+        <v>20230407113324</v>
       </c>
       <c r="C47" s="2">
-        <v>1744984261396</v>
+        <v>1686335539772</v>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>{"lastSave":1744984261396,"timeWatchM":14036,"timeWatchW":6072,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"38d2c26","watches":[{"actions":[{"type":"start","time":1744984241287},{"type":"stop","time":1744984246466},{"type":"start","time":1744984252539},{"type":"stop","time":1744984261396}]},{"actions":[{"type":"start","time":1744984246466},{"type":"stop","time":1744984252538}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1686335539772,"timeWatchM":3037111,"timeWatchW":580974,"timeWatchD":0,"countWatchM":24,"countWatchW":8,"countWatchD":0,"id":"34a85802","watches":[{"actions":[{"type":"start","time":1686331921651},{"type":"stop","time":1686331957387},{"type":"start","time":1686331957388},{"type":"stop","time":1686331958117},{"type":"start","time":1686331958118},{"type":"stop","time":1686332019871},{"type":"start","time":1686332019872},{"type":"stop","time":1686332024417},{"type":"start","time":1686332107375},{"type":"stop","time":1686332109719},{"type":"start","time":1686332109720},{"type":"stop","time":1686332176870},{"type":"start","time":1686332176871},{"type":"stop","time":1686332263591},{"type":"start","time":1686332263592},{"type":"stop","time":1686332578387},{"type":"start","time":1686332578388},{"type":"stop","time":1686332579386},{"type":"start","time":1686332632163},{"type":"stop","time":1686332634282},{"type":"start","time":1686332634284},{"type":"stop","time":1686332764130},{"type":"start","time":1686332807880},{"type":"stop","time":1686332814185},{"type":"start","time":1686332814186},{"type":"stop","time":1686333075522},{"type":"start","time":1686333075523},{"type":"stop","time":1686333162833},{"type":"start","time":1686333275309},{"type":"stop","time":1686333310681},{"type":"start","time":1686333310682},{"type":"stop","time":1686333464506},{"type":"start","time":1686333464507},{"type":"stop","time":1686333495817},{"type":"start","time":1686333576262},{"type":"stop","time":1686333704713},{"type":"start","time":1686333704714},{"type":"stop","time":1686333711048},{"type":"start","time":1686333711049},{"type":"stop","time":1686333788752},{"type":"start","time":1686333791424},{"type":"stop","time":1686333850010},{"type":"start","time":1686333850011},{"type":"stop","time":1686333943663},{"type":"start","time":1686333943665},{"type":"stop","time":1686333950961},{"type":"start","time":1686333991472},{"type":"stop","time":1686335374369}]},{"actions":[{"type":"start","time":1686332024418},{"type":"stop","time":1686332107374},{"type":"start","time":1686332579387},{"type":"stop","time":1686332632162},{"type":"start","time":1686332764132},{"type":"stop","time":1686332807879},{"type":"start","time":1686333162834},{"type":"stop","time":1686333275308},{"type":"start","time":1686333495817},{"type":"stop","time":1686333576262},{"type":"start","time":1686333788753},{"type":"stop","time":1686333791423},{"type":"start","time":1686333950963},{"type":"stop","time":1686333991470},{"type":"start","time":1686335374371},{"type":"stop","time":1686335539771}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E47">
-        <v>14036</v>
+        <v>3037111</v>
       </c>
       <c r="F47">
-        <v>6072</v>
+        <v>580974</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="I47">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="J47">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>53</v>
       </c>
       <c r="B48" s="2">
-        <v>20250923170532</v>
+        <v>20250923182119</v>
       </c>
       <c r="C48" s="2">
-        <v>1758647154118</v>
+        <v>1758652171002</v>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647154118,"timeWatchM":21848,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"39f4d3fb","watches":[{"actions":[{"type":"start","time":1758647132270},{"type":"stop","time":1758647154118}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758652171002,"timeWatchM":146500,"timeWatchW":228552,"timeWatchD":0,"countWatchM":2,"countWatchW":3,"countWatchD":0,"id":"34dc2c09","watches":[{"actions":[{"type":"start","time":1758651690866},{"type":"stop","time":1758651749549},{"type":"start","time":1758652083185},{"type":"stop","time":1758652171002}]},{"actions":[{"type":"start","time":1758651679532},{"type":"stop","time":1758651687631},{"type":"start","time":1758651827516},{"type":"stop","time":1758651917533},{"type":"start","time":1758651939767},{"type":"stop","time":1758652070203}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E48">
-        <v>21848</v>
+        <v>146500</v>
       </c>
       <c r="F48">
-        <v>0</v>
+        <v>228552</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I48">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J48">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>54</v>
       </c>
       <c r="B49" s="2">
-        <v>20250923175405</v>
+        <v>20251014174900</v>
       </c>
       <c r="C49" s="2">
-        <v>1758650088958</v>
+        <v>1760464279637</v>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>{"lastSave":1758650088958,"timeWatchM":43735,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"3a2288e9","watches":[{"actions":[{"type":"start","time":1758650045223},{"type":"stop","time":1758650088958}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1760464279637,"timeWatchM":122618,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"354b4bc8","watches":[{"actions":[{"type":"start","time":1760464141345},{"type":"stop","time":1760464256018},{"type":"start","time":1760464269519},{"type":"stop","time":1760464277464}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E49">
-        <v>43735</v>
+        <v>122618</v>
       </c>
       <c r="F49">
         <v>0</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I49">
         <v>0</v>
       </c>
       <c r="J49">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>55</v>
       </c>
       <c r="B50" s="2">
-        <v>20240430135036</v>
+        <v>20250524150602</v>
       </c>
       <c r="C50" s="2">
-        <v>1714485161583</v>
+        <v>1748099447156</v>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>{"lastSave":1714485161583,"timeWatchM":17513,"timeWatchW":13536,"timeWatchD":0,"countWatchM":4,"countWatchW":2,"countWatchD":0,"id":"3b250853","watches":[{"actions":[{"type":"start","time":1714485066344},{"type":"stop","time":1714485078808},{"type":"start","time":1714485078808},{"type":"stop","time":1714485079664},{"type":"start","time":1714485155062},{"type":"stop","time":1714485157296},{"type":"start","time":1714485157296},{"type":"stop","time":1714485159255}]},{"actions":[{"type":"start","time":1714485079664},{"type":"stop","time":1714485090264},{"type":"start","time":1714485090264},{"type":"stop","time":1714485093200}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748099447156,"timeWatchM":104271,"timeWatchW":122445,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"3790bdcf","watches":[{"actions":[{"type":"start","time":1748099241072},{"type":"stop","time":1748099287120},{"type":"start","time":1748099288278},{"type":"stop","time":1748099346501}]},{"actions":[{"type":"start","time":1748099197358},{"type":"stop","time":1748099224181},{"type":"start","time":1748099349084},{"type":"stop","time":1748099444706}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E50">
-        <v>17513</v>
+        <v>104271</v>
       </c>
       <c r="F50">
-        <v>13536</v>
+        <v>122445</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I50">
         <v>2</v>
       </c>
       <c r="J50">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>56</v>
       </c>
       <c r="B51" s="2">
-        <v>20250207184155</v>
+        <v>20250821073356</v>
       </c>
       <c r="C51" s="2">
-        <v>1738961065908</v>
+        <v>1755761719315</v>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>{"lastSave":1738961065908,"timeWatchM":2672329,"timeWatchW":2118718,"timeWatchD":83822,"countWatchM":47,"countWatchW":32,"countWatchD":4,"id":"3c4781c5","watches":[{"actions":[{"type":"start","time":1738953715391},{"type":"stop","time":1738953783625},{"type":"start","time":1738953784228},{"type":"stop","time":1738953923612},{"type":"start","time":1738953926383},{"type":"stop","time":1738954011062},{"type":"start","time":1738954028331},{"type":"stop","time":1738954238048},{"type":"start","time":1738954239593},{"type":"stop","time":1738954263583},{"type":"start","time":1738954568734},{"type":"stop","time":1738954570981},{"type":"start","time":1738954571717},{"type":"stop","time":1738954580280},{"type":"start","time":1738954607088},{"type":"stop","time":1738954668500},{"type":"start","time":1738954669856},{"type":"stop","time":1738954699312},{"type":"start","time":1738954711820},{"type":"stop","time":1738954747023},{"type":"start","time":1738954754598},{"type":"stop","time":1738954764947},{"type":"start","time":1738954785095},{"type":"stop","time":1738954831447},{"type":"start","time":1738955346614},{"type":"stop","time":1738955352734},{"type":"start","time":1738955359659},{"type":"stop","time":1738955407011},{"type":"start","time":1738955434416},{"type":"stop","time":1738955444619},{"type":"start","time":1738956516301},{"type":"stop","time":1738956620850},{"type":"start","time":1738956879107},{"type":"stop","time":1738957003397},{"type":"start","time":1738957207296},{"type":"stop","time":1738957217200},{"type":"start","time":1738957220021},{"type":"stop","time":1738957352254},{"type":"start","time":1738957355675},{"type":"stop","time":1738957361362},{"type":"start","time":1738957363250},{"type":"stop","time":1738957426643},{"type":"start","time":1738957427263},{"type":"stop","time":1738957630076},{"type":"start","time":1738957732629},{"type":"stop","time":1738957745522},{"type":"start","time":1738957750028},{"type":"stop","time":1738957787561},{"type":"start","time":1738957788733},{"type":"stop","time":1738957827399},{"type":"start","time":1738957909154},{"type":"stop","time":1738957954557},{"type":"start","time":1738959153832},{"type":"stop","time":1738959240168},{"type":"start","time":1738959315088},{"type":"stop","time":1738959464805},{"type":"start","time":1738959478102},{"type":"stop","time":1738959810786},{"type":"start","time":1738959884105},{"type":"stop","time":1738959899883},{"type":"start","time":1738959925250},{"type":"stop","time":1738959932012},{"type":"start","time":1738959956983},{"type":"stop","time":1738959979991},{"type":"start","time":1738959981277},{"type":"stop","time":1738959985724},{"type":"start","time":1738960012672},{"type":"stop","time":1738960071412},{"type":"start","time":1738960077264},{"type":"stop","time":1738960092770},{"type":"start","time":1738960097427},{"type":"stop","time":1738960125470},{"type":"start","time":1738960155835},{"type":"stop","time":1738960183411},{"type":"start","time":1738960303101},{"type":"stop","time":1738960348508},{"type":"start","time":1738960395932},{"type":"stop","time":1738960442339},{"type":"start","time":1738960452489},{"type":"stop","time":1738960512809},{"type":"start","time":1738960516994},{"type":"stop","time":1738960536092},{"type":"start","time":1738960635195},{"type":"stop","time":1738960681631},{"type":"start","time":1738960813597},{"type":"stop","time":1738960819609},{"type":"start","time":1738960847342},{"type":"stop","time":1738960878705},{"type":"start","time":1738960928648},{"type":"stop","time":1738960939444},{"type":"start","time":1738960946046},{"type":"stop","time":1738960953058},{"type":"start","time":1738960975651},{"type":"stop","time":1738961065907}]},{"actions":[{"type":"start","time":1738954013234},{"type":"stop","time":1738954026193},{"type":"start","time":1738954265768},{"type":"stop","time":1738954567250},{"type":"start","time":1738954581349},{"type":"stop","time":1738954605917},{"type":"start","time":1738954765451},{"type":"stop","time":1738954780106},{"type":"start","time":1738954843625},{"type":"stop","time":1738955329697},{"type":"start","time":1738955331102},{"type":"stop","time":1738955345343},{"type":"start","time":1738955407848},{"type":"stop","time":1738955430994},{"type":"start","time":1738956626188},{"type":"stop","time":1738956861927},{"type":"start","time":1738957011119},{"type":"stop","time":1738957201958},{"type":"start","time":1738957630943},{"type":"stop","time":1738957725387},{"type":"start","time":1738957831038},{"type":"stop","time":1738957907149},{"type":"start","time":1738957956193},{"type":"stop","time":1738957961012},{"type":"start","time":1738958067495},{"type":"stop","time":1738958125700},{"type":"start","time":1738959123123},{"type":"stop","time":1738959128987},{"type":"start","time":1738959128990},{"type":"stop","time":1738959143163},{"type":"start","time":1738959280163},{"type":"stop","time":1738959313886},{"type":"start","time":1738959465656},{"type":"stop","time":1738959476450},{"type":"start","time":1738959812020},{"type":"stop","time":1738959839080},{"type":"start","time":1738959839699},{"type":"stop","time":1738959883271},{"type":"start","time":1738959903053},{"type":"stop","time":1738959924193},{"type":"start","time":1738959932749},{"type":"stop","time":1738959938047},{"type":"start","time":1738959986377},{"type":"stop","time":1738960011718},{"type":"start","time":1738960125923},{"type":"stop","time":1738960153600},{"type":"start","time":1738960183997},{"type":"stop","time":1738960242463},{"type":"start","time":1738960243932},{"type":"stop","time":1738960261789},{"type":"start","time":1738960263095},{"type":"stop","time":1738960301051},{"type":"start","time":1738960537777},{"type":"stop","time":1738960565365},{"type":"start","time":1738960574128},{"type":"stop","time":1738960612397},{"type":"start","time":1738960682266},{"type":"stop","time":1738960700139},{"type":"start","time":1738960701275},{"type":"stop","time":1738960806375},{"type":"start","time":1738960827059},{"type":"stop","time":1738960846856},{"type":"start","time":1738960879259},{"type":"stop","time":1738960923149}]},{"actions":[{"type":"start","time":1738954780109},{"type":"stop","time":1738954782775},{"type":"start","time":1738957961600},{"type":"stop","time":1738958025729},{"type":"start","time":1738959938750},{"type":"stop","time":1738959938948},{"type":"start","time":1738959938950},{"type":"stop","time":1738959955779}]}]}</t>
+          <t>{"lastSave":1755761719315,"timeWatchM":7191,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"384aaa6e","watches":[{"actions":[{"type":"start","time":1755761636895},{"type":"stop","time":1755761641901},{"type":"start","time":1755761643649},{"type":"stop","time":1755761645834}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E51">
-        <v>2672329</v>
+        <v>7191</v>
       </c>
       <c r="F51">
-        <v>2118718</v>
+        <v>0</v>
       </c>
       <c r="G51">
-        <v>83822</v>
+        <v>0</v>
       </c>
       <c r="H51">
-        <v>47</v>
+        <v>2</v>
       </c>
       <c r="I51">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="J51">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>57</v>
       </c>
       <c r="B52" s="2">
-        <v>20240324075016</v>
+        <v>20250418135041</v>
       </c>
       <c r="C52" s="2">
-        <v>1711267392295</v>
+        <v>1744984261396</v>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>{"lastSave":1711267392295,"timeWatchM":0,"timeWatchW":77720,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"3cfa0046","watches":[{"actions":[]},{"actions":[{"type":"start","time":1711267300475},{"type":"stop","time":1711267374513},{"type":"start","time":1711267374515},{"type":"stop","time":1711267378197}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744984261396,"timeWatchM":14036,"timeWatchW":6072,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"38d2c26","watches":[{"actions":[{"type":"start","time":1744984241287},{"type":"stop","time":1744984246466},{"type":"start","time":1744984252539},{"type":"stop","time":1744984261396}]},{"actions":[{"type":"start","time":1744984246466},{"type":"stop","time":1744984252538}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E52">
-        <v>0</v>
+        <v>14036</v>
       </c>
       <c r="F52">
-        <v>77720</v>
+        <v>6072</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I52">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J52">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>58</v>
       </c>
       <c r="B53" s="2">
-        <v>20250524124403</v>
+        <v>20250923170532</v>
       </c>
       <c r="C53" s="2">
-        <v>1748091163059</v>
+        <v>1758647154118</v>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>{"lastSave":1748091163059,"timeWatchM":468454,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"3eaf9dc1","watches":[{"actions":[{"type":"start","time":1748090678572},{"type":"stop","time":1748091147026}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758647154118,"timeWatchM":21848,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"39f4d3fb","watches":[{"actions":[{"type":"start","time":1758647132270},{"type":"stop","time":1758647154118}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E53">
-        <v>468454</v>
+        <v>21848</v>
       </c>
       <c r="F53">
         <v>0</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
       <c r="I53">
         <v>0</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>59</v>
       </c>
       <c r="B54" s="2">
-        <v>20230310173724</v>
+        <v>20250923175405</v>
       </c>
       <c r="C54" s="2">
-        <v>1678469989540</v>
+        <v>1758650088958</v>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>{"lastSave":1678469989540,"timeWatchM":0,"timeWatchW":16992,"timeWatchD":11643,"countWatchM":0,"countWatchW":1,"countWatchD":1,"id":"3fd3fe4d","watches":[{"actions":[]},{"actions":[{"type":"start","time":1678469856342},{"type":"stop","time":1678469873334}]},{"actions":[{"type":"start","time":1678469844698},{"type":"stop","time":1678469856341}]}]}</t>
+          <t>{"lastSave":1758650088958,"timeWatchM":43735,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"3a2288e9","watches":[{"actions":[{"type":"start","time":1758650045223},{"type":"stop","time":1758650088958}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E54">
-        <v>0</v>
+        <v>43735</v>
       </c>
       <c r="F54">
-        <v>16992</v>
+        <v>0</v>
       </c>
       <c r="G54">
-        <v>11643</v>
+        <v>0</v>
       </c>
       <c r="H54">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I54">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J54">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>60</v>
       </c>
       <c r="B55" s="2">
-        <v>20230215160106</v>
+        <v>20240430135036</v>
       </c>
       <c r="C55" s="2">
-        <v>1676476910887</v>
+        <v>1714485161583</v>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>{"lastSave":1676476910887,"timeWatchM":788,"timeWatchW":1001,"timeWatchD":0,"countWatchM":1,"countWatchW":4,"countWatchD":0,"id":"400771bf","watches":[{"actions":[{"type":"start","time":1676476866208},{"type":"stop","time":1676476866996}]},{"actions":[{"type":"start","time":1676476909884},{"type":"stop","time":1676476910002},{"type":"start","time":1676476910003},{"type":"stop","time":1676476910140},{"type":"start","time":1676476910141},{"type":"stop","time":1676476910270},{"type":"start","time":1676476910270},{"type":"stop","time":1676476910887}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1714485161583,"timeWatchM":17513,"timeWatchW":13536,"timeWatchD":0,"countWatchM":4,"countWatchW":2,"countWatchD":0,"id":"3b250853","watches":[{"actions":[{"type":"start","time":1714485066344},{"type":"stop","time":1714485078808},{"type":"start","time":1714485078808},{"type":"stop","time":1714485079664},{"type":"start","time":1714485155062},{"type":"stop","time":1714485157296},{"type":"start","time":1714485157296},{"type":"stop","time":1714485159255}]},{"actions":[{"type":"start","time":1714485079664},{"type":"stop","time":1714485090264},{"type":"start","time":1714485090264},{"type":"stop","time":1714485093200}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E55">
-        <v>788</v>
+        <v>17513</v>
       </c>
       <c r="F55">
-        <v>1001</v>
+        <v>13536</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I55">
+        <v>2</v>
+      </c>
+      <c r="J55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>61</v>
+      </c>
+      <c r="B56" s="2">
+        <v>20250207184155</v>
+      </c>
+      <c r="C56" s="2">
+        <v>1738961065908</v>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>{"lastSave":1738961065908,"timeWatchM":2672329,"timeWatchW":2118718,"timeWatchD":83822,"countWatchM":47,"countWatchW":32,"countWatchD":4,"id":"3c4781c5","watches":[{"actions":[{"type":"start","time":1738953715391},{"type":"stop","time":1738953783625},{"type":"start","time":1738953784228},{"type":"stop","time":1738953923612},{"type":"start","time":1738953926383},{"type":"stop","time":1738954011062},{"type":"start","time":1738954028331},{"type":"stop","time":1738954238048},{"type":"start","time":1738954239593},{"type":"stop","time":1738954263583},{"type":"start","time":1738954568734},{"type":"stop","time":1738954570981},{"type":"start","time":1738954571717},{"type":"stop","time":1738954580280},{"type":"start","time":1738954607088},{"type":"stop","time":1738954668500},{"type":"start","time":1738954669856},{"type":"stop","time":1738954699312},{"type":"start","time":1738954711820},{"type":"stop","time":1738954747023},{"type":"start","time":1738954754598},{"type":"stop","time":1738954764947},{"type":"start","time":1738954785095},{"type":"stop","time":1738954831447},{"type":"start","time":1738955346614},{"type":"stop","time":1738955352734},{"type":"start","time":1738955359659},{"type":"stop","time":1738955407011},{"type":"start","time":1738955434416},{"type":"stop","time":1738955444619},{"type":"start","time":1738956516301},{"type":"stop","time":1738956620850},{"type":"start","time":1738956879107},{"type":"stop","time":1738957003397},{"type":"start","time":1738957207296},{"type":"stop","time":1738957217200},{"type":"start","time":1738957220021},{"type":"stop","time":1738957352254},{"type":"start","time":1738957355675},{"type":"stop","time":1738957361362},{"type":"start","time":1738957363250},{"type":"stop","time":1738957426643},{"type":"start","time":1738957427263},{"type":"stop","time":1738957630076},{"type":"start","time":1738957732629},{"type":"stop","time":1738957745522},{"type":"start","time":1738957750028},{"type":"stop","time":1738957787561},{"type":"start","time":1738957788733},{"type":"stop","time":1738957827399},{"type":"start","time":1738957909154},{"type":"stop","time":1738957954557},{"type":"start","time":1738959153832},{"type":"stop","time":1738959240168},{"type":"start","time":1738959315088},{"type":"stop","time":1738959464805},{"type":"start","time":1738959478102},{"type":"stop","time":1738959810786},{"type":"start","time":1738959884105},{"type":"stop","time":1738959899883},{"type":"start","time":1738959925250},{"type":"stop","time":1738959932012},{"type":"start","time":1738959956983},{"type":"stop","time":1738959979991},{"type":"start","time":1738959981277},{"type":"stop","time":1738959985724},{"type":"start","time":1738960012672},{"type":"stop","time":1738960071412},{"type":"start","time":1738960077264},{"type":"stop","time":1738960092770},{"type":"start","time":1738960097427},{"type":"stop","time":1738960125470},{"type":"start","time":1738960155835},{"type":"stop","time":1738960183411},{"type":"start","time":1738960303101},{"type":"stop","time":1738960348508},{"type":"start","time":1738960395932},{"type":"stop","time":1738960442339},{"type":"start","time":1738960452489},{"type":"stop","time":1738960512809},{"type":"start","time":1738960516994},{"type":"stop","time":1738960536092},{"type":"start","time":1738960635195},{"type":"stop","time":1738960681631},{"type":"start","time":1738960813597},{"type":"stop","time":1738960819609},{"type":"start","time":1738960847342},{"type":"stop","time":1738960878705},{"type":"start","time":1738960928648},{"type":"stop","time":1738960939444},{"type":"start","time":1738960946046},{"type":"stop","time":1738960953058},{"type":"start","time":1738960975651},{"type":"stop","time":1738961065907}]},{"actions":[{"type":"start","time":1738954013234},{"type":"stop","time":1738954026193},{"type":"start","time":1738954265768},{"type":"stop","time":1738954567250},{"type":"start","time":1738954581349},{"type":"stop","time":1738954605917},{"type":"start","time":1738954765451},{"type":"stop","time":1738954780106},{"type":"start","time":1738954843625},{"type":"stop","time":1738955329697},{"type":"start","time":1738955331102},{"type":"stop","time":1738955345343},{"type":"start","time":1738955407848},{"type":"stop","time":1738955430994},{"type":"start","time":1738956626188},{"type":"stop","time":1738956861927},{"type":"start","time":1738957011119},{"type":"stop","time":1738957201958},{"type":"start","time":1738957630943},{"type":"stop","time":1738957725387},{"type":"start","time":1738957831038},{"type":"stop","time":1738957907149},{"type":"start","time":1738957956193},{"type":"stop","time":1738957961012},{"type":"start","time":1738958067495},{"type":"stop","time":1738958125700},{"type":"start","time":1738959123123},{"type":"stop","time":1738959128987},{"type":"start","time":1738959128990},{"type":"stop","time":1738959143163},{"type":"start","time":1738959280163},{"type":"stop","time":1738959313886},{"type":"start","time":1738959465656},{"type":"stop","time":1738959476450},{"type":"start","time":1738959812020},{"type":"stop","time":1738959839080},{"type":"start","time":1738959839699},{"type":"stop","time":1738959883271},{"type":"start","time":1738959903053},{"type":"stop","time":1738959924193},{"type":"start","time":1738959932749},{"type":"stop","time":1738959938047},{"type":"start","time":1738959986377},{"type":"stop","time":1738960011718},{"type":"start","time":1738960125923},{"type":"stop","time":1738960153600},{"type":"start","time":1738960183997},{"type":"stop","time":1738960242463},{"type":"start","time":1738960243932},{"type":"stop","time":1738960261789},{"type":"start","time":1738960263095},{"type":"stop","time":1738960301051},{"type":"start","time":1738960537777},{"type":"stop","time":1738960565365},{"type":"start","time":1738960574128},{"type":"stop","time":1738960612397},{"type":"start","time":1738960682266},{"type":"stop","time":1738960700139},{"type":"start","time":1738960701275},{"type":"stop","time":1738960806375},{"type":"start","time":1738960827059},{"type":"stop","time":1738960846856},{"type":"start","time":1738960879259},{"type":"stop","time":1738960923149}]},{"actions":[{"type":"start","time":1738954780109},{"type":"stop","time":1738954782775},{"type":"start","time":1738957961600},{"type":"stop","time":1738958025729},{"type":"start","time":1738959938750},{"type":"stop","time":1738959938948},{"type":"start","time":1738959938950},{"type":"stop","time":1738959955779}]}]}</t>
+        </is>
+      </c>
+      <c r="E56">
+        <v>2672329</v>
+      </c>
+      <c r="F56">
+        <v>2118718</v>
+      </c>
+      <c r="G56">
+        <v>83822</v>
+      </c>
+      <c r="H56">
+        <v>47</v>
+      </c>
+      <c r="I56">
+        <v>32</v>
+      </c>
+      <c r="J56">
         <v>4</v>
-      </c>
-[...35 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B57" s="2">
-        <v>20250923181727</v>
+        <v>20240324075016</v>
       </c>
       <c r="C57" s="2">
-        <v>1758651677331</v>
+        <v>1711267392295</v>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651677331,"timeWatchM":230320,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"4351bd71","watches":[{"actions":[{"type":"start","time":1758651447011},{"type":"stop","time":1758651677331}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1711267392295,"timeWatchM":0,"timeWatchW":77720,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"3cfa0046","watches":[{"actions":[]},{"actions":[{"type":"start","time":1711267300475},{"type":"stop","time":1711267374513},{"type":"start","time":1711267374515},{"type":"stop","time":1711267378197}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E57">
-        <v>230320</v>
+        <v>0</v>
       </c>
       <c r="F57">
-        <v>0</v>
+        <v>77720</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I57">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J57">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B58" s="2">
-        <v>20231117163250</v>
+        <v>20250524124403</v>
       </c>
       <c r="C58" s="2">
-        <v>1700239554592</v>
+        <v>1748091163059</v>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>{"lastSave":1700239554592,"timeWatchM":256187,"timeWatchW":452426,"timeWatchD":0,"countWatchM":3,"countWatchW":8,"countWatchD":0,"id":"435ef2e7","watches":[{"actions":[{"type":"start","time":1700238815361},{"type":"stop","time":1700238879762},{"type":"start","time":1700238923368},{"type":"stop","time":1700239058623},{"type":"start","time":1700239097958},{"type":"stop","time":1700239154489}]},{"actions":[{"type":"start","time":1700238770209},{"type":"stop","time":1700238815361},{"type":"start","time":1700238879763},{"type":"stop","time":1700238896676},{"type":"start","time":1700239058623},{"type":"stop","time":1700239097958},{"type":"start","time":1700239154489},{"type":"stop","time":1700239221888},{"type":"start","time":1700239221888},{"type":"stop","time":1700239340566},{"type":"start","time":1700239361274},{"type":"stop","time":1700239394521},{"type":"start","time":1700239404230},{"type":"stop","time":1700239475881},{"type":"start","time":1700239492361},{"type":"stop","time":1700239552412}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748091163059,"timeWatchM":468454,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"3eaf9dc1","watches":[{"actions":[{"type":"start","time":1748090678572},{"type":"stop","time":1748091147026}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E58">
-        <v>256187</v>
+        <v>468454</v>
       </c>
       <c r="F58">
-        <v>452426</v>
+        <v>0</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I58">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J58">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B59" s="2">
-        <v>20240309000628</v>
+        <v>20230310173724</v>
       </c>
       <c r="C59" s="2">
-        <v>1709939218644</v>
+        <v>1678469989540</v>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>{"lastSave":1709939218644,"timeWatchM":19363,"timeWatchW":8379,"timeWatchD":0,"countWatchM":8,"countWatchW":3,"countWatchD":0,"id":"43741b27","watches":[{"actions":[{"type":"start","time":1709939188111},{"type":"stop","time":1709939190061},{"type":"start","time":1709939190061},{"type":"stop","time":1709939191726},{"type":"start","time":1709939191726},{"type":"stop","time":1709939194478},{"type":"start","time":1709939198244},{"type":"stop","time":1709939199871},{"type":"start","time":1709939199872},{"type":"stop","time":1709939201341},{"type":"start","time":1709939201341},{"type":"stop","time":1709939203576},{"type":"start","time":1709939208189},{"type":"stop","time":1709939214459},{"type":"start","time":1709939217249},{"type":"stop","time":1709939218644}]},{"actions":[{"type":"start","time":1709939194478},{"type":"stop","time":1709939198244},{"type":"start","time":1709939203576},{"type":"stop","time":1709939204409},{"type":"start","time":1709939204409},{"type":"stop","time":1709939208189}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1678469989540,"timeWatchM":0,"timeWatchW":16992,"timeWatchD":11643,"countWatchM":0,"countWatchW":1,"countWatchD":1,"id":"3fd3fe4d","watches":[{"actions":[]},{"actions":[{"type":"start","time":1678469856342},{"type":"stop","time":1678469873334}]},{"actions":[{"type":"start","time":1678469844698},{"type":"stop","time":1678469856341}]}]}</t>
         </is>
       </c>
       <c r="E59">
-        <v>19363</v>
+        <v>0</v>
       </c>
       <c r="F59">
-        <v>8379</v>
+        <v>16992</v>
       </c>
       <c r="G59">
-        <v>0</v>
+        <v>11643</v>
       </c>
       <c r="H59">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I59">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J59">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B60" s="2">
-        <v>20250304183322</v>
+        <v>20230215160106</v>
       </c>
       <c r="C60" s="2">
-        <v>1741113222516</v>
+        <v>1676476910887</v>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>{"lastSave":1741113222516,"timeWatchM":0,"timeWatchW":4869,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"439c99c8","watches":[{"actions":[]},{"actions":[{"type":"start","time":1741113200022},{"type":"stop","time":1741113204891}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1676476910887,"timeWatchM":788,"timeWatchW":1001,"timeWatchD":0,"countWatchM":1,"countWatchW":4,"countWatchD":0,"id":"400771bf","watches":[{"actions":[{"type":"start","time":1676476866208},{"type":"stop","time":1676476866996}]},{"actions":[{"type":"start","time":1676476909884},{"type":"stop","time":1676476910002},{"type":"start","time":1676476910003},{"type":"stop","time":1676476910140},{"type":"start","time":1676476910141},{"type":"stop","time":1676476910270},{"type":"start","time":1676476910270},{"type":"stop","time":1676476910887}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E60">
-        <v>0</v>
+        <v>788</v>
       </c>
       <c r="F60">
-        <v>4869</v>
+        <v>1001</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I60">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J60">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B61" s="2">
-        <v>20250315131958</v>
+        <v>20251014170707</v>
       </c>
       <c r="C61" s="2">
-        <v>1742044970476</v>
+        <v>1760461671141</v>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>{"lastSave":1742044970476,"timeWatchM":122048,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"448e1b28","watches":[{"actions":[{"type":"start","time":1742044846927},{"type":"stop","time":1742044968975}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1760461671141,"timeWatchM":4547,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"40f89e72","watches":[{"actions":[{"type":"start","time":1760461627685},{"type":"stop","time":1760461628802},{"type":"start","time":1760461628803},{"type":"stop","time":1760461632233}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E61">
-        <v>122048</v>
+        <v>4547</v>
       </c>
       <c r="F61">
         <v>0</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I61">
         <v>0</v>
       </c>
       <c r="J61">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
-        <v>45755891</v>
+        <v>41602049</v>
       </c>
       <c r="B62" s="2">
-        <v>20231117164605</v>
+        <v>20240421180011</v>
       </c>
       <c r="C62" s="2">
-        <v>1700239858327</v>
+        <v>1713722424701</v>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>{"lastSave":1700239858327,"timeWatchM":0,"timeWatchW":278166,"timeWatchD":0,"countWatchM":0,"countWatchW":7,"countWatchD":0,"id":"45755891","watches":[{"actions":[]},{"actions":[{"type":"start","time":1700239564658},{"type":"stop","time":1700239665740},{"type":"start","time":1700239665740},{"type":"stop","time":1700239687732},{"type":"start","time":1700239687732},{"type":"stop","time":1700239702139},{"type":"start","time":1700239702139},{"type":"stop","time":1700239753302},{"type":"start","time":1700239753303},{"type":"stop","time":1700239770249},{"type":"start","time":1700239779977},{"type":"stop","time":1700239823332},{"type":"start","time":1700239829106},{"type":"stop","time":1700239858327}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1713722424701,"timeWatchM":5964,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"41602049","watches":[{"actions":[{"type":"start","time":1713722411357},{"type":"stop","time":1713722413028},{"type":"start","time":1713722413028},{"type":"stop","time":1713722415834},{"type":"start","time":1713722415834},{"type":"stop","time":1713722417321}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E62">
-        <v>0</v>
+        <v>5964</v>
       </c>
       <c r="F62">
-        <v>278166</v>
+        <v>0</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I62">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="J62">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B63" s="2">
-        <v>20240626170930</v>
+        <v>20251014175125</v>
       </c>
       <c r="C63" s="2">
-        <v>1719426240920</v>
+        <v>1760464356387</v>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>{"lastSave":1719426240920,"timeWatchM":579582,"timeWatchW":845457,"timeWatchD":133832,"countWatchM":8,"countWatchW":15,"countWatchD":4,"id":"47ca6ca8","watches":[{"actions":[{"type":"start","time":1719422095327},{"type":"stop","time":1719422229925},{"type":"start","time":1719422357187},{"type":"stop","time":1719422392495},{"type":"start","time":1719422518913},{"type":"stop","time":1719422851774},{"type":"start","time":1719423048750},{"type":"stop","time":1719423070866},{"type":"start","time":1719424841236},{"type":"stop","time":1719424860194},{"type":"start","time":1719424861443},{"type":"stop","time":1719424887171},{"type":"start","time":1719424887175},{"type":"stop","time":1719424890419},{"type":"start","time":1719425568000},{"type":"stop","time":1719425574769}]},{"actions":[{"type":"start","time":1719421771966},{"type":"stop","time":1719421811447},{"type":"start","time":1719421811448},{"type":"stop","time":1719421859218},{"type":"start","time":1719421860432},{"type":"stop","time":1719421881083},{"type":"start","time":1719422050947},{"type":"stop","time":1719422093428},{"type":"start","time":1719422247445},{"type":"stop","time":1719422293384},{"type":"start","time":1719422294517},{"type":"stop","time":1719422348575},{"type":"start","time":1719422395688},{"type":"stop","time":1719422460412},{"type":"start","time":1719422499638},{"type":"stop","time":1719422514969},{"type":"start","time":1719422514972},{"type":"stop","time":1719422517264},{"type":"start","time":1719425338826},{"type":"stop","time":1719425563869},{"type":"start","time":1719425645980},{"type":"stop","time":1719425835209},{"type":"start","time":1719425963597},{"type":"stop","time":1719425971238},{"type":"start","time":1719425971240},{"type":"stop","time":1719425973371},{"type":"start","time":1719426105530},{"type":"stop","time":1719426135302},{"type":"start","time":1719426140502},{"type":"stop","time":1719426199416}]},{"actions":[{"type":"start","time":1719424760916},{"type":"stop","time":1719424817315},{"type":"start","time":1719424818791},{"type":"stop","time":1719424839687},{"type":"start","time":1719425577113},{"type":"stop","time":1719425620546},{"type":"start","time":1719425894245},{"type":"stop","time":1719425907349}]}]}</t>
+          <t>{"lastSave":1760464356387,"timeWatchM":64552,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"4194c09f","watches":[{"actions":[{"type":"start","time":1760464286375},{"type":"stop","time":1760464350927}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E63">
-        <v>579582</v>
+        <v>64552</v>
       </c>
       <c r="F63">
-        <v>845457</v>
+        <v>0</v>
       </c>
       <c r="G63">
-        <v>133832</v>
+        <v>0</v>
       </c>
       <c r="H63">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I63">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J63">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B64" s="2">
-        <v>20250521085638</v>
+        <v>20250923181727</v>
       </c>
       <c r="C64" s="2">
-        <v>1747817845014</v>
+        <v>1758651677331</v>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>{"lastSave":1747817845014,"timeWatchM":15267,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"47edcdcb","watches":[{"actions":[{"type":"start","time":1747817829746},{"type":"stop","time":1747817830245},{"type":"start","time":1747817830245},{"type":"stop","time":1747817832525},{"type":"start","time":1747817832525},{"type":"stop","time":1747817833708},{"type":"start","time":1747817833709},{"type":"stop","time":1747817845014}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758651677331,"timeWatchM":230320,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"4351bd71","watches":[{"actions":[{"type":"start","time":1758651447011},{"type":"stop","time":1758651677331}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E64">
-        <v>15267</v>
+        <v>230320</v>
       </c>
       <c r="F64">
         <v>0</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="J64">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B65" s="2">
-        <v>20250416174917</v>
+        <v>20231117163250</v>
       </c>
       <c r="C65" s="2">
-        <v>1744826281009</v>
+        <v>1700239554592</v>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>{"lastSave":1744826281009,"timeWatchM":514987,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"48bd3cc9","watches":[{"actions":[{"type":"start","time":1744825755623},{"type":"stop","time":1744825964846},{"type":"start","time":1744825970859},{"type":"stop","time":1744826276623}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1700239554592,"timeWatchM":256187,"timeWatchW":452426,"timeWatchD":0,"countWatchM":3,"countWatchW":8,"countWatchD":0,"id":"435ef2e7","watches":[{"actions":[{"type":"start","time":1700238815361},{"type":"stop","time":1700238879762},{"type":"start","time":1700238923368},{"type":"stop","time":1700239058623},{"type":"start","time":1700239097958},{"type":"stop","time":1700239154489}]},{"actions":[{"type":"start","time":1700238770209},{"type":"stop","time":1700238815361},{"type":"start","time":1700238879763},{"type":"stop","time":1700238896676},{"type":"start","time":1700239058623},{"type":"stop","time":1700239097958},{"type":"start","time":1700239154489},{"type":"stop","time":1700239221888},{"type":"start","time":1700239221888},{"type":"stop","time":1700239340566},{"type":"start","time":1700239361274},{"type":"stop","time":1700239394521},{"type":"start","time":1700239404230},{"type":"stop","time":1700239475881},{"type":"start","time":1700239492361},{"type":"stop","time":1700239552412}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E65">
-        <v>514987</v>
+        <v>256187</v>
       </c>
       <c r="F65">
-        <v>0</v>
+        <v>452426</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I65">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J65">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B66" s="2">
-        <v>20250109191836</v>
+        <v>20240309000628</v>
       </c>
       <c r="C66" s="2">
-        <v>1736453200917</v>
+        <v>1709939218644</v>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>{"lastSave":1736453200917,"timeWatchM":32879,"timeWatchW":26535,"timeWatchD":0,"countWatchM":4,"countWatchW":4,"countWatchD":0,"id":"48f443ec","watches":[{"actions":[{"type":"start","time":1736450319673},{"type":"stop","time":1736450321889},{"type":"start","time":1736450321890},{"type":"stop","time":1736450335721},{"type":"start","time":1736450353444},{"type":"stop","time":1736450357329},{"type":"start","time":1736450367006},{"type":"stop","time":1736450379953}]},{"actions":[{"type":"start","time":1736450315884},{"type":"stop","time":1736450319671},{"type":"start","time":1736450335723},{"type":"stop","time":1736450336322},{"type":"start","time":1736450340969},{"type":"stop","time":1736450353443},{"type":"start","time":1736450357330},{"type":"stop","time":1736450367005}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1709939218644,"timeWatchM":19363,"timeWatchW":8379,"timeWatchD":0,"countWatchM":8,"countWatchW":3,"countWatchD":0,"id":"43741b27","watches":[{"actions":[{"type":"start","time":1709939188111},{"type":"stop","time":1709939190061},{"type":"start","time":1709939190061},{"type":"stop","time":1709939191726},{"type":"start","time":1709939191726},{"type":"stop","time":1709939194478},{"type":"start","time":1709939198244},{"type":"stop","time":1709939199871},{"type":"start","time":1709939199872},{"type":"stop","time":1709939201341},{"type":"start","time":1709939201341},{"type":"stop","time":1709939203576},{"type":"start","time":1709939208189},{"type":"stop","time":1709939214459},{"type":"start","time":1709939217249},{"type":"stop","time":1709939218644}]},{"actions":[{"type":"start","time":1709939194478},{"type":"stop","time":1709939198244},{"type":"start","time":1709939203576},{"type":"stop","time":1709939204409},{"type":"start","time":1709939204409},{"type":"stop","time":1709939208189}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E66">
-        <v>32879</v>
+        <v>19363</v>
       </c>
       <c r="F66">
-        <v>26535</v>
+        <v>8379</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J66">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B67" s="2">
-        <v>20241116110531</v>
+        <v>20250304183322</v>
       </c>
       <c r="C67" s="2">
-        <v>1731755156326</v>
+        <v>1741113222516</v>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>{"lastSave":1731755156326,"timeWatchM":24766,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0.5,"countWatchD":0,"id":"490c31c9","watches":[{"actions":[{"type":"start","time":1731755131559},{"type":"stop","time":1731755156325}]},{"actions":[{"type":"start","time":1731755156326}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1741113222516,"timeWatchM":0,"timeWatchW":4869,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"439c99c8","watches":[{"actions":[]},{"actions":[{"type":"start","time":1741113200022},{"type":"stop","time":1741113204891}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E67">
-        <v>24766</v>
+        <v>0</v>
       </c>
       <c r="F67">
-        <v>0</v>
+        <v>4869</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I67">
         <v>1</v>
       </c>
       <c r="J67">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B68" s="2">
-        <v>20240814172053</v>
+        <v>20250315131958</v>
       </c>
       <c r="C68" s="2">
-        <v>1723656307806</v>
+        <v>1742044970476</v>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>{"lastSave":1723656307806,"timeWatchM":114395,"timeWatchW":129474,"timeWatchD":0,"countWatchM":6,"countWatchW":7,"countWatchD":0,"id":"49d146d1","watches":[{"actions":[{"type":"start","time":1723656053082},{"type":"stop","time":1723656070454},{"type":"start","time":1723656078300},{"type":"stop","time":1723656079290},{"type":"start","time":1723656082099},{"type":"stop","time":1723656125450},{"type":"start","time":1723656143737},{"type":"stop","time":1723656171212},{"type":"start","time":1723656177338},{"type":"stop","time":1723656180556},{"type":"start","time":1723656182735},{"type":"stop","time":1723656204724}]},{"actions":[{"type":"start","time":1723656070455},{"type":"stop","time":1723656078300},{"type":"start","time":1723656079290},{"type":"stop","time":1723656082099},{"type":"start","time":1723656133156},{"type":"stop","time":1723656143737},{"type":"start","time":1723656174360},{"type":"stop","time":1723656177338},{"type":"start","time":1723656180556},{"type":"stop","time":1723656182735},{"type":"start","time":1723656204724},{"type":"stop","time":1723656248718},{"type":"start","time":1723656248718},{"type":"stop","time":1723656307806}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742044970476,"timeWatchM":122048,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"448e1b28","watches":[{"actions":[{"type":"start","time":1742044846927},{"type":"stop","time":1742044968975}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E68">
-        <v>114395</v>
+        <v>122048</v>
       </c>
       <c r="F68">
-        <v>129474</v>
+        <v>0</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I68">
+        <v>0</v>
+      </c>
+      <c r="J68">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69">
+        <v>45755891</v>
+      </c>
+      <c r="B69" s="2">
+        <v>20231117164605</v>
+      </c>
+      <c r="C69" s="2">
+        <v>1700239858327</v>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>{"lastSave":1700239858327,"timeWatchM":0,"timeWatchW":278166,"timeWatchD":0,"countWatchM":0,"countWatchW":7,"countWatchD":0,"id":"45755891","watches":[{"actions":[]},{"actions":[{"type":"start","time":1700239564658},{"type":"stop","time":1700239665740},{"type":"start","time":1700239665740},{"type":"stop","time":1700239687732},{"type":"start","time":1700239687732},{"type":"stop","time":1700239702139},{"type":"start","time":1700239702139},{"type":"stop","time":1700239753302},{"type":"start","time":1700239753303},{"type":"stop","time":1700239770249},{"type":"start","time":1700239779977},{"type":"stop","time":1700239823332},{"type":"start","time":1700239829106},{"type":"stop","time":1700239858327}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E69">
+        <v>0</v>
+      </c>
+      <c r="F69">
+        <v>278166</v>
+      </c>
+      <c r="G69">
+        <v>0</v>
+      </c>
+      <c r="H69">
+        <v>0</v>
+      </c>
+      <c r="I69">
         <v>7</v>
-      </c>
-[...32 lines deleted...]
-        <v>0</v>
       </c>
       <c r="J69">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>73</v>
       </c>
       <c r="B70" s="2">
-        <v>20241113083323</v>
+        <v>20251014172255</v>
       </c>
       <c r="C70" s="2">
-        <v>1731486817848</v>
+        <v>1760463080928</v>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>{"lastSave":1731486817848,"timeWatchM":3752,"timeWatchW":7187,"timeWatchD":3492,"countWatchM":2,"countWatchW":2,"countWatchD":1,"id":"4addbe83","watches":[{"actions":[{"type":"start","time":1731486803412},{"type":"stop","time":1731486805922},{"type":"start","time":1731486814857},{"type":"stop","time":1731486816099}]},{"actions":[{"type":"start","time":1731486805925},{"type":"stop","time":1731486811364},{"type":"start","time":1731486816100},{"type":"stop","time":1731486817848}]},{"actions":[{"type":"start","time":1731486811364},{"type":"stop","time":1731486814856}]}]}</t>
+          <t>{"lastSave":1760463080928,"timeWatchM":0,"timeWatchW":484195,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"45dfbd2b","watches":[{"actions":[]},{"actions":[{"type":"start","time":1760462575919},{"type":"stop","time":1760463047557},{"type":"start","time":1760463065712},{"type":"stop","time":1760463078269}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E70">
-        <v>3752</v>
+        <v>0</v>
       </c>
       <c r="F70">
-        <v>7187</v>
+        <v>484195</v>
       </c>
       <c r="G70">
-        <v>3492</v>
+        <v>0</v>
       </c>
       <c r="H70">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I70">
         <v>2</v>
       </c>
       <c r="J70">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>74</v>
       </c>
       <c r="B71" s="2">
-        <v>20250923173752</v>
+        <v>20240626170930</v>
       </c>
       <c r="C71" s="2">
-        <v>1758649176554</v>
+        <v>1719426240920</v>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>{"lastSave":1758649176554,"timeWatchM":99317,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"4b9d16fa","watches":[{"actions":[{"type":"start","time":1758649071304},{"type":"stop","time":1758649121838},{"type":"start","time":1758649127771},{"type":"stop","time":1758649176554}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1719426240920,"timeWatchM":579582,"timeWatchW":845457,"timeWatchD":133832,"countWatchM":8,"countWatchW":15,"countWatchD":4,"id":"47ca6ca8","watches":[{"actions":[{"type":"start","time":1719422095327},{"type":"stop","time":1719422229925},{"type":"start","time":1719422357187},{"type":"stop","time":1719422392495},{"type":"start","time":1719422518913},{"type":"stop","time":1719422851774},{"type":"start","time":1719423048750},{"type":"stop","time":1719423070866},{"type":"start","time":1719424841236},{"type":"stop","time":1719424860194},{"type":"start","time":1719424861443},{"type":"stop","time":1719424887171},{"type":"start","time":1719424887175},{"type":"stop","time":1719424890419},{"type":"start","time":1719425568000},{"type":"stop","time":1719425574769}]},{"actions":[{"type":"start","time":1719421771966},{"type":"stop","time":1719421811447},{"type":"start","time":1719421811448},{"type":"stop","time":1719421859218},{"type":"start","time":1719421860432},{"type":"stop","time":1719421881083},{"type":"start","time":1719422050947},{"type":"stop","time":1719422093428},{"type":"start","time":1719422247445},{"type":"stop","time":1719422293384},{"type":"start","time":1719422294517},{"type":"stop","time":1719422348575},{"type":"start","time":1719422395688},{"type":"stop","time":1719422460412},{"type":"start","time":1719422499638},{"type":"stop","time":1719422514969},{"type":"start","time":1719422514972},{"type":"stop","time":1719422517264},{"type":"start","time":1719425338826},{"type":"stop","time":1719425563869},{"type":"start","time":1719425645980},{"type":"stop","time":1719425835209},{"type":"start","time":1719425963597},{"type":"stop","time":1719425971238},{"type":"start","time":1719425971240},{"type":"stop","time":1719425973371},{"type":"start","time":1719426105530},{"type":"stop","time":1719426135302},{"type":"start","time":1719426140502},{"type":"stop","time":1719426199416}]},{"actions":[{"type":"start","time":1719424760916},{"type":"stop","time":1719424817315},{"type":"start","time":1719424818791},{"type":"stop","time":1719424839687},{"type":"start","time":1719425577113},{"type":"stop","time":1719425620546},{"type":"start","time":1719425894245},{"type":"stop","time":1719425907349}]}]}</t>
         </is>
       </c>
       <c r="E71">
-        <v>99317</v>
+        <v>579582</v>
       </c>
       <c r="F71">
-        <v>0</v>
+        <v>845457</v>
       </c>
       <c r="G71">
-        <v>0</v>
+        <v>133832</v>
       </c>
       <c r="H71">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I71">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="J71">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>75</v>
       </c>
       <c r="B72" s="2">
-        <v>20230814210606</v>
+        <v>20250521085638</v>
       </c>
       <c r="C72" s="2">
-        <v>1692047171395</v>
+        <v>1747817845014</v>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>{"lastSave":1692047171395,"timeWatchM":2779,"timeWatchW":946,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"4dda8228","watches":[{"actions":[{"type":"start","time":1692047167668},{"type":"stop","time":1692047168793},{"type":"start","time":1692047169740},{"type":"stop","time":1692047171394}]},{"actions":[{"type":"start","time":1692047168794},{"type":"stop","time":1692047169740}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1747817845014,"timeWatchM":15267,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"47edcdcb","watches":[{"actions":[{"type":"start","time":1747817829746},{"type":"stop","time":1747817830245},{"type":"start","time":1747817830245},{"type":"stop","time":1747817832525},{"type":"start","time":1747817832525},{"type":"stop","time":1747817833708},{"type":"start","time":1747817833709},{"type":"stop","time":1747817845014}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E72">
-        <v>2779</v>
+        <v>15267</v>
       </c>
       <c r="F72">
-        <v>946</v>
+        <v>0</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I72">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J72">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>76</v>
       </c>
       <c r="B73" s="2">
-        <v>20231117153636</v>
+        <v>20250416174917</v>
       </c>
       <c r="C73" s="2">
-        <v>1700238749396</v>
+        <v>1744826281009</v>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>{"lastSave":1700238749396,"timeWatchM":35466,"timeWatchW":83544,"timeWatchD":0,"countWatchM":3,"countWatchW":6,"countWatchD":0,"id":"4f024de3","watches":[{"actions":[{"type":"start","time":1700235395707},{"type":"stop","time":1700235402968},{"type":"start","time":1700235402968},{"type":"stop","time":1700235410620},{"type":"start","time":1700235421018},{"type":"stop","time":1700235441571}]},{"actions":[{"type":"start","time":1700235410620},{"type":"stop","time":1700235417089},{"type":"start","time":1700235417089},{"type":"stop","time":1700235421018},{"type":"start","time":1700235441571},{"type":"stop","time":1700235457893},{"type":"start","time":1700235457893},{"type":"stop","time":1700235480168},{"type":"start","time":1700238651619},{"type":"stop","time":1700238679281},{"type":"start","time":1700238679282},{"type":"stop","time":1700238686169}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744826281009,"timeWatchM":514987,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"48bd3cc9","watches":[{"actions":[{"type":"start","time":1744825755623},{"type":"stop","time":1744825964846},{"type":"start","time":1744825970859},{"type":"stop","time":1744826276623}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E73">
-        <v>35466</v>
+        <v>514987</v>
       </c>
       <c r="F73">
-        <v>83544</v>
+        <v>0</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I73">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J73">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>77</v>
       </c>
       <c r="B74" s="2">
-        <v>20241122220633</v>
+        <v>20250109191836</v>
       </c>
       <c r="C74" s="2">
-        <v>1732313234294</v>
+        <v>1736453200917</v>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>{"lastSave":1732313234294,"timeWatchM":21828,"timeWatchW":19282,"timeWatchD":0,"countWatchM":6,"countWatchW":3,"countWatchD":0,"id":"4f5ef29b","watches":[{"actions":[{"type":"start","time":1732313193172},{"type":"stop","time":1732313197168},{"type":"start","time":1732313197170},{"type":"stop","time":1732313199636},{"type":"start","time":1732313203253},{"type":"stop","time":1732313210638},{"type":"start","time":1732313226310},{"type":"stop","time":1732313230326},{"type":"start","time":1732313230327},{"type":"stop","time":1732313232109},{"type":"start","time":1732313232111},{"type":"stop","time":1732313234294}]},{"actions":[{"type":"start","time":1732313199638},{"type":"stop","time":1732313203252},{"type":"start","time":1732313210639},{"type":"stop","time":1732313215622},{"type":"start","time":1732313215623},{"type":"stop","time":1732313226308}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1736453200917,"timeWatchM":32879,"timeWatchW":26535,"timeWatchD":0,"countWatchM":4,"countWatchW":4,"countWatchD":0,"id":"48f443ec","watches":[{"actions":[{"type":"start","time":1736450319673},{"type":"stop","time":1736450321889},{"type":"start","time":1736450321890},{"type":"stop","time":1736450335721},{"type":"start","time":1736450353444},{"type":"stop","time":1736450357329},{"type":"start","time":1736450367006},{"type":"stop","time":1736450379953}]},{"actions":[{"type":"start","time":1736450315884},{"type":"stop","time":1736450319671},{"type":"start","time":1736450335723},{"type":"stop","time":1736450336322},{"type":"start","time":1736450340969},{"type":"stop","time":1736450353443},{"type":"start","time":1736450357330},{"type":"stop","time":1736450367005}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E74">
-        <v>21828</v>
+        <v>32879</v>
       </c>
       <c r="F74">
-        <v>19282</v>
+        <v>26535</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I74">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J74">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>78</v>
       </c>
       <c r="B75" s="2">
-        <v>20250414090341</v>
+        <v>20241116110531</v>
       </c>
       <c r="C75" s="2">
-        <v>1744621437378</v>
+        <v>1731755156326</v>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>{"lastSave":1744621437378,"timeWatchM":10065,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"4fdfe31f","watches":[{"actions":[{"type":"start","time":1744621421390},{"type":"stop","time":1744621431455}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1731755156326,"timeWatchM":24766,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0.5,"countWatchD":0,"id":"490c31c9","watches":[{"actions":[{"type":"start","time":1731755131559},{"type":"stop","time":1731755156325}]},{"actions":[{"type":"start","time":1731755156326}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E75">
-        <v>10065</v>
+        <v>24766</v>
       </c>
       <c r="F75">
         <v>0</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>1</v>
       </c>
       <c r="I75">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J75">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>79</v>
       </c>
       <c r="B76" s="2">
-        <v>20250923172808</v>
+        <v>20240814172053</v>
       </c>
       <c r="C76" s="2">
-        <v>1758648496870</v>
+        <v>1723656307806</v>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>{"lastSave":1758648496870,"timeWatchM":8332,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"50147ff6","watches":[{"actions":[{"type":"start","time":1758648488538},{"type":"stop","time":1758648496870}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1723656307806,"timeWatchM":114395,"timeWatchW":129474,"timeWatchD":0,"countWatchM":6,"countWatchW":7,"countWatchD":0,"id":"49d146d1","watches":[{"actions":[{"type":"start","time":1723656053082},{"type":"stop","time":1723656070454},{"type":"start","time":1723656078300},{"type":"stop","time":1723656079290},{"type":"start","time":1723656082099},{"type":"stop","time":1723656125450},{"type":"start","time":1723656143737},{"type":"stop","time":1723656171212},{"type":"start","time":1723656177338},{"type":"stop","time":1723656180556},{"type":"start","time":1723656182735},{"type":"stop","time":1723656204724}]},{"actions":[{"type":"start","time":1723656070455},{"type":"stop","time":1723656078300},{"type":"start","time":1723656079290},{"type":"stop","time":1723656082099},{"type":"start","time":1723656133156},{"type":"stop","time":1723656143737},{"type":"start","time":1723656174360},{"type":"stop","time":1723656177338},{"type":"start","time":1723656180556},{"type":"stop","time":1723656182735},{"type":"start","time":1723656204724},{"type":"stop","time":1723656248718},{"type":"start","time":1723656248718},{"type":"stop","time":1723656307806}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E76">
-        <v>8332</v>
+        <v>114395</v>
       </c>
       <c r="F76">
-        <v>0</v>
+        <v>129474</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I76">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J76">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>80</v>
       </c>
       <c r="B77" s="2">
-        <v>20250315130640</v>
+        <v>20250923172921</v>
       </c>
       <c r="C77" s="2">
-        <v>1742044319792</v>
+        <v>1758648748022</v>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>{"lastSave":1742044319792,"timeWatchM":0,"timeWatchW":306463,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"51b2148f","watches":[{"actions":[]},{"actions":[{"type":"start","time":1742044000762},{"type":"stop","time":1742044307225}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758648748022,"timeWatchM":186951,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"4a3c9877","watches":[{"actions":[{"type":"start","time":1758648561071},{"type":"stop","time":1758648748022}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E77">
-        <v>0</v>
+        <v>186951</v>
       </c>
       <c r="F77">
-        <v>306463</v>
+        <v>0</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I77">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J77">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>81</v>
       </c>
       <c r="B78" s="2">
-        <v>20250923183209</v>
+        <v>20241113083323</v>
       </c>
       <c r="C78" s="2">
-        <v>1758652459288</v>
+        <v>1731486817848</v>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>{"lastSave":1758652459288,"timeWatchM":27864,"timeWatchW":41134,"timeWatchD":0,"countWatchM":5,"countWatchW":2,"countWatchD":0,"id":"520dcc04","watches":[{"actions":[{"type":"start","time":1758652329304},{"type":"stop","time":1758652348804},{"type":"start","time":1758652388038},{"type":"stop","time":1758652388721},{"type":"start","time":1758652388722},{"type":"stop","time":1758652390104},{"type":"start","time":1758652390904},{"type":"stop","time":1758652392021},{"type":"start","time":1758652394422},{"type":"stop","time":1758652399604}]},{"actions":[{"type":"start","time":1758652399605},{"type":"stop","time":1758652430938},{"type":"start","time":1758652449487},{"type":"stop","time":1758652459288}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1731486817848,"timeWatchM":3752,"timeWatchW":7187,"timeWatchD":3492,"countWatchM":2,"countWatchW":2,"countWatchD":1,"id":"4addbe83","watches":[{"actions":[{"type":"start","time":1731486803412},{"type":"stop","time":1731486805922},{"type":"start","time":1731486814857},{"type":"stop","time":1731486816099}]},{"actions":[{"type":"start","time":1731486805925},{"type":"stop","time":1731486811364},{"type":"start","time":1731486816100},{"type":"stop","time":1731486817848}]},{"actions":[{"type":"start","time":1731486811364},{"type":"stop","time":1731486814856}]}]}</t>
         </is>
       </c>
       <c r="E78">
-        <v>27864</v>
+        <v>3752</v>
       </c>
       <c r="F78">
-        <v>41134</v>
+        <v>7187</v>
       </c>
       <c r="G78">
-        <v>0</v>
+        <v>3492</v>
       </c>
       <c r="H78">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I78">
         <v>2</v>
       </c>
       <c r="J78">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>82</v>
       </c>
       <c r="B79" s="2">
-        <v>20250821172036</v>
+        <v>20250923173752</v>
       </c>
       <c r="C79" s="2">
-        <v>1755796948336</v>
+        <v>1758649176554</v>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>{"lastSave":1755796948336,"timeWatchM":99752,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"523da492","watches":[{"actions":[{"type":"start","time":1755796834917},{"type":"stop","time":1755796906319},{"type":"start","time":1755796915219},{"type":"stop","time":1755796943569}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758649176554,"timeWatchM":99317,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"4b9d16fa","watches":[{"actions":[{"type":"start","time":1758649071304},{"type":"stop","time":1758649121838},{"type":"start","time":1758649127771},{"type":"stop","time":1758649176554}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E79">
-        <v>99752</v>
+        <v>99317</v>
       </c>
       <c r="F79">
         <v>0</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>2</v>
       </c>
       <c r="I79">
         <v>0</v>
       </c>
       <c r="J79">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>83</v>
       </c>
       <c r="B80" s="2">
-        <v>20250821174706</v>
+        <v>20230814210606</v>
       </c>
       <c r="C80" s="2">
-        <v>1755798682688</v>
+        <v>1692047171395</v>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>{"lastSave":1755798682688,"timeWatchM":0,"timeWatchW":255321,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"5279060a","watches":[{"actions":[]},{"actions":[{"type":"start","time":1755798425166},{"type":"stop","time":1755798680487}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1692047171395,"timeWatchM":2779,"timeWatchW":946,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"4dda8228","watches":[{"actions":[{"type":"start","time":1692047167668},{"type":"stop","time":1692047168793},{"type":"start","time":1692047169740},{"type":"stop","time":1692047171394}]},{"actions":[{"type":"start","time":1692047168794},{"type":"stop","time":1692047169740}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E80">
-        <v>0</v>
+        <v>2779</v>
       </c>
       <c r="F80">
-        <v>255321</v>
+        <v>946</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I80">
         <v>1</v>
       </c>
       <c r="J80">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>84</v>
       </c>
       <c r="B81" s="2">
-        <v>20250923173706</v>
+        <v>20231117153636</v>
       </c>
       <c r="C81" s="2">
-        <v>1758649069388</v>
+        <v>1700238749396</v>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>{"lastSave":1758649069388,"timeWatchM":43500,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"535fe34e","watches":[{"actions":[{"type":"start","time":1758649025888},{"type":"stop","time":1758649069388}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1700238749396,"timeWatchM":35466,"timeWatchW":83544,"timeWatchD":0,"countWatchM":3,"countWatchW":6,"countWatchD":0,"id":"4f024de3","watches":[{"actions":[{"type":"start","time":1700235395707},{"type":"stop","time":1700235402968},{"type":"start","time":1700235402968},{"type":"stop","time":1700235410620},{"type":"start","time":1700235421018},{"type":"stop","time":1700235441571}]},{"actions":[{"type":"start","time":1700235410620},{"type":"stop","time":1700235417089},{"type":"start","time":1700235417089},{"type":"stop","time":1700235421018},{"type":"start","time":1700235441571},{"type":"stop","time":1700235457893},{"type":"start","time":1700235457893},{"type":"stop","time":1700235480168},{"type":"start","time":1700238651619},{"type":"stop","time":1700238679281},{"type":"start","time":1700238679282},{"type":"stop","time":1700238686169}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E81">
-        <v>43500</v>
+        <v>35466</v>
       </c>
       <c r="F81">
-        <v>0</v>
+        <v>83544</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I81">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J81">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>85</v>
       </c>
       <c r="B82" s="2">
-        <v>20250304183156</v>
+        <v>20241122220633</v>
       </c>
       <c r="C82" s="2">
-        <v>1741113196248</v>
+        <v>1732313234294</v>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>{"lastSave":1741113196248,"timeWatchM":38430,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"542fde3d","watches":[{"actions":[{"type":"start","time":1741113153200},{"type":"stop","time":1741113191630}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1732313234294,"timeWatchM":21828,"timeWatchW":19282,"timeWatchD":0,"countWatchM":6,"countWatchW":3,"countWatchD":0,"id":"4f5ef29b","watches":[{"actions":[{"type":"start","time":1732313193172},{"type":"stop","time":1732313197168},{"type":"start","time":1732313197170},{"type":"stop","time":1732313199636},{"type":"start","time":1732313203253},{"type":"stop","time":1732313210638},{"type":"start","time":1732313226310},{"type":"stop","time":1732313230326},{"type":"start","time":1732313230327},{"type":"stop","time":1732313232109},{"type":"start","time":1732313232111},{"type":"stop","time":1732313234294}]},{"actions":[{"type":"start","time":1732313199638},{"type":"stop","time":1732313203252},{"type":"start","time":1732313210639},{"type":"stop","time":1732313215622},{"type":"start","time":1732313215623},{"type":"stop","time":1732313226308}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E82">
-        <v>38430</v>
+        <v>21828</v>
       </c>
       <c r="F82">
-        <v>0</v>
+        <v>19282</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I82">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J82">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83" s="2">
-        <v>20250206004403</v>
+        <v>20250414090341</v>
       </c>
       <c r="C83" s="2">
-        <v>1738802661105</v>
+        <v>1744621437378</v>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>{"lastSave":1738802661105,"timeWatchM":11396,"timeWatchW":3991,"timeWatchD":2581,"countWatchM":3,"countWatchW":2,"countWatchD":2,"id":"546d3a5c","watches":[{"actions":[{"type":"start","time":1738802643134},{"type":"stop","time":1738802648395},{"type":"start","time":1738802648396},{"type":"stop","time":1738802653403},{"type":"start","time":1738802653404},{"type":"stop","time":1738802654532}]},{"actions":[{"type":"start","time":1738802654532},{"type":"stop","time":1738802655743},{"type":"start","time":1738802657476},{"type":"stop","time":1738802660256}]},{"actions":[{"type":"start","time":1738802655743},{"type":"stop","time":1738802657475},{"type":"start","time":1738802660256},{"type":"stop","time":1738802661105}]}]}</t>
+          <t>{"lastSave":1744621437378,"timeWatchM":10065,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"4fdfe31f","watches":[{"actions":[{"type":"start","time":1744621421390},{"type":"stop","time":1744621431455}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E83">
-        <v>11396</v>
+        <v>10065</v>
       </c>
       <c r="F83">
-        <v>3991</v>
+        <v>0</v>
       </c>
       <c r="G83">
-        <v>2581</v>
+        <v>0</v>
       </c>
       <c r="H83">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I83">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J83">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>87</v>
       </c>
       <c r="B84" s="2">
-        <v>20250524121357</v>
+        <v>20250923172808</v>
       </c>
       <c r="C84" s="2">
-        <v>1748089184910</v>
+        <v>1758648496870</v>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>{"lastSave":1748089184910,"timeWatchM":0,"timeWatchW":303819,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"554d7a65","watches":[{"actions":[]},{"actions":[{"type":"start","time":1748088871998},{"type":"stop","time":1748089175817}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758648496870,"timeWatchM":8332,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"50147ff6","watches":[{"actions":[{"type":"start","time":1758648488538},{"type":"stop","time":1758648496870}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E84">
-        <v>0</v>
+        <v>8332</v>
       </c>
       <c r="F84">
-        <v>303819</v>
+        <v>0</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I84">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J84">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>88</v>
       </c>
       <c r="B85" s="2">
-        <v>20231007094100</v>
+        <v>20250315130640</v>
       </c>
       <c r="C85" s="2">
-        <v>1696671682983</v>
+        <v>1742044319792</v>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>{"lastSave":1696671682983,"timeWatchM":13656,"timeWatchW":3520,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"5666a40c","watches":[{"actions":[{"type":"start","time":1696671659474},{"type":"stop","time":1696671669783},{"type":"start","time":1696671679635},{"type":"stop","time":1696671682982}]},{"actions":[{"type":"start","time":1696671676113},{"type":"stop","time":1696671679633}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742044319792,"timeWatchM":0,"timeWatchW":306463,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"51b2148f","watches":[{"actions":[]},{"actions":[{"type":"start","time":1742044000762},{"type":"stop","time":1742044307225}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E85">
-        <v>13656</v>
+        <v>0</v>
       </c>
       <c r="F85">
-        <v>3520</v>
+        <v>306463</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I85">
         <v>1</v>
       </c>
       <c r="J85">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>89</v>
       </c>
       <c r="B86" s="2">
-        <v>20250923175043</v>
+        <v>20250923183209</v>
       </c>
       <c r="C86" s="2">
-        <v>1758649971522</v>
+        <v>1758652459288</v>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>{"lastSave":1758649971522,"timeWatchM":18881,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"56b03489","watches":[{"actions":[{"type":"start","time":1758649952641},{"type":"stop","time":1758649971522}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758652459288,"timeWatchM":27864,"timeWatchW":41134,"timeWatchD":0,"countWatchM":5,"countWatchW":2,"countWatchD":0,"id":"520dcc04","watches":[{"actions":[{"type":"start","time":1758652329304},{"type":"stop","time":1758652348804},{"type":"start","time":1758652388038},{"type":"stop","time":1758652388721},{"type":"start","time":1758652388722},{"type":"stop","time":1758652390104},{"type":"start","time":1758652390904},{"type":"stop","time":1758652392021},{"type":"start","time":1758652394422},{"type":"stop","time":1758652399604}]},{"actions":[{"type":"start","time":1758652399605},{"type":"stop","time":1758652430938},{"type":"start","time":1758652449487},{"type":"stop","time":1758652459288}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E86">
-        <v>18881</v>
+        <v>27864</v>
       </c>
       <c r="F86">
-        <v>0</v>
+        <v>41134</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I86">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J86">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>90</v>
       </c>
       <c r="B87" s="2">
-        <v>20250522094611</v>
+        <v>20250821172036</v>
       </c>
       <c r="C87" s="2">
-        <v>1747908144328</v>
+        <v>1755796948336</v>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>{"lastSave":1747908144328,"timeWatchM":929642,"timeWatchW":5799,"timeWatchD":0,"countWatchM":3,"countWatchW":2,"countWatchD":0,"id":"5730925a","watches":[{"actions":[{"type":"start","time":1747907203532},{"type":"stop","time":1747908127559},{"type":"start","time":1747908127560},{"type":"stop","time":1747908129326},{"type":"start","time":1747908129327},{"type":"stop","time":1747908133176}]},{"actions":[{"type":"start","time":1747908136676},{"type":"stop","time":1747908140926},{"type":"start","time":1747908140927},{"type":"stop","time":1747908142476}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755796948336,"timeWatchM":99752,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"523da492","watches":[{"actions":[{"type":"start","time":1755796834917},{"type":"stop","time":1755796906319},{"type":"start","time":1755796915219},{"type":"stop","time":1755796943569}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E87">
-        <v>929642</v>
+        <v>99752</v>
       </c>
       <c r="F87">
-        <v>5799</v>
+        <v>0</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I87">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J87">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>91</v>
       </c>
       <c r="B88" s="2">
-        <v>20250524123707</v>
+        <v>20250821174706</v>
       </c>
       <c r="C88" s="2">
-        <v>1748090673506</v>
+        <v>1755798682688</v>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>{"lastSave":1748090673506,"timeWatchM":371786,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"57598e56","watches":[{"actions":[{"type":"start","time":1748090262289},{"type":"stop","time":1748090624597},{"type":"start","time":1748090638572},{"type":"stop","time":1748090648050}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755798682688,"timeWatchM":0,"timeWatchW":255321,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"5279060a","watches":[{"actions":[]},{"actions":[{"type":"start","time":1755798425166},{"type":"stop","time":1755798680487}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E88">
-        <v>371786</v>
+        <v>0</v>
       </c>
       <c r="F88">
-        <v>0</v>
+        <v>255321</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I88">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J88">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>92</v>
       </c>
       <c r="B89" s="2">
-        <v>20230407114616</v>
+        <v>20250923173706</v>
       </c>
       <c r="C89" s="2">
-        <v>1680867984609</v>
+        <v>1758649069388</v>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>{"lastSave":1680867984609,"timeWatchM":3729,"timeWatchW":4832,"timeWatchD":0,"countWatchM":2,"countWatchW":3,"countWatchD":0,"id":"57e06dfc","watches":[{"actions":[{"type":"start","time":1680867978164},{"type":"stop","time":1680867979007},{"type":"start","time":1680867979683},{"type":"stop","time":1680867982569}]},{"actions":[{"type":"start","time":1680867975371},{"type":"stop","time":1680867977167},{"type":"start","time":1680867977167},{"type":"stop","time":1680867978164},{"type":"start","time":1680867982570},{"type":"stop","time":1680867984609}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758649069388,"timeWatchM":43500,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"535fe34e","watches":[{"actions":[{"type":"start","time":1758649025888},{"type":"stop","time":1758649069388}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E89">
-        <v>3729</v>
+        <v>43500</v>
       </c>
       <c r="F89">
-        <v>4832</v>
+        <v>0</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I89">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J89">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>93</v>
       </c>
       <c r="B90" s="2">
-        <v>20250814170557</v>
+        <v>20251106184903</v>
       </c>
       <c r="C90" s="2">
-        <v>1755204476832</v>
+        <v>1762456477536</v>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>{"lastSave":1755204476832,"timeWatchM":4662367,"timeWatchW":1739814,"timeWatchD":0,"countWatchM":87,"countWatchW":44,"countWatchD":0,"id":"599711a3","watches":[{"actions":[{"type":"start","time":1755191156991},{"type":"stop","time":1755191160136},{"type":"start","time":1755191160137},{"type":"stop","time":1755191224197},{"type":"start","time":1755191234101},{"type":"stop","time":1755191241668},{"type":"start","time":1755191252071},{"type":"stop","time":1755191281742},{"type":"start","time":1755191285325},{"type":"stop","time":1755191441678},{"type":"start","time":1755191447663},{"type":"stop","time":1755191454362},{"type":"start","time":1755191464930},{"type":"stop","time":1755191485847},{"type":"start","time":1755191488467},{"type":"stop","time":1755191556061},{"type":"start","time":1755191558847},{"type":"stop","time":1755191643644},{"type":"start","time":1755191646879},{"type":"stop","time":1755191653562},{"type":"start","time":1755191679262},{"type":"stop","time":1755191732205},{"type":"start","time":1755191735174},{"type":"stop","time":1755191737689},{"type":"start","time":1755191745091},{"type":"stop","time":1755191790060},{"type":"start","time":1755191928076},{"type":"stop","time":1755192051220},{"type":"start","time":1755192060476},{"type":"stop","time":1755192105198},{"type":"start","time":1755192169904},{"type":"stop","time":1755192372805},{"type":"start","time":1755192375990},{"type":"stop","time":1755192388909},{"type":"start","time":1755192396957},{"type":"stop","time":1755192411389},{"type":"start","time":1755192412541},{"type":"stop","time":1755192443958},{"type":"start","time":1755192490649},{"type":"stop","time":1755192561354},{"type":"start","time":1755192562672},{"type":"stop","time":1755192634047},{"type":"start","time":1755192641482},{"type":"stop","time":1755192657282},{"type":"start","time":1755192662631},{"type":"stop","time":1755192712263},{"type":"start","time":1755192713299},{"type":"stop","time":1755192735197},{"type":"start","time":1755192736050},{"type":"stop","time":1755192752748},{"type":"start","time":1755192820856},{"type":"stop","time":1755192864494},{"type":"start","time":1755192868463},{"type":"stop","time":1755192972672},{"type":"start","time":1755193030128},{"type":"stop","time":1755193096650},{"type":"start","time":1755193097418},{"type":"stop","time":1755193175877},{"type":"start","time":1755193207011},{"type":"stop","time":1755193221561},{"type":"start","time":1755193390312},{"type":"stop","time":1755193562679},{"type":"start","time":1755193591049},{"type":"stop","time":1755193661126},{"type":"start","time":1755193721032},{"type":"stop","time":1755193784492},{"type":"start","time":1755193788212},{"type":"stop","time":1755193807380},{"type":"start","time":1755193846005},{"type":"stop","time":1755193959684},{"type":"start","time":1755193989338},{"type":"stop","time":1755194042295},{"type":"start","time":1755194044315},{"type":"stop","time":1755194218948},{"type":"start","time":1755194220236},{"type":"stop","time":1755194341495},{"type":"start","time":1755194413750},{"type":"stop","time":1755194461403},{"type":"start","time":1755194466188},{"type":"stop","time":1755194479305},{"type":"start","time":1755194510928},{"type":"stop","time":1755194596368},{"type":"start","time":1755194599470},{"type":"stop","time":1755194673836},{"type":"start","time":1755194723292},{"type":"stop","time":1755194824814},{"type":"start","time":1755194824816},{"type":"stop","time":1755194825731},{"type":"start","time":1755194983104},{"type":"stop","time":1755195123090},{"type":"start","time":1755195125258},{"type":"stop","time":1755195281580},{"type":"start","time":1755195282472},{"type":"stop","time":1755195306172},{"type":"start","time":1755195307374},{"type":"stop","time":1755195433174},{"type":"start","time":1755195449309},{"type":"stop","time":1755195530620},{"type":"start","time":1755195614697},{"type":"stop","time":1755195640212},{"type":"start","time":1755196650875},{"type":"stop","time":1755196842332},{"type":"start","time":1755196849948},{"type":"stop","time":1755196886268},{"type":"start","time":1755196900854},{"type":"stop","time":1755196911954},{"type":"start","time":1755196929755},{"type":"stop","time":1755196952838},{"type":"start","time":1755197009826},{"type":"stop","time":1755197025942},{"type":"start","time":1755197038161},{"type":"stop","time":1755197039842},{"type":"start","time":1755197049095},{"type":"stop","time":1755197098751},{"type":"start","time":1755197116569},{"type":"stop","time":1755197128885},{"type":"start","time":1755197137453},{"type":"stop","time":1755197143552},{"type":"start","time":1755197263416},{"type":"stop","time":1755197264466},{"type":"start","time":1755197284071},{"type":"stop","time":1755197295370},{"type":"start","time":1755197340548},{"type":"stop","time":1755197369116},{"type":"start","time":1755197396503},{"type":"stop","time":1755197402266},{"type":"start","time":1755197408033},{"type":"stop","time":1755197501243},{"type":"start","time":1755197532727},{"type":"stop","time":1755197536243},{"type":"start","time":1755197583168},{"type":"stop","time":1755197777814},{"type":"start","time":1755197791766},{"type":"stop","time":1755197798598},{"type":"start","time":1755197819918},{"type":"stop","time":1755197836003},{"type":"start","time":1755197839872},{"type":"stop","time":1755197844788},{"type":"start","time":1755197913628},{"type":"stop","time":1755197918926},{"type":"start","time":1755197924978},{"type":"stop","time":1755197927091},{"type":"start","time":1755197973131},{"type":"stop","time":1755197990948},{"type":"start","time":1755198009868},{"type":"stop","time":1755198098926},{"type":"start","time":1755198117764},{"type":"stop","time":1755198155551},{"type":"start","time":1755198156852},{"type":"stop","time":1755198163101},{"type":"start","time":1755198170423},{"type":"stop","time":1755198381270},{"type":"start","time":1755198451363},{"type":"stop","time":1755198566262},{"type":"start","time":1755198624453},{"type":"stop","time":1755198664721},{"type":"start","time":1755198760042},{"type":"stop","time":1755198784125},{"type":"start","time":1755198790910},{"type":"stop","time":1755198792758},{"type":"start","time":1755198797429},{"type":"stop","time":1755198849465},{"type":"start","time":1755198855868},{"type":"stop","time":1755198868501},{"type":"start","time":1755198916708},{"type":"stop","time":1755198952894},{"type":"start","time":1755199013483},{"type":"stop","time":1755199046167},{"type":"start","time":1755199057019},{"type":"stop","time":1755199062718},{"type":"start","time":1755199112024},{"type":"stop","time":1755199163995},{"type":"start","time":1755199177531},{"type":"stop","time":1755199190528}]},{"actions":[{"type":"start","time":1755191224198},{"type":"stop","time":1755191234100},{"type":"start","time":1755191241669},{"type":"stop","time":1755191252070},{"type":"start","time":1755191653563},{"type":"stop","time":1755191666213},{"type":"start","time":1755191791812},{"type":"stop","time":1755191925473},{"type":"start","time":1755192106052},{"type":"stop","time":1755192167471},{"type":"start","time":1755192446277},{"type":"stop","time":1755192485614},{"type":"start","time":1755192754800},{"type":"stop","time":1755192819421},{"type":"start","time":1755192976007},{"type":"stop","time":1755193028943},{"type":"start","time":1755193221562},{"type":"stop","time":1755193389246},{"type":"start","time":1755193562680},{"type":"stop","time":1755193580214},{"type":"start","time":1755193807382},{"type":"stop","time":1755193844253},{"type":"start","time":1755193966052},{"type":"stop","time":1755193989337},{"type":"start","time":1755194341499},{"type":"stop","time":1755194401031},{"type":"start","time":1755194479307},{"type":"stop","time":1755194510926},{"type":"start","time":1755194675088},{"type":"stop","time":1755194722272},{"type":"start","time":1755194826666},{"type":"stop","time":1755194983102},{"type":"start","time":1755195433176},{"type":"stop","time":1755195445707},{"type":"start","time":1755195530621},{"type":"stop","time":1755195614695},{"type":"start","time":1755196952840},{"type":"stop","time":1755197009824},{"type":"start","time":1755197025943},{"type":"stop","time":1755197038159},{"type":"start","time":1755197098752},{"type":"stop","time":1755197116567},{"type":"start","time":1755197128887},{"type":"stop","time":1755197129552},{"type":"start","time":1755197143554},{"type":"stop","time":1755197183274},{"type":"start","time":1755197264467},{"type":"stop","time":1755197284069},{"type":"start","time":1755197295372},{"type":"stop","time":1755197297804},{"type":"start","time":1755197369118},{"type":"stop","time":1755197374360},{"type":"start","time":1755197501245},{"type":"stop","time":1755197508042},{"type":"start","time":1755197508810},{"type":"stop","time":1755197532726},{"type":"start","time":1755197536244},{"type":"stop","time":1755197583167},{"type":"start","time":1755197798599},{"type":"stop","time":1755197819917},{"type":"start","time":1755197844789},{"type":"stop","time":1755197887844},{"type":"start","time":1755197927092},{"type":"stop","time":1755197946896},{"type":"start","time":1755198098928},{"type":"stop","time":1755198117763},{"type":"start","time":1755198163103},{"type":"stop","time":1755198170421},{"type":"start","time":1755198381273},{"type":"stop","time":1755198451361},{"type":"start","time":1755198566264},{"type":"stop","time":1755198603401},{"type":"start","time":1755198664723},{"type":"stop","time":1755198760040},{"type":"start","time":1755198786760},{"type":"stop","time":1755198790908},{"type":"start","time":1755198792760},{"type":"stop","time":1755198797426},{"type":"start","time":1755198868503},{"type":"stop","time":1755198916706},{"type":"start","time":1755198952896},{"type":"stop","time":1755199004414},{"type":"start","time":1755199046168},{"type":"stop","time":1755199057018},{"type":"start","time":1755199065687},{"type":"stop","time":1755199112022},{"type":"start","time":1755199170295},{"type":"stop","time":1755199177528}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1762456477536,"timeWatchM":523332,"timeWatchW":719967,"timeWatchD":0,"countWatchM":25,"countWatchW":34,"countWatchD":0,"id":"53cf55e6","watches":[{"actions":[{"type":"start","time":1762454955786},{"type":"stop","time":1762454979949},{"type":"start","time":1762454987008},{"type":"stop","time":1762454992377},{"type":"start","time":1762454999736},{"type":"stop","time":1762455009159},{"type":"start","time":1762455012699},{"type":"stop","time":1762455065729},{"type":"start","time":1762455232635},{"type":"stop","time":1762455236055},{"type":"start","time":1762455262209},{"type":"stop","time":1762455263429},{"type":"start","time":1762455278135},{"type":"stop","time":1762455289723},{"type":"start","time":1762455296116},{"type":"stop","time":1762455314606},{"type":"start","time":1762455385358},{"type":"stop","time":1762455395151},{"type":"start","time":1762455402962},{"type":"stop","time":1762455417012},{"type":"start","time":1762455431841},{"type":"stop","time":1762455436737},{"type":"start","time":1762455477797},{"type":"stop","time":1762455490330},{"type":"start","time":1762455694520},{"type":"stop","time":1762455727098},{"type":"start","time":1762455727099},{"type":"stop","time":1762455778381},{"type":"start","time":1762455780018},{"type":"stop","time":1762455828003},{"type":"start","time":1762455828005},{"type":"stop","time":1762455889502},{"type":"start","time":1762456094945},{"type":"stop","time":1762456123124},{"type":"start","time":1762456209037},{"type":"stop","time":1762456246065},{"type":"start","time":1762456251524},{"type":"stop","time":1762456272486},{"type":"start","time":1762456282981},{"type":"stop","time":1762456292237},{"type":"start","time":1762456304449},{"type":"stop","time":1762456326533},{"type":"start","time":1762456328480},{"type":"stop","time":1762456332806},{"type":"start","time":1762456370151},{"type":"stop","time":1762456388065},{"type":"start","time":1762456396865},{"type":"stop","time":1762456401441},{"type":"start","time":1762456420830},{"type":"stop","time":1762456438520}]},{"actions":[{"type":"start","time":1762454943719},{"type":"stop","time":1762454955784},{"type":"start","time":1762454979950},{"type":"stop","time":1762454981827},{"type":"start","time":1762454998684},{"type":"stop","time":1762454999735},{"type":"start","time":1762455069704},{"type":"stop","time":1762455109495},{"type":"start","time":1762455112126},{"type":"stop","time":1762455201799},{"type":"start","time":1762455208410},{"type":"stop","time":1762455226444},{"type":"start","time":1762455236057},{"type":"stop","time":1762455243070},{"type":"start","time":1762455251677},{"type":"stop","time":1762455252876},{"type":"start","time":1762455319138},{"type":"stop","time":1762455325580},{"type":"start","time":1762455331007},{"type":"stop","time":1762455353605},{"type":"start","time":1762455365894},{"type":"stop","time":1762455373793},{"type":"start","time":1762455373795},{"type":"stop","time":1762455381149},{"type":"start","time":1762455395153},{"type":"stop","time":1762455402961},{"type":"start","time":1762455420060},{"type":"stop","time":1762455431839},{"type":"start","time":1762455436739},{"type":"stop","time":1762455449316},{"type":"start","time":1762455449317},{"type":"stop","time":1762455452793},{"type":"start","time":1762455452794},{"type":"stop","time":1762455477796},{"type":"start","time":1762455490331},{"type":"stop","time":1762455493460},{"type":"start","time":1762455516174},{"type":"stop","time":1762455571558},{"type":"start","time":1762455571559},{"type":"stop","time":1762455580804},{"type":"start","time":1762455580805},{"type":"stop","time":1762455685813},{"type":"start","time":1762455892046},{"type":"stop","time":1762455917585},{"type":"start","time":1762455917586},{"type":"stop","time":1762455957061},{"type":"start","time":1762455957063},{"type":"stop","time":1762455992496},{"type":"start","time":1762455995309},{"type":"stop","time":1762456020525},{"type":"start","time":1762456042863},{"type":"stop","time":1762456048750},{"type":"start","time":1762456048752},{"type":"stop","time":1762456062223},{"type":"start","time":1762456071109},{"type":"stop","time":1762456094944},{"type":"start","time":1762456127878},{"type":"stop","time":1762456135638},{"type":"start","time":1762456161919},{"type":"stop","time":1762456209036},{"type":"start","time":1762456272488},{"type":"stop","time":1762456282980},{"type":"start","time":1762456300422},{"type":"stop","time":1762456304448},{"type":"start","time":1762456345241},{"type":"stop","time":1762456366791},{"type":"start","time":1762456409066},{"type":"stop","time":1762456420828}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E90">
-        <v>4662367</v>
+        <v>523332</v>
       </c>
       <c r="F90">
-        <v>1739814</v>
+        <v>719967</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="I90">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="J90">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>94</v>
       </c>
       <c r="B91" s="2">
-        <v>20250923170250</v>
+        <v>20250304183156</v>
       </c>
       <c r="C91" s="2">
-        <v>1758647057351</v>
+        <v>1741113196248</v>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647057351,"timeWatchM":0,"timeWatchW":86664,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"5a70028f","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758646970686},{"type":"stop","time":1758647054634},{"type":"start","time":1758647054635},{"type":"stop","time":1758647057351}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1741113196248,"timeWatchM":38430,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"542fde3d","watches":[{"actions":[{"type":"start","time":1741113153200},{"type":"stop","time":1741113191630}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E91">
-        <v>0</v>
+        <v>38430</v>
       </c>
       <c r="F91">
-        <v>86664</v>
+        <v>0</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I91">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J91">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>95</v>
       </c>
       <c r="B92" s="2">
-        <v>20250416163402</v>
+        <v>20250206004403</v>
       </c>
       <c r="C92" s="2">
-        <v>1744821264847</v>
+        <v>1738802661105</v>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>{"lastSave":1744821264847,"timeWatchM":12149,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"5b17ae2c","watches":[{"actions":[{"type":"start","time":1744821241567},{"type":"stop","time":1744821253716}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1738802661105,"timeWatchM":11396,"timeWatchW":3991,"timeWatchD":2581,"countWatchM":3,"countWatchW":2,"countWatchD":2,"id":"546d3a5c","watches":[{"actions":[{"type":"start","time":1738802643134},{"type":"stop","time":1738802648395},{"type":"start","time":1738802648396},{"type":"stop","time":1738802653403},{"type":"start","time":1738802653404},{"type":"stop","time":1738802654532}]},{"actions":[{"type":"start","time":1738802654532},{"type":"stop","time":1738802655743},{"type":"start","time":1738802657476},{"type":"stop","time":1738802660256}]},{"actions":[{"type":"start","time":1738802655743},{"type":"stop","time":1738802657475},{"type":"start","time":1738802660256},{"type":"stop","time":1738802661105}]}]}</t>
         </is>
       </c>
       <c r="E92">
-        <v>12149</v>
+        <v>11396</v>
       </c>
       <c r="F92">
-        <v>0</v>
+        <v>3991</v>
       </c>
       <c r="G92">
-        <v>0</v>
+        <v>2581</v>
       </c>
       <c r="H92">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I92">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J92">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93" s="2">
-        <v>20250325182225</v>
+        <v>20250524121357</v>
       </c>
       <c r="C93" s="2">
-        <v>1742927194733</v>
+        <v>1748089184910</v>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>{"lastSave":1742927194733,"timeWatchM":195131,"timeWatchW":0,"timeWatchD":0,"countWatchM":7,"countWatchW":0,"countWatchD":0,"id":"5ba83d62","watches":[{"actions":[{"type":"start","time":1742926945976},{"type":"stop","time":1742927014922},{"type":"start","time":1742927051409},{"type":"stop","time":1742927071056},{"type":"start","time":1742927073224},{"type":"stop","time":1742927077972},{"type":"start","time":1742927078639},{"type":"stop","time":1742927111356},{"type":"start","time":1742927122136},{"type":"stop","time":1742927164483},{"type":"start","time":1742927165830},{"type":"stop","time":1742927180501},{"type":"start","time":1742927181933},{"type":"stop","time":1742927193988}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748089184910,"timeWatchM":0,"timeWatchW":303819,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"554d7a65","watches":[{"actions":[]},{"actions":[{"type":"start","time":1748088871998},{"type":"stop","time":1748089175817}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E93">
-        <v>195131</v>
+        <v>0</v>
       </c>
       <c r="F93">
-        <v>0</v>
+        <v>303819</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I93">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J93">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>97</v>
       </c>
       <c r="B94" s="2">
-        <v>20240226125916</v>
+        <v>20231007094100</v>
       </c>
       <c r="C94" s="2">
-        <v>1708952362395</v>
+        <v>1696671682983</v>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>{"lastSave":1708952362395,"timeWatchM":3630,"timeWatchW":2041,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"5bbae0ac","watches":[{"actions":[{"type":"start","time":1708952356722},{"type":"stop","time":1708952360352}]},{"actions":[{"type":"start","time":1708952360354},{"type":"stop","time":1708952362395}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1696671682983,"timeWatchM":13656,"timeWatchW":3520,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"5666a40c","watches":[{"actions":[{"type":"start","time":1696671659474},{"type":"stop","time":1696671669783},{"type":"start","time":1696671679635},{"type":"stop","time":1696671682982}]},{"actions":[{"type":"start","time":1696671676113},{"type":"stop","time":1696671679633}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E94">
-        <v>3630</v>
+        <v>13656</v>
       </c>
       <c r="F94">
-        <v>2041</v>
+        <v>3520</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I94">
         <v>1</v>
       </c>
       <c r="J94">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95" s="2">
-        <v>20250131172945</v>
+        <v>20250923175043</v>
       </c>
       <c r="C95" s="2">
-        <v>1738344588513</v>
+        <v>1758649971522</v>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>{"lastSave":1738344588513,"timeWatchM":3044,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"5bf14441","watches":[{"actions":[{"type":"start","time":1738344585467},{"type":"stop","time":1738344587712},{"type":"start","time":1738344587714},{"type":"stop","time":1738344588513}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758649971522,"timeWatchM":18881,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"56b03489","watches":[{"actions":[{"type":"start","time":1758649952641},{"type":"stop","time":1758649971522}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E95">
-        <v>3044</v>
+        <v>18881</v>
       </c>
       <c r="F95">
         <v>0</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I95">
         <v>0</v>
       </c>
       <c r="J95">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96" s="2">
-        <v>20230703101634</v>
+        <v>20250522094611</v>
       </c>
       <c r="C96" s="2">
-        <v>1688379420652</v>
+        <v>1747908144328</v>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>{"lastSave":1688379420652,"timeWatchM":2854,"timeWatchW":4937,"timeWatchD":4401,"countWatchM":1,"countWatchW":2,"countWatchD":1,"id":"5c048555","watches":[{"actions":[{"type":"start","time":1688379413397},{"type":"stop","time":1688379416251}]},{"actions":[{"type":"start","time":1688379408458},{"type":"stop","time":1688379408827},{"type":"start","time":1688379408828},{"type":"stop","time":1688379413396}]},{"actions":[{"type":"start","time":1688379416251},{"type":"stop","time":1688379420652}]}]}</t>
+          <t>{"lastSave":1747908144328,"timeWatchM":929642,"timeWatchW":5799,"timeWatchD":0,"countWatchM":3,"countWatchW":2,"countWatchD":0,"id":"5730925a","watches":[{"actions":[{"type":"start","time":1747907203532},{"type":"stop","time":1747908127559},{"type":"start","time":1747908127560},{"type":"stop","time":1747908129326},{"type":"start","time":1747908129327},{"type":"stop","time":1747908133176}]},{"actions":[{"type":"start","time":1747908136676},{"type":"stop","time":1747908140926},{"type":"start","time":1747908140927},{"type":"stop","time":1747908142476}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E96">
-        <v>2854</v>
+        <v>929642</v>
       </c>
       <c r="F96">
-        <v>4937</v>
+        <v>5799</v>
       </c>
       <c r="G96">
-        <v>4401</v>
+        <v>0</v>
       </c>
       <c r="H96">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I96">
         <v>2</v>
       </c>
       <c r="J96">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97" s="2">
-        <v>20250627160426</v>
+        <v>20250524123707</v>
       </c>
       <c r="C97" s="2">
-        <v>1751043365526</v>
+        <v>1748090673506</v>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>{"lastSave":1751043365526,"timeWatchM":614379,"timeWatchW":1807479,"timeWatchD":0,"countWatchM":5,"countWatchW":9,"countWatchD":0,"id":"5c23ae99","watches":[{"actions":[{"type":"start","time":1751040266181},{"type":"stop","time":1751040317851},{"type":"start","time":1751040319770},{"type":"stop","time":1751040321503},{"type":"start","time":1751040357755},{"type":"stop","time":1751040841694},{"type":"start","time":1751040842395},{"type":"stop","time":1751040862189},{"type":"start","time":1751043283172},{"type":"stop","time":1751043340415}]},{"actions":[{"type":"start","time":1751040322156},{"type":"stop","time":1751040357026},{"type":"start","time":1751040893338},{"type":"stop","time":1751041126293},{"type":"start","time":1751041126892},{"type":"stop","time":1751042147788},{"type":"start","time":1751042148901},{"type":"stop","time":1751042479393},{"type":"start","time":1751042479394},{"type":"stop","time":1751042480593},{"type":"start","time":1751043055463},{"type":"stop","time":1751043073142},{"type":"start","time":1751043105958},{"type":"stop","time":1751043194451},{"type":"start","time":1751043223746},{"type":"stop","time":1751043280385},{"type":"start","time":1751043341270},{"type":"stop","time":1751043365526}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748090673506,"timeWatchM":371786,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"57598e56","watches":[{"actions":[{"type":"start","time":1748090262289},{"type":"stop","time":1748090624597},{"type":"start","time":1748090638572},{"type":"stop","time":1748090648050}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E97">
-        <v>614379</v>
+        <v>371786</v>
       </c>
       <c r="F97">
-        <v>1807479</v>
+        <v>0</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I97">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="J97">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98" s="2">
-        <v>20250923182519</v>
+        <v>20230407114616</v>
       </c>
       <c r="C98" s="2">
-        <v>1758652326120</v>
+        <v>1680867984609</v>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>{"lastSave":1758652326120,"timeWatchM":0,"timeWatchW":88643,"timeWatchD":0,"countWatchM":0,"countWatchW":5,"countWatchD":0,"id":"5f904e02","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758651919583},{"type":"stop","time":1758651936733},{"type":"start","time":1758652073337},{"type":"stop","time":1758652080218},{"type":"start","time":1758652080219},{"type":"stop","time":1758652081984},{"type":"start","time":1758652172220},{"type":"stop","time":1758652205519},{"type":"start","time":1758652296572},{"type":"stop","time":1758652326120}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1680867984609,"timeWatchM":3729,"timeWatchW":4832,"timeWatchD":0,"countWatchM":2,"countWatchW":3,"countWatchD":0,"id":"57e06dfc","watches":[{"actions":[{"type":"start","time":1680867978164},{"type":"stop","time":1680867979007},{"type":"start","time":1680867979683},{"type":"stop","time":1680867982569}]},{"actions":[{"type":"start","time":1680867975371},{"type":"stop","time":1680867977167},{"type":"start","time":1680867977167},{"type":"stop","time":1680867978164},{"type":"start","time":1680867982570},{"type":"stop","time":1680867984609}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E98">
-        <v>0</v>
+        <v>3729</v>
       </c>
       <c r="F98">
-        <v>88643</v>
+        <v>4832</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I98">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J98">
         <v>0</v>
       </c>
     </row>
     <row r="99">
-      <c r="A99">
-        <v>60557219</v>
+      <c r="A99" t="s">
+        <v>102</v>
       </c>
       <c r="B99" s="2">
-        <v>20250412130743</v>
+        <v>20250814170557</v>
       </c>
       <c r="C99" s="2">
-        <v>1744468978845</v>
+        <v>1755204476832</v>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>{"lastSave":1744468978845,"timeWatchM":2258605,"timeWatchW":2005258,"timeWatchD":0,"countWatchM":37,"countWatchW":31,"countWatchD":0,"id":"60557219","watches":[{"actions":[{"type":"start","time":1744463263429},{"type":"stop","time":1744463348844},{"type":"start","time":1744463518975},{"type":"stop","time":1744463619697},{"type":"start","time":1744463875635},{"type":"stop","time":1744463928684},{"type":"start","time":1744464309560},{"type":"stop","time":1744464324366},{"type":"start","time":1744464718290},{"type":"stop","time":1744464770970},{"type":"start","time":1744464812305},{"type":"stop","time":1744464997571},{"type":"start","time":1744465022409},{"type":"stop","time":1744465067138},{"type":"start","time":1744465112689},{"type":"stop","time":1744465148707},{"type":"start","time":1744465150743},{"type":"stop","time":1744465198009},{"type":"start","time":1744465334166},{"type":"stop","time":1744465389780},{"type":"start","time":1744465397456},{"type":"stop","time":1744465462497},{"type":"start","time":1744465602059},{"type":"stop","time":1744465638563},{"type":"start","time":1744465658208},{"type":"stop","time":1744465672899},{"type":"start","time":1744465673683},{"type":"stop","time":1744465701698},{"type":"start","time":1744465750462},{"type":"stop","time":1744465792400},{"type":"start","time":1744465794251},{"type":"stop","time":1744465882554},{"type":"start","time":1744465885622},{"type":"stop","time":1744465975493},{"type":"start","time":1744465991720},{"type":"stop","time":1744466062879},{"type":"start","time":1744466186193},{"type":"stop","time":1744466314272},{"type":"start","time":1744466383507},{"type":"stop","time":1744466459980},{"type":"start","time":1744466471717},{"type":"stop","time":1744466565864},{"type":"start","time":1744466572245},{"type":"stop","time":1744466598300},{"type":"start","time":1744466653389},{"type":"stop","time":1744466715149},{"type":"start","time":1744467706356},{"type":"stop","time":1744467809557},{"type":"start","time":1744467825500},{"type":"stop","time":1744467873583},{"type":"start","time":1744467937195},{"type":"stop","time":1744467979392},{"type":"start","time":1744468083126},{"type":"stop","time":1744468089779},{"type":"start","time":1744468127890},{"type":"stop","time":1744468195867},{"type":"start","time":1744468260092},{"type":"stop","time":1744468361887},{"type":"start","time":1744468362940},{"type":"stop","time":1744468470836},{"type":"start","time":1744468473439},{"type":"stop","time":1744468503291},{"type":"start","time":1744468661527},{"type":"stop","time":1744468688860},{"type":"start","time":1744468689979},{"type":"stop","time":1744468727899},{"type":"start","time":1744468743275},{"type":"stop","time":1744468779797},{"type":"start","time":1744468793239},{"type":"stop","time":1744468801942},{"type":"start","time":1744468804446},{"type":"stop","time":1744468833370},{"type":"start","time":1744468864897},{"type":"stop","time":1744468978845}]},{"actions":[{"type":"start","time":1744463625538},{"type":"stop","time":1744463865312},{"type":"start","time":1744463869365},{"type":"stop","time":1744463873299},{"type":"start","time":1744463930238},{"type":"stop","time":1744464258501},{"type":"start","time":1744464262440},{"type":"stop","time":1744464308358},{"type":"start","time":1744464346581},{"type":"stop","time":1744464381636},{"type":"start","time":1744464382389},{"type":"stop","time":1744464563697},{"type":"start","time":1744464566499},{"type":"stop","time":1744464717288},{"type":"start","time":1744465008758},{"type":"stop","time":1744465021455},{"type":"start","time":1744465074456},{"type":"stop","time":1744465081707},{"type":"start","time":1744465089330},{"type":"stop","time":1744465101600},{"type":"start","time":1744465221018},{"type":"stop","time":1744465248962},{"type":"start","time":1744465249531},{"type":"stop","time":1744465329226},{"type":"start","time":1744465463818},{"type":"stop","time":1744465601007},{"type":"start","time":1744465643652},{"type":"stop","time":1744465653104},{"type":"start","time":1744465711339},{"type":"stop","time":1744465746744},{"type":"start","time":1744465976111},{"type":"stop","time":1744465990834},{"type":"start","time":1744466065579},{"type":"stop","time":1744466185207},{"type":"start","time":1744466315592},{"type":"stop","time":1744466382056},{"type":"start","time":1744466598984},{"type":"stop","time":1744466644307},{"type":"start","time":1744466644841},{"type":"stop","time":1744466651156},{"type":"start","time":1744466719848},{"type":"stop","time":1744466762858},{"type":"start","time":1744466781389},{"type":"stop","time":1744466846419},{"type":"start","time":1744467810477},{"type":"stop","time":1744467824730},{"type":"start","time":1744467894926},{"type":"stop","time":1744467936327},{"type":"start","time":1744467980377},{"type":"stop","time":1744468046353},{"type":"start","time":1744468046905},{"type":"stop","time":1744468078724},{"type":"start","time":1744468109928},{"type":"stop","time":1744468124035},{"type":"start","time":1744468196703},{"type":"stop","time":1744468233458},{"type":"start","time":1744468526515},{"type":"stop","time":1744468594854},{"type":"start","time":1744468595488},{"type":"stop","time":1744468659592},{"type":"start","time":1744468727900},{"type":"stop","time":1744468728967}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755204476832,"timeWatchM":4662367,"timeWatchW":1739814,"timeWatchD":0,"countWatchM":87,"countWatchW":44,"countWatchD":0,"id":"599711a3","watches":[{"actions":[{"type":"start","time":1755191156991},{"type":"stop","time":1755191160136},{"type":"start","time":1755191160137},{"type":"stop","time":1755191224197},{"type":"start","time":1755191234101},{"type":"stop","time":1755191241668},{"type":"start","time":1755191252071},{"type":"stop","time":1755191281742},{"type":"start","time":1755191285325},{"type":"stop","time":1755191441678},{"type":"start","time":1755191447663},{"type":"stop","time":1755191454362},{"type":"start","time":1755191464930},{"type":"stop","time":1755191485847},{"type":"start","time":1755191488467},{"type":"stop","time":1755191556061},{"type":"start","time":1755191558847},{"type":"stop","time":1755191643644},{"type":"start","time":1755191646879},{"type":"stop","time":1755191653562},{"type":"start","time":1755191679262},{"type":"stop","time":1755191732205},{"type":"start","time":1755191735174},{"type":"stop","time":1755191737689},{"type":"start","time":1755191745091},{"type":"stop","time":1755191790060},{"type":"start","time":1755191928076},{"type":"stop","time":1755192051220},{"type":"start","time":1755192060476},{"type":"stop","time":1755192105198},{"type":"start","time":1755192169904},{"type":"stop","time":1755192372805},{"type":"start","time":1755192375990},{"type":"stop","time":1755192388909},{"type":"start","time":1755192396957},{"type":"stop","time":1755192411389},{"type":"start","time":1755192412541},{"type":"stop","time":1755192443958},{"type":"start","time":1755192490649},{"type":"stop","time":1755192561354},{"type":"start","time":1755192562672},{"type":"stop","time":1755192634047},{"type":"start","time":1755192641482},{"type":"stop","time":1755192657282},{"type":"start","time":1755192662631},{"type":"stop","time":1755192712263},{"type":"start","time":1755192713299},{"type":"stop","time":1755192735197},{"type":"start","time":1755192736050},{"type":"stop","time":1755192752748},{"type":"start","time":1755192820856},{"type":"stop","time":1755192864494},{"type":"start","time":1755192868463},{"type":"stop","time":1755192972672},{"type":"start","time":1755193030128},{"type":"stop","time":1755193096650},{"type":"start","time":1755193097418},{"type":"stop","time":1755193175877},{"type":"start","time":1755193207011},{"type":"stop","time":1755193221561},{"type":"start","time":1755193390312},{"type":"stop","time":1755193562679},{"type":"start","time":1755193591049},{"type":"stop","time":1755193661126},{"type":"start","time":1755193721032},{"type":"stop","time":1755193784492},{"type":"start","time":1755193788212},{"type":"stop","time":1755193807380},{"type":"start","time":1755193846005},{"type":"stop","time":1755193959684},{"type":"start","time":1755193989338},{"type":"stop","time":1755194042295},{"type":"start","time":1755194044315},{"type":"stop","time":1755194218948},{"type":"start","time":1755194220236},{"type":"stop","time":1755194341495},{"type":"start","time":1755194413750},{"type":"stop","time":1755194461403},{"type":"start","time":1755194466188},{"type":"stop","time":1755194479305},{"type":"start","time":1755194510928},{"type":"stop","time":1755194596368},{"type":"start","time":1755194599470},{"type":"stop","time":1755194673836},{"type":"start","time":1755194723292},{"type":"stop","time":1755194824814},{"type":"start","time":1755194824816},{"type":"stop","time":1755194825731},{"type":"start","time":1755194983104},{"type":"stop","time":1755195123090},{"type":"start","time":1755195125258},{"type":"stop","time":1755195281580},{"type":"start","time":1755195282472},{"type":"stop","time":1755195306172},{"type":"start","time":1755195307374},{"type":"stop","time":1755195433174},{"type":"start","time":1755195449309},{"type":"stop","time":1755195530620},{"type":"start","time":1755195614697},{"type":"stop","time":1755195640212},{"type":"start","time":1755196650875},{"type":"stop","time":1755196842332},{"type":"start","time":1755196849948},{"type":"stop","time":1755196886268},{"type":"start","time":1755196900854},{"type":"stop","time":1755196911954},{"type":"start","time":1755196929755},{"type":"stop","time":1755196952838},{"type":"start","time":1755197009826},{"type":"stop","time":1755197025942},{"type":"start","time":1755197038161},{"type":"stop","time":1755197039842},{"type":"start","time":1755197049095},{"type":"stop","time":1755197098751},{"type":"start","time":1755197116569},{"type":"stop","time":1755197128885},{"type":"start","time":1755197137453},{"type":"stop","time":1755197143552},{"type":"start","time":1755197263416},{"type":"stop","time":1755197264466},{"type":"start","time":1755197284071},{"type":"stop","time":1755197295370},{"type":"start","time":1755197340548},{"type":"stop","time":1755197369116},{"type":"start","time":1755197396503},{"type":"stop","time":1755197402266},{"type":"start","time":1755197408033},{"type":"stop","time":1755197501243},{"type":"start","time":1755197532727},{"type":"stop","time":1755197536243},{"type":"start","time":1755197583168},{"type":"stop","time":1755197777814},{"type":"start","time":1755197791766},{"type":"stop","time":1755197798598},{"type":"start","time":1755197819918},{"type":"stop","time":1755197836003},{"type":"start","time":1755197839872},{"type":"stop","time":1755197844788},{"type":"start","time":1755197913628},{"type":"stop","time":1755197918926},{"type":"start","time":1755197924978},{"type":"stop","time":1755197927091},{"type":"start","time":1755197973131},{"type":"stop","time":1755197990948},{"type":"start","time":1755198009868},{"type":"stop","time":1755198098926},{"type":"start","time":1755198117764},{"type":"stop","time":1755198155551},{"type":"start","time":1755198156852},{"type":"stop","time":1755198163101},{"type":"start","time":1755198170423},{"type":"stop","time":1755198381270},{"type":"start","time":1755198451363},{"type":"stop","time":1755198566262},{"type":"start","time":1755198624453},{"type":"stop","time":1755198664721},{"type":"start","time":1755198760042},{"type":"stop","time":1755198784125},{"type":"start","time":1755198790910},{"type":"stop","time":1755198792758},{"type":"start","time":1755198797429},{"type":"stop","time":1755198849465},{"type":"start","time":1755198855868},{"type":"stop","time":1755198868501},{"type":"start","time":1755198916708},{"type":"stop","time":1755198952894},{"type":"start","time":1755199013483},{"type":"stop","time":1755199046167},{"type":"start","time":1755199057019},{"type":"stop","time":1755199062718},{"type":"start","time":1755199112024},{"type":"stop","time":1755199163995},{"type":"start","time":1755199177531},{"type":"stop","time":1755199190528}]},{"actions":[{"type":"start","time":1755191224198},{"type":"stop","time":1755191234100},{"type":"start","time":1755191241669},{"type":"stop","time":1755191252070},{"type":"start","time":1755191653563},{"type":"stop","time":1755191666213},{"type":"start","time":1755191791812},{"type":"stop","time":1755191925473},{"type":"start","time":1755192106052},{"type":"stop","time":1755192167471},{"type":"start","time":1755192446277},{"type":"stop","time":1755192485614},{"type":"start","time":1755192754800},{"type":"stop","time":1755192819421},{"type":"start","time":1755192976007},{"type":"stop","time":1755193028943},{"type":"start","time":1755193221562},{"type":"stop","time":1755193389246},{"type":"start","time":1755193562680},{"type":"stop","time":1755193580214},{"type":"start","time":1755193807382},{"type":"stop","time":1755193844253},{"type":"start","time":1755193966052},{"type":"stop","time":1755193989337},{"type":"start","time":1755194341499},{"type":"stop","time":1755194401031},{"type":"start","time":1755194479307},{"type":"stop","time":1755194510926},{"type":"start","time":1755194675088},{"type":"stop","time":1755194722272},{"type":"start","time":1755194826666},{"type":"stop","time":1755194983102},{"type":"start","time":1755195433176},{"type":"stop","time":1755195445707},{"type":"start","time":1755195530621},{"type":"stop","time":1755195614695},{"type":"start","time":1755196952840},{"type":"stop","time":1755197009824},{"type":"start","time":1755197025943},{"type":"stop","time":1755197038159},{"type":"start","time":1755197098752},{"type":"stop","time":1755197116567},{"type":"start","time":1755197128887},{"type":"stop","time":1755197129552},{"type":"start","time":1755197143554},{"type":"stop","time":1755197183274},{"type":"start","time":1755197264467},{"type":"stop","time":1755197284069},{"type":"start","time":1755197295372},{"type":"stop","time":1755197297804},{"type":"start","time":1755197369118},{"type":"stop","time":1755197374360},{"type":"start","time":1755197501245},{"type":"stop","time":1755197508042},{"type":"start","time":1755197508810},{"type":"stop","time":1755197532726},{"type":"start","time":1755197536244},{"type":"stop","time":1755197583167},{"type":"start","time":1755197798599},{"type":"stop","time":1755197819917},{"type":"start","time":1755197844789},{"type":"stop","time":1755197887844},{"type":"start","time":1755197927092},{"type":"stop","time":1755197946896},{"type":"start","time":1755198098928},{"type":"stop","time":1755198117763},{"type":"start","time":1755198163103},{"type":"stop","time":1755198170421},{"type":"start","time":1755198381273},{"type":"stop","time":1755198451361},{"type":"start","time":1755198566264},{"type":"stop","time":1755198603401},{"type":"start","time":1755198664723},{"type":"stop","time":1755198760040},{"type":"start","time":1755198786760},{"type":"stop","time":1755198790908},{"type":"start","time":1755198792760},{"type":"stop","time":1755198797426},{"type":"start","time":1755198868503},{"type":"stop","time":1755198916706},{"type":"start","time":1755198952896},{"type":"stop","time":1755199004414},{"type":"start","time":1755199046168},{"type":"stop","time":1755199057018},{"type":"start","time":1755199065687},{"type":"stop","time":1755199112022},{"type":"start","time":1755199170295},{"type":"stop","time":1755199177528}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E99">
-        <v>2258605</v>
+        <v>4662367</v>
       </c>
       <c r="F99">
-        <v>2005258</v>
+        <v>1739814</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
-        <v>37</v>
+        <v>87</v>
       </c>
       <c r="I99">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="J99">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B100" s="2">
-        <v>20250923173320</v>
+        <v>20250923170250</v>
       </c>
       <c r="C100" s="2">
-        <v>1758648970454</v>
+        <v>1758647057351</v>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>{"lastSave":1758648970454,"timeWatchM":169800,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"605c84","watches":[{"actions":[{"type":"start","time":1758648800654},{"type":"stop","time":1758648970454}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758647057351,"timeWatchM":0,"timeWatchW":86664,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"5a70028f","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758646970686},{"type":"stop","time":1758647054634},{"type":"start","time":1758647054635},{"type":"stop","time":1758647057351}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E100">
-        <v>169800</v>
+        <v>0</v>
       </c>
       <c r="F100">
-        <v>0</v>
+        <v>86664</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I100">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J100">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B101" s="2">
-        <v>20250325193741</v>
+        <v>20250416163402</v>
       </c>
       <c r="C101" s="2">
-        <v>1742931492314</v>
+        <v>1744821264847</v>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>{"lastSave":1742931492314,"timeWatchM":27350,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"60f5fb23","watches":[{"actions":[{"type":"start","time":1742931461222},{"type":"stop","time":1742931488572}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744821264847,"timeWatchM":12149,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"5b17ae2c","watches":[{"actions":[{"type":"start","time":1744821241567},{"type":"stop","time":1744821253716}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E101">
-        <v>27350</v>
+        <v>12149</v>
       </c>
       <c r="F101">
         <v>0</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>1</v>
       </c>
       <c r="I101">
         <v>0</v>
       </c>
       <c r="J101">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B102" s="2">
-        <v>20250923171024</v>
+        <v>20250325182225</v>
       </c>
       <c r="C102" s="2">
-        <v>1758648207337</v>
+        <v>1742927194733</v>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>{"lastSave":1758648207337,"timeWatchM":166945,"timeWatchW":85199,"timeWatchD":0,"countWatchM":3,"countWatchW":2,"countWatchD":0,"id":"615b5fe4","watches":[{"actions":[{"type":"start","time":1758647466919},{"type":"stop","time":1758647470701},{"type":"start","time":1758647512803},{"type":"stop","time":1758647584834},{"type":"start","time":1758648115137},{"type":"stop","time":1758648206269}]},{"actions":[{"type":"start","time":1758647423819},{"type":"stop","time":1758647466918},{"type":"start","time":1758647470702},{"type":"stop","time":1758647512802}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742927194733,"timeWatchM":195131,"timeWatchW":0,"timeWatchD":0,"countWatchM":7,"countWatchW":0,"countWatchD":0,"id":"5ba83d62","watches":[{"actions":[{"type":"start","time":1742926945976},{"type":"stop","time":1742927014922},{"type":"start","time":1742927051409},{"type":"stop","time":1742927071056},{"type":"start","time":1742927073224},{"type":"stop","time":1742927077972},{"type":"start","time":1742927078639},{"type":"stop","time":1742927111356},{"type":"start","time":1742927122136},{"type":"stop","time":1742927164483},{"type":"start","time":1742927165830},{"type":"stop","time":1742927180501},{"type":"start","time":1742927181933},{"type":"stop","time":1742927193988}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E102">
-        <v>166945</v>
+        <v>195131</v>
       </c>
       <c r="F102">
-        <v>85199</v>
+        <v>0</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I102">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J102">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B103" s="2">
-        <v>20250923181538</v>
+        <v>20240226125916</v>
       </c>
       <c r="C103" s="2">
-        <v>1758651386644</v>
+        <v>1708952362395</v>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651386644,"timeWatchM":48533,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"61ee62ad","watches":[{"actions":[{"type":"start","time":1758651338111},{"type":"stop","time":1758651386644}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1708952362395,"timeWatchM":3630,"timeWatchW":2041,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"5bbae0ac","watches":[{"actions":[{"type":"start","time":1708952356722},{"type":"stop","time":1708952360352}]},{"actions":[{"type":"start","time":1708952360354},{"type":"stop","time":1708952362395}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E103">
-        <v>48533</v>
+        <v>3630</v>
       </c>
       <c r="F103">
-        <v>0</v>
+        <v>2041</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>1</v>
       </c>
       <c r="I103">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J103">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B104" s="2">
-        <v>20250109132359</v>
+        <v>20250131172945</v>
       </c>
       <c r="C104" s="2">
-        <v>1736429109637</v>
+        <v>1738344588513</v>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>{"lastSave":1736429109637,"timeWatchM":34643,"timeWatchW":16931,"timeWatchD":0,"countWatchM":3,"countWatchW":2,"countWatchD":0,"id":"62383e4a","watches":[{"actions":[{"type":"start","time":1736429039649},{"type":"stop","time":1736429051453},{"type":"start","time":1736429067376},{"type":"stop","time":1736429076628},{"type":"start","time":1736429090453},{"type":"stop","time":1736429104040}]},{"actions":[{"type":"start","time":1736429062431},{"type":"stop","time":1736429066526},{"type":"start","time":1736429077617},{"type":"stop","time":1736429090453}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1738344588513,"timeWatchM":3044,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"5bf14441","watches":[{"actions":[{"type":"start","time":1738344585467},{"type":"stop","time":1738344587712},{"type":"start","time":1738344587714},{"type":"stop","time":1738344588513}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E104">
-        <v>34643</v>
+        <v>3044</v>
       </c>
       <c r="F104">
-        <v>16931</v>
+        <v>0</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I104">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J104">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B105" s="2">
-        <v>20250319111459</v>
+        <v>20230703101634</v>
       </c>
       <c r="C105" s="2">
-        <v>1742382944838</v>
+        <v>1688379420652</v>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>{"lastSave":1742382944838,"timeWatchM":36895,"timeWatchW":7671,"timeWatchD":0,"countWatchM":3,"countWatchW":1,"countWatchD":0,"id":"6259a403","watches":[{"actions":[{"type":"start","time":1742382900271},{"type":"stop","time":1742382913422},{"type":"start","time":1742382913422},{"type":"stop","time":1742382914134},{"type":"start","time":1742382921806},{"type":"stop","time":1742382944838}]},{"actions":[{"type":"start","time":1742382914135},{"type":"stop","time":1742382921806}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1688379420652,"timeWatchM":2854,"timeWatchW":4937,"timeWatchD":4401,"countWatchM":1,"countWatchW":2,"countWatchD":1,"id":"5c048555","watches":[{"actions":[{"type":"start","time":1688379413397},{"type":"stop","time":1688379416251}]},{"actions":[{"type":"start","time":1688379408458},{"type":"stop","time":1688379408827},{"type":"start","time":1688379408828},{"type":"stop","time":1688379413396}]},{"actions":[{"type":"start","time":1688379416251},{"type":"stop","time":1688379420652}]}]}</t>
         </is>
       </c>
       <c r="E105">
-        <v>36895</v>
+        <v>2854</v>
       </c>
       <c r="F105">
-        <v>7671</v>
+        <v>4937</v>
       </c>
       <c r="G105">
-        <v>0</v>
+        <v>4401</v>
       </c>
       <c r="H105">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J105">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B106" s="2">
-        <v>20230523174604</v>
+        <v>20250627160426</v>
       </c>
       <c r="C106" s="2">
-        <v>1684866886693</v>
+        <v>1751043365526</v>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>{"lastSave":1684866886693,"timeWatchM":689034,"timeWatchW":1231299,"timeWatchD":1003403,"countWatchM":14,"countWatchW":11,"countWatchD":8,"id":"627fc01e","watches":[{"actions":[{"type":"start","time":1684863962806},{"type":"stop","time":1684864064881},{"type":"start","time":1684864195021},{"type":"stop","time":1684864253747},{"type":"start","time":1684864422679},{"type":"stop","time":1684864475471},{"type":"start","time":1684864694136},{"type":"stop","time":1684864732838},{"type":"start","time":1684864938202},{"type":"stop","time":1684865005938},{"type":"start","time":1684865245298},{"type":"stop","time":1684865263620},{"type":"start","time":1684865377490},{"type":"stop","time":1684865382386},{"type":"start","time":1684865556966},{"type":"stop","time":1684865597617},{"type":"start","time":1684865715342},{"type":"stop","time":1684865740073},{"type":"start","time":1684865856351},{"type":"stop","time":1684865906124},{"type":"start","time":1684866194538},{"type":"stop","time":1684866215451},{"type":"start","time":1684866255682},{"type":"stop","time":1684866363761},{"type":"start","time":1684866553292},{"type":"stop","time":1684866615825},{"type":"start","time":1684866792531},{"type":"stop","time":1684866831636}]},{"actions":[{"type":"start","time":1684864064886},{"type":"stop","time":1684864195017},{"type":"start","time":1684864475474},{"type":"stop","time":1684864694110},{"type":"start","time":1684865005942},{"type":"stop","time":1684865126198},{"type":"start","time":1684865263624},{"type":"stop","time":1684865377486},{"type":"start","time":1684865441180},{"type":"stop","time":1684865556963},{"type":"start","time":1684865597621},{"type":"stop","time":1684865715340},{"type":"start","time":1684866020132},{"type":"stop","time":1684866194533},{"type":"start","time":1684866215454},{"type":"stop","time":1684866255679},{"type":"start","time":1684866504029},{"type":"stop","time":1684866553288},{"type":"start","time":1684866615829},{"type":"stop","time":1684866711805},{"type":"start","time":1684866831641},{"type":"stop","time":1684866886692}]},{"actions":[{"type":"start","time":1684864253750},{"type":"stop","time":1684864422675},{"type":"start","time":1684864732843},{"type":"stop","time":1684864938195},{"type":"start","time":1684865126202},{"type":"stop","time":1684865245294},{"type":"start","time":1684865382389},{"type":"stop","time":1684865441175},{"type":"start","time":1684865740077},{"type":"stop","time":1684865856347},{"type":"start","time":1684865906128},{"type":"stop","time":1684866020129},{"type":"start","time":1684866363765},{"type":"stop","time":1684866504024},{"type":"start","time":1684866711809},{"type":"stop","time":1684866792527}]}]}</t>
+          <t>{"lastSave":1751043365526,"timeWatchM":614379,"timeWatchW":1807479,"timeWatchD":0,"countWatchM":5,"countWatchW":9,"countWatchD":0,"id":"5c23ae99","watches":[{"actions":[{"type":"start","time":1751040266181},{"type":"stop","time":1751040317851},{"type":"start","time":1751040319770},{"type":"stop","time":1751040321503},{"type":"start","time":1751040357755},{"type":"stop","time":1751040841694},{"type":"start","time":1751040842395},{"type":"stop","time":1751040862189},{"type":"start","time":1751043283172},{"type":"stop","time":1751043340415}]},{"actions":[{"type":"start","time":1751040322156},{"type":"stop","time":1751040357026},{"type":"start","time":1751040893338},{"type":"stop","time":1751041126293},{"type":"start","time":1751041126892},{"type":"stop","time":1751042147788},{"type":"start","time":1751042148901},{"type":"stop","time":1751042479393},{"type":"start","time":1751042479394},{"type":"stop","time":1751042480593},{"type":"start","time":1751043055463},{"type":"stop","time":1751043073142},{"type":"start","time":1751043105958},{"type":"stop","time":1751043194451},{"type":"start","time":1751043223746},{"type":"stop","time":1751043280385},{"type":"start","time":1751043341270},{"type":"stop","time":1751043365526}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E106">
-        <v>689034</v>
+        <v>614379</v>
       </c>
       <c r="F106">
-        <v>1231299</v>
+        <v>1807479</v>
       </c>
       <c r="G106">
-        <v>1003403</v>
+        <v>0</v>
       </c>
       <c r="H106">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="I106">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="J106">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B107" s="2">
-        <v>20231221122725</v>
+        <v>20250923182519</v>
       </c>
       <c r="C107" s="2">
-        <v>1703161653273</v>
+        <v>1758652326120</v>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>{"lastSave":1703161653273,"timeWatchM":3847,"timeWatchW":2545,"timeWatchD":1138,"countWatchM":2.5,"countWatchW":1,"countWatchD":1,"id":"636432de","watches":[{"actions":[{"type":"start","time":1703161645735},{"type":"stop","time":1703161647901},{"type":"start","time":1703161651590},{"type":"stop","time":1703161653271},{"type":"start","time":1703161653273}]},{"actions":[{"type":"start","time":1703161647903},{"type":"stop","time":1703161650448}]},{"actions":[{"type":"start","time":1703161650450},{"type":"stop","time":1703161651588}]}]}</t>
+          <t>{"lastSave":1758652326120,"timeWatchM":0,"timeWatchW":88643,"timeWatchD":0,"countWatchM":0,"countWatchW":5,"countWatchD":0,"id":"5f904e02","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758651919583},{"type":"stop","time":1758651936733},{"type":"start","time":1758652073337},{"type":"stop","time":1758652080218},{"type":"start","time":1758652080219},{"type":"stop","time":1758652081984},{"type":"start","time":1758652172220},{"type":"stop","time":1758652205519},{"type":"start","time":1758652296572},{"type":"stop","time":1758652326120}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E107">
-        <v>3847</v>
+        <v>0</v>
       </c>
       <c r="F107">
-        <v>2545</v>
+        <v>88643</v>
       </c>
       <c r="G107">
-        <v>1138</v>
+        <v>0</v>
       </c>
       <c r="H107">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I107">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J107">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108">
-      <c r="A108" t="s">
-        <v>110</v>
+      <c r="A108">
+        <v>60557219</v>
       </c>
       <c r="B108" s="2">
-        <v>20250923181237</v>
+        <v>20250412130743</v>
       </c>
       <c r="C108" s="2">
-        <v>1758651179544</v>
+        <v>1744468978845</v>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651179544,"timeWatchM":0,"timeWatchW":21733,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"638fbd8a","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758651157810},{"type":"stop","time":1758651179543}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744468978845,"timeWatchM":2258605,"timeWatchW":2005258,"timeWatchD":0,"countWatchM":37,"countWatchW":31,"countWatchD":0,"id":"60557219","watches":[{"actions":[{"type":"start","time":1744463263429},{"type":"stop","time":1744463348844},{"type":"start","time":1744463518975},{"type":"stop","time":1744463619697},{"type":"start","time":1744463875635},{"type":"stop","time":1744463928684},{"type":"start","time":1744464309560},{"type":"stop","time":1744464324366},{"type":"start","time":1744464718290},{"type":"stop","time":1744464770970},{"type":"start","time":1744464812305},{"type":"stop","time":1744464997571},{"type":"start","time":1744465022409},{"type":"stop","time":1744465067138},{"type":"start","time":1744465112689},{"type":"stop","time":1744465148707},{"type":"start","time":1744465150743},{"type":"stop","time":1744465198009},{"type":"start","time":1744465334166},{"type":"stop","time":1744465389780},{"type":"start","time":1744465397456},{"type":"stop","time":1744465462497},{"type":"start","time":1744465602059},{"type":"stop","time":1744465638563},{"type":"start","time":1744465658208},{"type":"stop","time":1744465672899},{"type":"start","time":1744465673683},{"type":"stop","time":1744465701698},{"type":"start","time":1744465750462},{"type":"stop","time":1744465792400},{"type":"start","time":1744465794251},{"type":"stop","time":1744465882554},{"type":"start","time":1744465885622},{"type":"stop","time":1744465975493},{"type":"start","time":1744465991720},{"type":"stop","time":1744466062879},{"type":"start","time":1744466186193},{"type":"stop","time":1744466314272},{"type":"start","time":1744466383507},{"type":"stop","time":1744466459980},{"type":"start","time":1744466471717},{"type":"stop","time":1744466565864},{"type":"start","time":1744466572245},{"type":"stop","time":1744466598300},{"type":"start","time":1744466653389},{"type":"stop","time":1744466715149},{"type":"start","time":1744467706356},{"type":"stop","time":1744467809557},{"type":"start","time":1744467825500},{"type":"stop","time":1744467873583},{"type":"start","time":1744467937195},{"type":"stop","time":1744467979392},{"type":"start","time":1744468083126},{"type":"stop","time":1744468089779},{"type":"start","time":1744468127890},{"type":"stop","time":1744468195867},{"type":"start","time":1744468260092},{"type":"stop","time":1744468361887},{"type":"start","time":1744468362940},{"type":"stop","time":1744468470836},{"type":"start","time":1744468473439},{"type":"stop","time":1744468503291},{"type":"start","time":1744468661527},{"type":"stop","time":1744468688860},{"type":"start","time":1744468689979},{"type":"stop","time":1744468727899},{"type":"start","time":1744468743275},{"type":"stop","time":1744468779797},{"type":"start","time":1744468793239},{"type":"stop","time":1744468801942},{"type":"start","time":1744468804446},{"type":"stop","time":1744468833370},{"type":"start","time":1744468864897},{"type":"stop","time":1744468978845}]},{"actions":[{"type":"start","time":1744463625538},{"type":"stop","time":1744463865312},{"type":"start","time":1744463869365},{"type":"stop","time":1744463873299},{"type":"start","time":1744463930238},{"type":"stop","time":1744464258501},{"type":"start","time":1744464262440},{"type":"stop","time":1744464308358},{"type":"start","time":1744464346581},{"type":"stop","time":1744464381636},{"type":"start","time":1744464382389},{"type":"stop","time":1744464563697},{"type":"start","time":1744464566499},{"type":"stop","time":1744464717288},{"type":"start","time":1744465008758},{"type":"stop","time":1744465021455},{"type":"start","time":1744465074456},{"type":"stop","time":1744465081707},{"type":"start","time":1744465089330},{"type":"stop","time":1744465101600},{"type":"start","time":1744465221018},{"type":"stop","time":1744465248962},{"type":"start","time":1744465249531},{"type":"stop","time":1744465329226},{"type":"start","time":1744465463818},{"type":"stop","time":1744465601007},{"type":"start","time":1744465643652},{"type":"stop","time":1744465653104},{"type":"start","time":1744465711339},{"type":"stop","time":1744465746744},{"type":"start","time":1744465976111},{"type":"stop","time":1744465990834},{"type":"start","time":1744466065579},{"type":"stop","time":1744466185207},{"type":"start","time":1744466315592},{"type":"stop","time":1744466382056},{"type":"start","time":1744466598984},{"type":"stop","time":1744466644307},{"type":"start","time":1744466644841},{"type":"stop","time":1744466651156},{"type":"start","time":1744466719848},{"type":"stop","time":1744466762858},{"type":"start","time":1744466781389},{"type":"stop","time":1744466846419},{"type":"start","time":1744467810477},{"type":"stop","time":1744467824730},{"type":"start","time":1744467894926},{"type":"stop","time":1744467936327},{"type":"start","time":1744467980377},{"type":"stop","time":1744468046353},{"type":"start","time":1744468046905},{"type":"stop","time":1744468078724},{"type":"start","time":1744468109928},{"type":"stop","time":1744468124035},{"type":"start","time":1744468196703},{"type":"stop","time":1744468233458},{"type":"start","time":1744468526515},{"type":"stop","time":1744468594854},{"type":"start","time":1744468595488},{"type":"stop","time":1744468659592},{"type":"start","time":1744468727900},{"type":"stop","time":1744468728967}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E108">
-        <v>0</v>
+        <v>2258605</v>
       </c>
       <c r="F108">
-        <v>21733</v>
+        <v>2005258</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="I108">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="J108">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>111</v>
       </c>
       <c r="B109" s="2">
-        <v>20250206004331</v>
+        <v>20250923173320</v>
       </c>
       <c r="C109" s="2">
-        <v>1738802634875</v>
+        <v>1758648970454</v>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>{"lastSave":1738802634875,"timeWatchM":5135,"timeWatchW":5842,"timeWatchD":5442,"countWatchM":1,"countWatchW":1,"countWatchD":1,"id":"63bd08d5","watches":[{"actions":[{"type":"start","time":1738802611453},{"type":"stop","time":1738802616588}]},{"actions":[{"type":"start","time":1738802616588},{"type":"stop","time":1738802622430}]},{"actions":[{"type":"start","time":1738802622430},{"type":"stop","time":1738802627872}]}]}</t>
+          <t>{"lastSave":1758648970454,"timeWatchM":169800,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"605c84","watches":[{"actions":[{"type":"start","time":1758648800654},{"type":"stop","time":1758648970454}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E109">
-        <v>5135</v>
+        <v>169800</v>
       </c>
       <c r="F109">
-        <v>5842</v>
+        <v>0</v>
       </c>
       <c r="G109">
-        <v>5442</v>
+        <v>0</v>
       </c>
       <c r="H109">
         <v>1</v>
       </c>
       <c r="I109">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J109">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>112</v>
       </c>
       <c r="B110" s="2">
-        <v>20241206183318</v>
+        <v>20250325193741</v>
       </c>
       <c r="C110" s="2">
-        <v>1733517407301</v>
+        <v>1742931492314</v>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>{"lastSave":1733517407301,"timeWatchM":1452331,"timeWatchW":1474555,"timeWatchD":45502,"countWatchM":19,"countWatchW":11,"countWatchD":4,"id":"63f0fe18","watches":[{"actions":[{"type":"start","time":1733509998533},{"type":"stop","time":1733510015554},{"type":"start","time":1733510017368},{"type":"stop","time":1733510144458},{"type":"start","time":1733510536149},{"type":"stop","time":1733510673525},{"type":"start","time":1733511249176},{"type":"stop","time":1733511292945},{"type":"start","time":1733511701983},{"type":"stop","time":1733512055544},{"type":"start","time":1733512335076},{"type":"stop","time":1733512336249},{"type":"start","time":1733512381041},{"type":"stop","time":1733512641236},{"type":"start","time":1733515207548},{"type":"stop","time":1733515303677},{"type":"start","time":1733515316464},{"type":"stop","time":1733515445025},{"type":"start","time":1733515446079},{"type":"stop","time":1733515456865},{"type":"start","time":1733515496892},{"type":"stop","time":1733515577630},{"type":"start","time":1733515619839},{"type":"stop","time":1733515648820},{"type":"start","time":1733515681621},{"type":"stop","time":1733515702009},{"type":"start","time":1733515705895},{"type":"stop","time":1733515736912},{"type":"start","time":1733517207695},{"type":"stop","time":1733517213844},{"type":"start","time":1733517213846},{"type":"stop","time":1733517228169},{"type":"start","time":1733517278726},{"type":"stop","time":1733517287850},{"type":"start","time":1733517314932},{"type":"stop","time":1733517364875},{"type":"start","time":1733517371294},{"type":"stop","time":1733517407301}]},{"actions":[{"type":"start","time":1733510681976},{"type":"stop","time":1733511247695},{"type":"start","time":1733511294010},{"type":"stop","time":1733511700220},{"type":"start","time":1733512056892},{"type":"stop","time":1733512335074},{"type":"start","time":1733512351254},{"type":"stop","time":1733512379441},{"type":"start","time":1733515058575},{"type":"stop","time":1733515129305},{"type":"start","time":1733515130620},{"type":"stop","time":1733515200863},{"type":"start","time":1733515304343},{"type":"stop","time":1733515310560},{"type":"start","time":1733515653508},{"type":"stop","time":1733515675483},{"type":"start","time":1733517260130},{"type":"stop","time":1733517277513},{"type":"start","time":1733517292001},{"type":"stop","time":1733517297122},{"type":"start","time":1733517365674},{"type":"stop","time":1733517370262}]},{"actions":[{"type":"start","time":1733515578199},{"type":"stop","time":1733515588372},{"type":"start","time":1733515588374},{"type":"stop","time":1733515589006},{"type":"start","time":1733515589008},{"type":"stop","time":1733515619837},{"type":"start","time":1733515676102},{"type":"stop","time":1733515679970}]}]}</t>
+          <t>{"lastSave":1742931492314,"timeWatchM":27350,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"60f5fb23","watches":[{"actions":[{"type":"start","time":1742931461222},{"type":"stop","time":1742931488572}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E110">
-        <v>1452331</v>
+        <v>27350</v>
       </c>
       <c r="F110">
-        <v>1474555</v>
+        <v>0</v>
       </c>
       <c r="G110">
-        <v>45502</v>
+        <v>0</v>
       </c>
       <c r="H110">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="I110">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="J110">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>113</v>
       </c>
       <c r="B111" s="2">
-        <v>20240504113304</v>
+        <v>20250923171024</v>
       </c>
       <c r="C111" s="2">
-        <v>1714832932882</v>
+        <v>1758648207337</v>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>{"lastSave":1714832932882,"timeWatchM":6414638,"timeWatchW":2741034,"timeWatchD":0,"countWatchM":55,"countWatchW":33,"countWatchD":0,"id":"63f1fe28","watches":[{"actions":[{"type":"start","time":1714822383919},{"type":"stop","time":1714822443736},{"type":"start","time":1714822606770},{"type":"stop","time":1714822671383},{"type":"start","time":1714822671385},{"type":"stop","time":1714822700876},{"type":"start","time":1714822764563},{"type":"stop","time":1714822809712},{"type":"start","time":1714822809715},{"type":"stop","time":1714823348693},{"type":"start","time":1714823371845},{"type":"stop","time":1714823502061},{"type":"start","time":1714823549993},{"type":"stop","time":1714823671192},{"type":"start","time":1714823696941},{"type":"stop","time":1714824108066},{"type":"start","time":1714824169951},{"type":"stop","time":1714824233350},{"type":"start","time":1714824290653},{"type":"stop","time":1714824492118},{"type":"start","time":1714824492119},{"type":"stop","time":1714824699213},{"type":"start","time":1714824708949},{"type":"stop","time":1714824949265},{"type":"start","time":1714825406359},{"type":"stop","time":1714825461756},{"type":"start","time":1714825504458},{"type":"stop","time":1714825603741},{"type":"start","time":1714825603742},{"type":"stop","time":1714825724174},{"type":"start","time":1714825779926},{"type":"stop","time":1714825915642},{"type":"start","time":1714825934460},{"type":"stop","time":1714826060875},{"type":"start","time":1714826068829},{"type":"stop","time":1714826223366},{"type":"start","time":1714826239576},{"type":"stop","time":1714826342803},{"type":"start","time":1714826655853},{"type":"stop","time":1714826789718},{"type":"start","time":1714826789720},{"type":"stop","time":1714826907900},{"type":"start","time":1714827093818},{"type":"stop","time":1714827215275},{"type":"start","time":1714827530799},{"type":"stop","time":1714827675480},{"type":"start","time":1714827915432},{"type":"stop","time":1714828045663},{"type":"start","time":1714828063165},{"type":"stop","time":1714828189430},{"type":"start","time":1714828214280},{"type":"stop","time":1714828364815},{"type":"start","time":1714828394115},{"type":"stop","time":1714828404947},{"type":"start","time":1714828410166},{"type":"stop","time":1714828430063},{"type":"start","time":1714828454097},{"type":"stop","time":1714828465399},{"type":"start","time":1714828877041},{"type":"stop","time":1714829102417},{"type":"start","time":1714829729346},{"type":"stop","time":1714829828909},{"type":"start","time":1714829837894},{"type":"stop","time":1714830030758},{"type":"start","time":1714830032709},{"type":"stop","time":1714830152089},{"type":"start","time":1714830175724},{"type":"stop","time":1714830203105},{"type":"start","time":1714830206392},{"type":"stop","time":1714830309354},{"type":"start","time":1714830630966},{"type":"stop","time":1714831004852},{"type":"start","time":1714831027303},{"type":"stop","time":1714831117150},{"type":"start","time":1714831130701},{"type":"stop","time":1714831165632},{"type":"start","time":1714831277899},{"type":"stop","time":1714831351700},{"type":"start","time":1714831363832},{"type":"stop","time":1714831414479},{"type":"start","time":1714831430413},{"type":"stop","time":1714831469395},{"type":"start","time":1714831480646},{"type":"stop","time":1714831591661},{"type":"start","time":1714831651445},{"type":"stop","time":1714831908540},{"type":"start","time":1714831915944},{"type":"stop","time":1714832092282},{"type":"start","time":1714832098183},{"type":"stop","time":1714832225213},{"type":"start","time":1714832239765},{"type":"stop","time":1714832262796},{"type":"start","time":1714832272881},{"type":"stop","time":1714832358278},{"type":"start","time":1714832393862},{"type":"stop","time":1714832471174},{"type":"start","time":1714832546493},{"type":"stop","time":1714832563989},{"type":"start","time":1714832622173},{"type":"stop","time":1714832635971},{"type":"start","time":1714832651422},{"type":"stop","time":1714832674488},{"type":"start","time":1714832709687},{"type":"stop","time":1714832752172},{"type":"start","time":1714832754120},{"type":"stop","time":1714832791484},{"type":"start","time":1714832813336},{"type":"stop","time":1714832897332},{"type":"start","time":1714832898401},{"type":"stop","time":1714832932882}]},{"actions":[{"type":"start","time":1714822451004},{"type":"stop","time":1714822606768},{"type":"start","time":1714822700878},{"type":"stop","time":1714822764561},{"type":"start","time":1714823502063},{"type":"stop","time":1714823549991},{"type":"start","time":1714823671194},{"type":"stop","time":1714823696939},{"type":"start","time":1714824128035},{"type":"stop","time":1714824169950},{"type":"start","time":1714824233352},{"type":"stop","time":1714824290651},{"type":"start","time":1714824965201},{"type":"stop","time":1714825204022},{"type":"start","time":1714825214690},{"type":"stop","time":1714825394588},{"type":"start","time":1714825489826},{"type":"stop","time":1714825490689},{"type":"start","time":1714825490691},{"type":"stop","time":1714825498505},{"type":"start","time":1714826355671},{"type":"stop","time":1714826487551},{"type":"start","time":1714826506870},{"type":"stop","time":1714826638851},{"type":"start","time":1714826927152},{"type":"stop","time":1714827075335},{"type":"start","time":1714827230442},{"type":"stop","time":1714827372050},{"type":"start","time":1714827388218},{"type":"stop","time":1714827517513},{"type":"start","time":1714827689548},{"type":"stop","time":1714827803413},{"type":"start","time":1714827818648},{"type":"stop","time":1714827898614},{"type":"start","time":1714829113985},{"type":"stop","time":1714829133667},{"type":"start","time":1714829201437},{"type":"stop","time":1714829207632},{"type":"start","time":1714829208551},{"type":"stop","time":1714829624595},{"type":"start","time":1714829632497},{"type":"stop","time":1714829727094},{"type":"start","time":1714830158940},{"type":"stop","time":1714830166688},{"type":"start","time":1714830317420},{"type":"stop","time":1714830330205},{"type":"start","time":1714830355074},{"type":"stop","time":1714830469019},{"type":"start","time":1714830469020},{"type":"stop","time":1714830541183},{"type":"start","time":1714830556450},{"type":"stop","time":1714830567863},{"type":"start","time":1714830579645},{"type":"stop","time":1714830618711},{"type":"start","time":1714831005854},{"type":"stop","time":1714831017485},{"type":"start","time":1714831169918},{"type":"stop","time":1714831262433},{"type":"start","time":1714831636345},{"type":"stop","time":1714831650209},{"type":"start","time":1714832367079},{"type":"stop","time":1714832392427},{"type":"start","time":1714832483326},{"type":"stop","time":1714832544543},{"type":"start","time":1714832570692},{"type":"stop","time":1714832617005}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758648207337,"timeWatchM":166945,"timeWatchW":85199,"timeWatchD":0,"countWatchM":3,"countWatchW":2,"countWatchD":0,"id":"615b5fe4","watches":[{"actions":[{"type":"start","time":1758647466919},{"type":"stop","time":1758647470701},{"type":"start","time":1758647512803},{"type":"stop","time":1758647584834},{"type":"start","time":1758648115137},{"type":"stop","time":1758648206269}]},{"actions":[{"type":"start","time":1758647423819},{"type":"stop","time":1758647466918},{"type":"start","time":1758647470702},{"type":"stop","time":1758647512802}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E111">
-        <v>6414638</v>
+        <v>166945</v>
       </c>
       <c r="F111">
-        <v>2741034</v>
+        <v>85199</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
-        <v>55</v>
+        <v>3</v>
       </c>
       <c r="I111">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="J111">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>114</v>
       </c>
       <c r="B112" s="2">
-        <v>20250524121106</v>
+        <v>20250923181538</v>
       </c>
       <c r="C112" s="2">
-        <v>1748088867148</v>
+        <v>1758651386644</v>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>{"lastSave":1748088867148,"timeWatchM":160466,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"651c2411","watches":[{"actions":[{"type":"start","time":1748088700351},{"type":"stop","time":1748088745280},{"type":"start","time":1748088748723},{"type":"stop","time":1748088864260}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758651386644,"timeWatchM":48533,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"61ee62ad","watches":[{"actions":[{"type":"start","time":1758651338111},{"type":"stop","time":1758651386644}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E112">
-        <v>160466</v>
+        <v>48533</v>
       </c>
       <c r="F112">
         <v>0</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I112">
         <v>0</v>
       </c>
       <c r="J112">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>115</v>
       </c>
       <c r="B113" s="2">
-        <v>20250626174641</v>
+        <v>20250109132359</v>
       </c>
       <c r="C113" s="2">
-        <v>1750961264968</v>
+        <v>1736429109637</v>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>{"lastSave":1750961264968,"timeWatchM":654383,"timeWatchW":310441,"timeWatchD":0,"countWatchM":18,"countWatchW":14,"countWatchD":0,"id":"653a7c","watches":[{"actions":[{"type":"start","time":1750960001990},{"type":"stop","time":1750960050512},{"type":"start","time":1750960050513},{"type":"stop","time":1750960090451},{"type":"start","time":1750960092299},{"type":"stop","time":1750960095298},{"type":"start","time":1750960098850},{"type":"stop","time":1750960151323},{"type":"start","time":1750960431615},{"type":"stop","time":1750960464817},{"type":"start","time":1750960499471},{"type":"stop","time":1750960591309},{"type":"start","time":1750960593359},{"type":"stop","time":1750960708370},{"type":"start","time":1750960722906},{"type":"stop","time":1750960744089},{"type":"start","time":1750960762225},{"type":"stop","time":1750960781810},{"type":"start","time":1750960790927},{"type":"stop","time":1750960800126},{"type":"start","time":1750960800127},{"type":"stop","time":1750960801343},{"type":"start","time":1750960813780},{"type":"stop","time":1750960840594},{"type":"start","time":1750960861431},{"type":"stop","time":1750960941668},{"type":"start","time":1750960982322},{"type":"stop","time":1750961003990},{"type":"start","time":1750961037071},{"type":"stop","time":1750961066882},{"type":"start","time":1750961144207},{"type":"stop","time":1750961153445},{"type":"start","time":1750961160697},{"type":"stop","time":1750961184230},{"type":"start","time":1750961199583},{"type":"stop","time":1750961227499}]},{"actions":[{"type":"start","time":1750960171434},{"type":"stop","time":1750960285902},{"type":"start","time":1750960291372},{"type":"stop","time":1750960356742},{"type":"start","time":1750960364761},{"type":"stop","time":1750960404109},{"type":"start","time":1750960406497},{"type":"stop","time":1750960429898},{"type":"start","time":1750960467218},{"type":"stop","time":1750960499469},{"type":"start","time":1750960749590},{"type":"stop","time":1750960756823},{"type":"start","time":1750960756824},{"type":"stop","time":1750960758139},{"type":"start","time":1750960758140},{"type":"stop","time":1750960762224},{"type":"start","time":1750960803327},{"type":"stop","time":1750960811144},{"type":"start","time":1750961067950},{"type":"stop","time":1750961074098},{"type":"start","time":1750961074100},{"type":"stop","time":1750961076482},{"type":"start","time":1750961232350},{"type":"stop","time":1750961232449},{"type":"start","time":1750961232449},{"type":"stop","time":1750961235465},{"type":"start","time":1750961235467},{"type":"stop","time":1750961238976}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1736429109637,"timeWatchM":34643,"timeWatchW":16931,"timeWatchD":0,"countWatchM":3,"countWatchW":2,"countWatchD":0,"id":"62383e4a","watches":[{"actions":[{"type":"start","time":1736429039649},{"type":"stop","time":1736429051453},{"type":"start","time":1736429067376},{"type":"stop","time":1736429076628},{"type":"start","time":1736429090453},{"type":"stop","time":1736429104040}]},{"actions":[{"type":"start","time":1736429062431},{"type":"stop","time":1736429066526},{"type":"start","time":1736429077617},{"type":"stop","time":1736429090453}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E113">
-        <v>654383</v>
+        <v>34643</v>
       </c>
       <c r="F113">
-        <v>310441</v>
+        <v>16931</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="I113">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="J113">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>116</v>
       </c>
       <c r="B114" s="2">
-        <v>20230407113442</v>
+        <v>20250319111459</v>
       </c>
       <c r="C114" s="2">
-        <v>1680867358772</v>
+        <v>1742382944838</v>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>{"lastSave":1680867358772,"timeWatchM":12206,"timeWatchW":28032,"timeWatchD":0,"countWatchM":7,"countWatchW":21,"countWatchD":0,"id":"65dcc846","watches":[{"actions":[{"type":"start","time":1680867303965},{"type":"stop","time":1680867306847},{"type":"start","time":1680867309275},{"type":"stop","time":1680867312592},{"type":"start","time":1680867312593},{"type":"stop","time":1680867314258},{"type":"start","time":1680867314259},{"type":"stop","time":1680867315721},{"type":"start","time":1680867315722},{"type":"stop","time":1680867316656},{"type":"start","time":1680867316657},{"type":"stop","time":1680867317023},{"type":"start","time":1680867317024},{"type":"stop","time":1680867318604}]},{"actions":[{"type":"start","time":1680867306847},{"type":"stop","time":1680867309274},{"type":"start","time":1680867318605},{"type":"stop","time":1680867320630},{"type":"start","time":1680867320631},{"type":"stop","time":1680867321761},{"type":"start","time":1680867321762},{"type":"stop","time":1680867322190},{"type":"start","time":1680867322191},{"type":"stop","time":1680867322507},{"type":"start","time":1680867322508},{"type":"stop","time":1680867322873},{"type":"start","time":1680867322874},{"type":"stop","time":1680867323239},{"type":"start","time":1680867323239},{"type":"stop","time":1680867323575},{"type":"start","time":1680867323576},{"type":"stop","time":1680867323942},{"type":"start","time":1680867323943},{"type":"stop","time":1680867324266},{"type":"start","time":1680867324266},{"type":"stop","time":1680867324623},{"type":"start","time":1680867324624},{"type":"stop","time":1680867324996},{"type":"start","time":1680867324997},{"type":"stop","time":1680867325361},{"type":"start","time":1680867325362},{"type":"stop","time":1680867325728},{"type":"start","time":1680867325729},{"type":"stop","time":1680867326086},{"type":"start","time":1680867326087},{"type":"stop","time":1680867326452},{"type":"start","time":1680867326453},{"type":"stop","time":1680867326838},{"type":"start","time":1680867326839},{"type":"stop","time":1680867327239},{"type":"start","time":1680867327240},{"type":"stop","time":1680867327626},{"type":"start","time":1680867327627},{"type":"stop","time":1680867334526},{"type":"start","time":1680867337677},{"type":"stop","time":1680867347377}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742382944838,"timeWatchM":36895,"timeWatchW":7671,"timeWatchD":0,"countWatchM":3,"countWatchW":1,"countWatchD":0,"id":"6259a403","watches":[{"actions":[{"type":"start","time":1742382900271},{"type":"stop","time":1742382913422},{"type":"start","time":1742382913422},{"type":"stop","time":1742382914134},{"type":"start","time":1742382921806},{"type":"stop","time":1742382944838}]},{"actions":[{"type":"start","time":1742382914135},{"type":"stop","time":1742382921806}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E114">
-        <v>12206</v>
+        <v>36895</v>
       </c>
       <c r="F114">
-        <v>28032</v>
+        <v>7671</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I114">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="J114">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>117</v>
       </c>
       <c r="B115" s="2">
-        <v>20240411171031</v>
+        <v>20230523174604</v>
       </c>
       <c r="C115" s="2">
-        <v>1712860224032</v>
+        <v>1684866886693</v>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>{"lastSave":1712860224032,"timeWatchM":687346,"timeWatchW":2634656,"timeWatchD":123325,"countWatchM":15,"countWatchW":23,"countWatchD":4,"id":"6768ad1","watches":[{"actions":[{"type":"start","time":1712855658072},{"type":"stop","time":1712855658640},{"type":"start","time":1712855658640},{"type":"stop","time":1712855676513},{"type":"start","time":1712855676514},{"type":"stop","time":1712855694848},{"type":"start","time":1712855779127},{"type":"stop","time":1712855846246},{"type":"start","time":1712856729097},{"type":"stop","time":1712856737854},{"type":"start","time":1712857069942},{"type":"stop","time":1712857176970},{"type":"start","time":1712857186926},{"type":"stop","time":1712857306386},{"type":"start","time":1712857348003},{"type":"stop","time":1712857352451},{"type":"start","time":1712857536989},{"type":"stop","time":1712857656355},{"type":"start","time":1712857677495},{"type":"stop","time":1712857701794},{"type":"start","time":1712857720894},{"type":"stop","time":1712857761749},{"type":"start","time":1712859527058},{"type":"stop","time":1712859566079},{"type":"start","time":1712859688724},{"type":"stop","time":1712859694697},{"type":"start","time":1712859750064},{"type":"stop","time":1712859777505},{"type":"start","time":1712859907891},{"type":"stop","time":1712859994695}]},{"actions":[{"type":"start","time":1712855488497},{"type":"stop","time":1712855655916},{"type":"start","time":1712855655917},{"type":"stop","time":1712855656408},{"type":"start","time":1712855656409},{"type":"stop","time":1712855658072},{"type":"start","time":1712855724523},{"type":"stop","time":1712855779127},{"type":"start","time":1712855846247},{"type":"stop","time":1712855864462},{"type":"start","time":1712855893691},{"type":"stop","time":1712855966448},{"type":"start","time":1712855966449},{"type":"stop","time":1712856000359},{"type":"start","time":1712856000359},{"type":"stop","time":1712856729094},{"type":"start","time":1712856737855},{"type":"stop","time":1712857069942},{"type":"start","time":1712857306386},{"type":"stop","time":1712857348003},{"type":"start","time":1712857352452},{"type":"stop","time":1712857455053},{"type":"start","time":1712857455054},{"type":"stop","time":1712857471746},{"type":"start","time":1712857471746},{"type":"stop","time":1712857536988},{"type":"start","time":1712857701795},{"type":"stop","time":1712857720894},{"type":"start","time":1712857761750},{"type":"stop","time":1712857909955},{"type":"start","time":1712858996911},{"type":"stop","time":1712859053252},{"type":"start","time":1712859091692},{"type":"stop","time":1712859527057},{"type":"start","time":1712859566080},{"type":"stop","time":1712859654650},{"type":"start","time":1712859694698},{"type":"stop","time":1712859713283},{"type":"start","time":1712859741190},{"type":"stop","time":1712859750064},{"type":"start","time":1712859789112},{"type":"stop","time":1712859907891},{"type":"start","time":1712860026104},{"type":"stop","time":1712860122875},{"type":"start","time":1712860184745},{"type":"stop","time":1712860192779}]},{"actions":[{"type":"start","time":1712855694849},{"type":"stop","time":1712855724522},{"type":"start","time":1712857656355},{"type":"stop","time":1712857677495},{"type":"start","time":1712859053253},{"type":"stop","time":1712859091692},{"type":"start","time":1712859654650},{"type":"stop","time":1712859688723}]}]}</t>
+          <t>{"lastSave":1684866886693,"timeWatchM":689034,"timeWatchW":1231299,"timeWatchD":1003403,"countWatchM":14,"countWatchW":11,"countWatchD":8,"id":"627fc01e","watches":[{"actions":[{"type":"start","time":1684863962806},{"type":"stop","time":1684864064881},{"type":"start","time":1684864195021},{"type":"stop","time":1684864253747},{"type":"start","time":1684864422679},{"type":"stop","time":1684864475471},{"type":"start","time":1684864694136},{"type":"stop","time":1684864732838},{"type":"start","time":1684864938202},{"type":"stop","time":1684865005938},{"type":"start","time":1684865245298},{"type":"stop","time":1684865263620},{"type":"start","time":1684865377490},{"type":"stop","time":1684865382386},{"type":"start","time":1684865556966},{"type":"stop","time":1684865597617},{"type":"start","time":1684865715342},{"type":"stop","time":1684865740073},{"type":"start","time":1684865856351},{"type":"stop","time":1684865906124},{"type":"start","time":1684866194538},{"type":"stop","time":1684866215451},{"type":"start","time":1684866255682},{"type":"stop","time":1684866363761},{"type":"start","time":1684866553292},{"type":"stop","time":1684866615825},{"type":"start","time":1684866792531},{"type":"stop","time":1684866831636}]},{"actions":[{"type":"start","time":1684864064886},{"type":"stop","time":1684864195017},{"type":"start","time":1684864475474},{"type":"stop","time":1684864694110},{"type":"start","time":1684865005942},{"type":"stop","time":1684865126198},{"type":"start","time":1684865263624},{"type":"stop","time":1684865377486},{"type":"start","time":1684865441180},{"type":"stop","time":1684865556963},{"type":"start","time":1684865597621},{"type":"stop","time":1684865715340},{"type":"start","time":1684866020132},{"type":"stop","time":1684866194533},{"type":"start","time":1684866215454},{"type":"stop","time":1684866255679},{"type":"start","time":1684866504029},{"type":"stop","time":1684866553288},{"type":"start","time":1684866615829},{"type":"stop","time":1684866711805},{"type":"start","time":1684866831641},{"type":"stop","time":1684866886692}]},{"actions":[{"type":"start","time":1684864253750},{"type":"stop","time":1684864422675},{"type":"start","time":1684864732843},{"type":"stop","time":1684864938195},{"type":"start","time":1684865126202},{"type":"stop","time":1684865245294},{"type":"start","time":1684865382389},{"type":"stop","time":1684865441175},{"type":"start","time":1684865740077},{"type":"stop","time":1684865856347},{"type":"start","time":1684865906128},{"type":"stop","time":1684866020129},{"type":"start","time":1684866363765},{"type":"stop","time":1684866504024},{"type":"start","time":1684866711809},{"type":"stop","time":1684866792527}]}]}</t>
         </is>
       </c>
       <c r="E115">
-        <v>687346</v>
+        <v>689034</v>
       </c>
       <c r="F115">
-        <v>2634656</v>
+        <v>1231299</v>
       </c>
       <c r="G115">
-        <v>123325</v>
+        <v>1003403</v>
       </c>
       <c r="H115">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I115">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="J115">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>118</v>
       </c>
       <c r="B116" s="2">
-        <v>20250923173614</v>
+        <v>20231221122725</v>
       </c>
       <c r="C116" s="2">
-        <v>1758648987954</v>
+        <v>1703161653273</v>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>{"lastSave":1758648987954,"timeWatchM":13400,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"679eb114","watches":[{"actions":[{"type":"start","time":1758648974554},{"type":"stop","time":1758648987954}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1703161653273,"timeWatchM":3847,"timeWatchW":2545,"timeWatchD":1138,"countWatchM":2.5,"countWatchW":1,"countWatchD":1,"id":"636432de","watches":[{"actions":[{"type":"start","time":1703161645735},{"type":"stop","time":1703161647901},{"type":"start","time":1703161651590},{"type":"stop","time":1703161653271},{"type":"start","time":1703161653273}]},{"actions":[{"type":"start","time":1703161647903},{"type":"stop","time":1703161650448}]},{"actions":[{"type":"start","time":1703161650450},{"type":"stop","time":1703161651588}]}]}</t>
         </is>
       </c>
       <c r="E116">
-        <v>13400</v>
+        <v>3847</v>
       </c>
       <c r="F116">
-        <v>0</v>
+        <v>2545</v>
       </c>
       <c r="G116">
-        <v>0</v>
+        <v>1138</v>
       </c>
       <c r="H116">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I116">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J116">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>119</v>
       </c>
       <c r="B117" s="2">
-        <v>20250314232221</v>
+        <v>20250923181237</v>
       </c>
       <c r="C117" s="2">
-        <v>1741994558094</v>
+        <v>1758651179544</v>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>{"lastSave":1741994558094,"timeWatchM":8848,"timeWatchW":7719,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"6821a23c","watches":[{"actions":[{"type":"start","time":1741994541524},{"type":"stop","time":1741994550372}]},{"actions":[{"type":"start","time":1741994550374},{"type":"stop","time":1741994558093}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758651179544,"timeWatchM":0,"timeWatchW":21733,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"638fbd8a","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758651157810},{"type":"stop","time":1758651179543}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E117">
-        <v>8848</v>
+        <v>0</v>
       </c>
       <c r="F117">
-        <v>7719</v>
+        <v>21733</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I117">
         <v>1</v>
       </c>
       <c r="J117">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>120</v>
       </c>
       <c r="B118" s="2">
-        <v>20241213181553</v>
+        <v>20250206004331</v>
       </c>
       <c r="C118" s="2">
-        <v>1734117891282</v>
+        <v>1738802634875</v>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>{"lastSave":1734117891282,"timeWatchM":860458,"timeWatchW":1049038,"timeWatchD":1012551,"countWatchM":8,"countWatchW":6,"countWatchD":15,"id":"6928ba79","watches":[{"actions":[{"type":"start","time":1734114306063},{"type":"stop","time":1734114353959},{"type":"start","time":1734115400220},{"type":"stop","time":1734115690560},{"type":"start","time":1734115706062},{"type":"stop","time":1734115904164},{"type":"start","time":1734116132357},{"type":"stop","time":1734116156183},{"type":"start","time":1734116233205},{"type":"stop","time":1734116433446},{"type":"start","time":1734116605172},{"type":"stop","time":1734116610602},{"type":"start","time":1734116800879},{"type":"stop","time":1734116846825},{"type":"start","time":1734117567794},{"type":"stop","time":1734117616471}]},{"actions":[{"type":"start","time":1734114438911},{"type":"stop","time":1734114591940},{"type":"start","time":1734114651432},{"type":"stop","time":1734115396690},{"type":"start","time":1734116760058},{"type":"stop","time":1734116800876},{"type":"start","time":1734117290988},{"type":"stop","time":1734117302325},{"type":"start","time":1734117684372},{"type":"stop","time":1734117753466},{"type":"start","time":1734117789221},{"type":"stop","time":1734117818723}]},{"actions":[{"type":"start","time":1734113753245},{"type":"stop","time":1734113871987},{"type":"start","time":1734114382586},{"type":"stop","time":1734114394316},{"type":"start","time":1734114596996},{"type":"stop","time":1734114651430},{"type":"start","time":1734116434784},{"type":"stop","time":1734116462274},{"type":"start","time":1734116589776},{"type":"stop","time":1734116605170},{"type":"start","time":1734116610605},{"type":"stop","time":1734116689845},{"type":"start","time":1734116705259},{"type":"stop","time":1734116760056},{"type":"start","time":1734116924176},{"type":"stop","time":1734117125834},{"type":"start","time":1734117130193},{"type":"stop","time":1734117171768},{"type":"start","time":1734117172546},{"type":"stop","time":1734117208056},{"type":"start","time":1734117259073},{"type":"stop","time":1734117289626},{"type":"start","time":1734117308435},{"type":"stop","time":1734117567790},{"type":"start","time":1734117616474},{"type":"stop","time":1734117641283},{"type":"start","time":1734117818726},{"type":"stop","time":1734117845892},{"type":"start","time":1734117846668},{"type":"stop","time":1734117876766}]}]}</t>
+          <t>{"lastSave":1738802634875,"timeWatchM":5135,"timeWatchW":5842,"timeWatchD":5442,"countWatchM":1,"countWatchW":1,"countWatchD":1,"id":"63bd08d5","watches":[{"actions":[{"type":"start","time":1738802611453},{"type":"stop","time":1738802616588}]},{"actions":[{"type":"start","time":1738802616588},{"type":"stop","time":1738802622430}]},{"actions":[{"type":"start","time":1738802622430},{"type":"stop","time":1738802627872}]}]}</t>
         </is>
       </c>
       <c r="E118">
-        <v>860458</v>
+        <v>5135</v>
       </c>
       <c r="F118">
-        <v>1049038</v>
+        <v>5842</v>
       </c>
       <c r="G118">
-        <v>1012551</v>
+        <v>5442</v>
       </c>
       <c r="H118">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I118">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J118">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>121</v>
       </c>
       <c r="B119" s="2">
-        <v>20240822170605</v>
+        <v>20241206183318</v>
       </c>
       <c r="C119" s="2">
-        <v>1724354222878</v>
+        <v>1733517407301</v>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>{"lastSave":1724354222878,"timeWatchM":1314281,"timeWatchW":2557559,"timeWatchD":163139,"countWatchM":32,"countWatchW":38,"countWatchD":9,"id":"6a646dba","watches":[{"actions":[{"type":"start","time":1724346412815},{"type":"stop","time":1724346523076},{"type":"start","time":1724346685877},{"type":"stop","time":1724346698058},{"type":"start","time":1724346708249},{"type":"stop","time":1724346767377},{"type":"start","time":1724346767378},{"type":"stop","time":1724346769309},{"type":"start","time":1724346902385},{"type":"stop","time":1724346938568},{"type":"start","time":1724346947516},{"type":"stop","time":1724346954076},{"type":"start","time":1724347514823},{"type":"stop","time":1724347526304},{"type":"start","time":1724347984635},{"type":"stop","time":1724347987387},{"type":"start","time":1724348264638},{"type":"stop","time":1724348271617},{"type":"start","time":1724348326112},{"type":"stop","time":1724348356932},{"type":"start","time":1724348551558},{"type":"stop","time":1724348562196},{"type":"start","time":1724348713805},{"type":"stop","time":1724348722272},{"type":"start","time":1724348970251},{"type":"stop","time":1724348975832},{"type":"start","time":1724350407764},{"type":"stop","time":1724350408620},{"type":"start","time":1724350408621},{"type":"stop","time":1724350410180},{"type":"start","time":1724350429918},{"type":"stop","time":1724350454337},{"type":"start","time":1724350465629},{"type":"stop","time":1724350637377},{"type":"start","time":1724352826975},{"type":"stop","time":1724352844158},{"type":"start","time":1724352859691},{"type":"stop","time":1724352869040},{"type":"start","time":1724352869041},{"type":"stop","time":1724352980985},{"type":"start","time":1724352997848},{"type":"stop","time":1724353053363},{"type":"start","time":1724353059185},{"type":"stop","time":1724353104649},{"type":"start","time":1724353113001},{"type":"stop","time":1724353165596},{"type":"start","time":1724353185506},{"type":"stop","time":1724353253919},{"type":"start","time":1724353263524},{"type":"stop","time":1724353284852},{"type":"start","time":1724353319303},{"type":"stop","time":1724353334839},{"type":"start","time":1724353358501},{"type":"stop","time":1724353380897},{"type":"start","time":1724353401380},{"type":"stop","time":1724353458579},{"type":"start","time":1724353507302},{"type":"stop","time":1724353608563},{"type":"start","time":1724353617115},{"type":"stop","time":1724353711680},{"type":"start","time":1724353750998},{"type":"stop","time":1724353809547},{"type":"start","time":1724353859314},{"type":"stop","time":1724353940754}]},{"actions":[{"type":"start","time":1724346788900},{"type":"stop","time":1724346847938},{"type":"start","time":1724346847939},{"type":"stop","time":1724346900422},{"type":"start","time":1724346941706},{"type":"stop","time":1724346946701},{"type":"start","time":1724346963183},{"type":"stop","time":1724346970558},{"type":"start","time":1724346970560},{"type":"stop","time":1724346971059},{"type":"start","time":1724346971060},{"type":"stop","time":1724347162408},{"type":"start","time":1724347174661},{"type":"stop","time":1724347514823},{"type":"start","time":1724347526305},{"type":"stop","time":1724347610724},{"type":"start","time":1724347630399},{"type":"stop","time":1724347823343},{"type":"start","time":1724347823344},{"type":"stop","time":1724347854464},{"type":"start","time":1724347854465},{"type":"stop","time":1724347984634},{"type":"start","time":1724347987388},{"type":"stop","time":1724348264637},{"type":"start","time":1724348271618},{"type":"stop","time":1724348326111},{"type":"start","time":1724348356934},{"type":"stop","time":1724348391536},{"type":"start","time":1724348391537},{"type":"stop","time":1724348417809},{"type":"start","time":1724348417811},{"type":"stop","time":1724348551557},{"type":"start","time":1724348562197},{"type":"stop","time":1724348589186},{"type":"start","time":1724348589188},{"type":"stop","time":1724348590781},{"type":"start","time":1724348613070},{"type":"stop","time":1724348624197},{"type":"start","time":1724348624198},{"type":"stop","time":1724348648932},{"type":"start","time":1724348648933},{"type":"stop","time":1724348709784},{"type":"start","time":1724348722274},{"type":"stop","time":1724348912279},{"type":"start","time":1724348940181},{"type":"stop","time":1724348970250},{"type":"start","time":1724349010344},{"type":"stop","time":1724349039747},{"type":"start","time":1724349039748},{"type":"stop","time":1724349076013},{"type":"start","time":1724349085605},{"type":"stop","time":1724349199378},{"type":"start","time":1724350454338},{"type":"stop","time":1724350462754},{"type":"start","time":1724350462755},{"type":"stop","time":1724350465628},{"type":"start","time":1724352628985},{"type":"stop","time":1724352692971},{"type":"start","time":1724352708950},{"type":"stop","time":1724352825535},{"type":"start","time":1724352980986},{"type":"stop","time":1724352997847},{"type":"start","time":1724353284853},{"type":"stop","time":1724353319302},{"type":"start","time":1724353350034},{"type":"stop","time":1724353358500},{"type":"start","time":1724353458580},{"type":"stop","time":1724353507300},{"type":"start","time":1724353608564},{"type":"stop","time":1724353617114},{"type":"start","time":1724353711680},{"type":"stop","time":1724353742796},{"type":"start","time":1724353809549},{"type":"stop","time":1724353859313},{"type":"start","time":1724353958764},{"type":"stop","time":1724353980814}]},{"actions":[{"type":"start","time":1724347162409},{"type":"stop","time":1724347174660},{"type":"start","time":1724347610726},{"type":"stop","time":1724347630398},{"type":"start","time":1724348912281},{"type":"stop","time":1724348940180},{"type":"start","time":1724348978509},{"type":"stop","time":1724349010343},{"type":"start","time":1724353253921},{"type":"stop","time":1724353263523},{"type":"start","time":1724353334840},{"type":"stop","time":1724353350033},{"type":"start","time":1724353380898},{"type":"stop","time":1724353401379},{"type":"start","time":1724353742797},{"type":"stop","time":1724353750997},{"type":"start","time":1724353940755},{"type":"stop","time":1724353958762}]}]}</t>
+          <t>{"lastSave":1733517407301,"timeWatchM":1452331,"timeWatchW":1474555,"timeWatchD":45502,"countWatchM":19,"countWatchW":11,"countWatchD":4,"id":"63f0fe18","watches":[{"actions":[{"type":"start","time":1733509998533},{"type":"stop","time":1733510015554},{"type":"start","time":1733510017368},{"type":"stop","time":1733510144458},{"type":"start","time":1733510536149},{"type":"stop","time":1733510673525},{"type":"start","time":1733511249176},{"type":"stop","time":1733511292945},{"type":"start","time":1733511701983},{"type":"stop","time":1733512055544},{"type":"start","time":1733512335076},{"type":"stop","time":1733512336249},{"type":"start","time":1733512381041},{"type":"stop","time":1733512641236},{"type":"start","time":1733515207548},{"type":"stop","time":1733515303677},{"type":"start","time":1733515316464},{"type":"stop","time":1733515445025},{"type":"start","time":1733515446079},{"type":"stop","time":1733515456865},{"type":"start","time":1733515496892},{"type":"stop","time":1733515577630},{"type":"start","time":1733515619839},{"type":"stop","time":1733515648820},{"type":"start","time":1733515681621},{"type":"stop","time":1733515702009},{"type":"start","time":1733515705895},{"type":"stop","time":1733515736912},{"type":"start","time":1733517207695},{"type":"stop","time":1733517213844},{"type":"start","time":1733517213846},{"type":"stop","time":1733517228169},{"type":"start","time":1733517278726},{"type":"stop","time":1733517287850},{"type":"start","time":1733517314932},{"type":"stop","time":1733517364875},{"type":"start","time":1733517371294},{"type":"stop","time":1733517407301}]},{"actions":[{"type":"start","time":1733510681976},{"type":"stop","time":1733511247695},{"type":"start","time":1733511294010},{"type":"stop","time":1733511700220},{"type":"start","time":1733512056892},{"type":"stop","time":1733512335074},{"type":"start","time":1733512351254},{"type":"stop","time":1733512379441},{"type":"start","time":1733515058575},{"type":"stop","time":1733515129305},{"type":"start","time":1733515130620},{"type":"stop","time":1733515200863},{"type":"start","time":1733515304343},{"type":"stop","time":1733515310560},{"type":"start","time":1733515653508},{"type":"stop","time":1733515675483},{"type":"start","time":1733517260130},{"type":"stop","time":1733517277513},{"type":"start","time":1733517292001},{"type":"stop","time":1733517297122},{"type":"start","time":1733517365674},{"type":"stop","time":1733517370262}]},{"actions":[{"type":"start","time":1733515578199},{"type":"stop","time":1733515588372},{"type":"start","time":1733515588374},{"type":"stop","time":1733515589006},{"type":"start","time":1733515589008},{"type":"stop","time":1733515619837},{"type":"start","time":1733515676102},{"type":"stop","time":1733515679970}]}]}</t>
         </is>
       </c>
       <c r="E119">
-        <v>1314281</v>
+        <v>1452331</v>
       </c>
       <c r="F119">
-        <v>2557559</v>
+        <v>1474555</v>
       </c>
       <c r="G119">
-        <v>163139</v>
+        <v>45502</v>
       </c>
       <c r="H119">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I119">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="J119">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>122</v>
       </c>
       <c r="B120" s="2">
-        <v>20231120182304</v>
+        <v>20240504113304</v>
       </c>
       <c r="C120" s="2">
-        <v>1700504593331</v>
+        <v>1714832932882</v>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>{"lastSave":1700504593331,"timeWatchM":0,"timeWatchW":7513,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"6a8fc036","watches":[{"actions":[]},{"actions":[{"type":"start","time":1700504584420},{"type":"stop","time":1700504591933}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1714832932882,"timeWatchM":6414638,"timeWatchW":2741034,"timeWatchD":0,"countWatchM":55,"countWatchW":33,"countWatchD":0,"id":"63f1fe28","watches":[{"actions":[{"type":"start","time":1714822383919},{"type":"stop","time":1714822443736},{"type":"start","time":1714822606770},{"type":"stop","time":1714822671383},{"type":"start","time":1714822671385},{"type":"stop","time":1714822700876},{"type":"start","time":1714822764563},{"type":"stop","time":1714822809712},{"type":"start","time":1714822809715},{"type":"stop","time":1714823348693},{"type":"start","time":1714823371845},{"type":"stop","time":1714823502061},{"type":"start","time":1714823549993},{"type":"stop","time":1714823671192},{"type":"start","time":1714823696941},{"type":"stop","time":1714824108066},{"type":"start","time":1714824169951},{"type":"stop","time":1714824233350},{"type":"start","time":1714824290653},{"type":"stop","time":1714824492118},{"type":"start","time":1714824492119},{"type":"stop","time":1714824699213},{"type":"start","time":1714824708949},{"type":"stop","time":1714824949265},{"type":"start","time":1714825406359},{"type":"stop","time":1714825461756},{"type":"start","time":1714825504458},{"type":"stop","time":1714825603741},{"type":"start","time":1714825603742},{"type":"stop","time":1714825724174},{"type":"start","time":1714825779926},{"type":"stop","time":1714825915642},{"type":"start","time":1714825934460},{"type":"stop","time":1714826060875},{"type":"start","time":1714826068829},{"type":"stop","time":1714826223366},{"type":"start","time":1714826239576},{"type":"stop","time":1714826342803},{"type":"start","time":1714826655853},{"type":"stop","time":1714826789718},{"type":"start","time":1714826789720},{"type":"stop","time":1714826907900},{"type":"start","time":1714827093818},{"type":"stop","time":1714827215275},{"type":"start","time":1714827530799},{"type":"stop","time":1714827675480},{"type":"start","time":1714827915432},{"type":"stop","time":1714828045663},{"type":"start","time":1714828063165},{"type":"stop","time":1714828189430},{"type":"start","time":1714828214280},{"type":"stop","time":1714828364815},{"type":"start","time":1714828394115},{"type":"stop","time":1714828404947},{"type":"start","time":1714828410166},{"type":"stop","time":1714828430063},{"type":"start","time":1714828454097},{"type":"stop","time":1714828465399},{"type":"start","time":1714828877041},{"type":"stop","time":1714829102417},{"type":"start","time":1714829729346},{"type":"stop","time":1714829828909},{"type":"start","time":1714829837894},{"type":"stop","time":1714830030758},{"type":"start","time":1714830032709},{"type":"stop","time":1714830152089},{"type":"start","time":1714830175724},{"type":"stop","time":1714830203105},{"type":"start","time":1714830206392},{"type":"stop","time":1714830309354},{"type":"start","time":1714830630966},{"type":"stop","time":1714831004852},{"type":"start","time":1714831027303},{"type":"stop","time":1714831117150},{"type":"start","time":1714831130701},{"type":"stop","time":1714831165632},{"type":"start","time":1714831277899},{"type":"stop","time":1714831351700},{"type":"start","time":1714831363832},{"type":"stop","time":1714831414479},{"type":"start","time":1714831430413},{"type":"stop","time":1714831469395},{"type":"start","time":1714831480646},{"type":"stop","time":1714831591661},{"type":"start","time":1714831651445},{"type":"stop","time":1714831908540},{"type":"start","time":1714831915944},{"type":"stop","time":1714832092282},{"type":"start","time":1714832098183},{"type":"stop","time":1714832225213},{"type":"start","time":1714832239765},{"type":"stop","time":1714832262796},{"type":"start","time":1714832272881},{"type":"stop","time":1714832358278},{"type":"start","time":1714832393862},{"type":"stop","time":1714832471174},{"type":"start","time":1714832546493},{"type":"stop","time":1714832563989},{"type":"start","time":1714832622173},{"type":"stop","time":1714832635971},{"type":"start","time":1714832651422},{"type":"stop","time":1714832674488},{"type":"start","time":1714832709687},{"type":"stop","time":1714832752172},{"type":"start","time":1714832754120},{"type":"stop","time":1714832791484},{"type":"start","time":1714832813336},{"type":"stop","time":1714832897332},{"type":"start","time":1714832898401},{"type":"stop","time":1714832932882}]},{"actions":[{"type":"start","time":1714822451004},{"type":"stop","time":1714822606768},{"type":"start","time":1714822700878},{"type":"stop","time":1714822764561},{"type":"start","time":1714823502063},{"type":"stop","time":1714823549991},{"type":"start","time":1714823671194},{"type":"stop","time":1714823696939},{"type":"start","time":1714824128035},{"type":"stop","time":1714824169950},{"type":"start","time":1714824233352},{"type":"stop","time":1714824290651},{"type":"start","time":1714824965201},{"type":"stop","time":1714825204022},{"type":"start","time":1714825214690},{"type":"stop","time":1714825394588},{"type":"start","time":1714825489826},{"type":"stop","time":1714825490689},{"type":"start","time":1714825490691},{"type":"stop","time":1714825498505},{"type":"start","time":1714826355671},{"type":"stop","time":1714826487551},{"type":"start","time":1714826506870},{"type":"stop","time":1714826638851},{"type":"start","time":1714826927152},{"type":"stop","time":1714827075335},{"type":"start","time":1714827230442},{"type":"stop","time":1714827372050},{"type":"start","time":1714827388218},{"type":"stop","time":1714827517513},{"type":"start","time":1714827689548},{"type":"stop","time":1714827803413},{"type":"start","time":1714827818648},{"type":"stop","time":1714827898614},{"type":"start","time":1714829113985},{"type":"stop","time":1714829133667},{"type":"start","time":1714829201437},{"type":"stop","time":1714829207632},{"type":"start","time":1714829208551},{"type":"stop","time":1714829624595},{"type":"start","time":1714829632497},{"type":"stop","time":1714829727094},{"type":"start","time":1714830158940},{"type":"stop","time":1714830166688},{"type":"start","time":1714830317420},{"type":"stop","time":1714830330205},{"type":"start","time":1714830355074},{"type":"stop","time":1714830469019},{"type":"start","time":1714830469020},{"type":"stop","time":1714830541183},{"type":"start","time":1714830556450},{"type":"stop","time":1714830567863},{"type":"start","time":1714830579645},{"type":"stop","time":1714830618711},{"type":"start","time":1714831005854},{"type":"stop","time":1714831017485},{"type":"start","time":1714831169918},{"type":"stop","time":1714831262433},{"type":"start","time":1714831636345},{"type":"stop","time":1714831650209},{"type":"start","time":1714832367079},{"type":"stop","time":1714832392427},{"type":"start","time":1714832483326},{"type":"stop","time":1714832544543},{"type":"start","time":1714832570692},{"type":"stop","time":1714832617005}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E120">
-        <v>0</v>
+        <v>6414638</v>
       </c>
       <c r="F120">
-        <v>7513</v>
+        <v>2741034</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="I120">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="J120">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>123</v>
       </c>
       <c r="B121" s="2">
-        <v>20250418123000</v>
+        <v>20250524121106</v>
       </c>
       <c r="C121" s="2">
-        <v>1744979447274</v>
+        <v>1748088867148</v>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>{"lastSave":1744979447274,"timeWatchM":46751,"timeWatchW":1217,"timeWatchD":0,"countWatchM":4,"countWatchW":1,"countWatchD":0,"id":"6ad5d566","watches":[{"actions":[{"type":"start","time":1744979399306},{"type":"stop","time":1744979401256},{"type":"start","time":1744979401256},{"type":"stop","time":1744979402823},{"type":"start","time":1744979402823},{"type":"stop","time":1744979404506},{"type":"start","time":1744979405723},{"type":"stop","time":1744979447274}]},{"actions":[{"type":"start","time":1744979404506},{"type":"stop","time":1744979405723}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748088867148,"timeWatchM":160466,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"651c2411","watches":[{"actions":[{"type":"start","time":1748088700351},{"type":"stop","time":1748088745280},{"type":"start","time":1748088748723},{"type":"stop","time":1748088864260}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E121">
-        <v>46751</v>
+        <v>160466</v>
       </c>
       <c r="F121">
-        <v>1217</v>
+        <v>0</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I121">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J121">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>124</v>
       </c>
       <c r="B122" s="2">
-        <v>20250315124005</v>
+        <v>20250626174641</v>
       </c>
       <c r="C122" s="2">
-        <v>1742042777512</v>
+        <v>1750961264968</v>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>{"lastSave":1742042777512,"timeWatchM":0,"timeWatchW":369817,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"6ad74ce0","watches":[{"actions":[]},{"actions":[{"type":"start","time":1742042405059},{"type":"stop","time":1742042774876}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1750961264968,"timeWatchM":654383,"timeWatchW":310441,"timeWatchD":0,"countWatchM":18,"countWatchW":14,"countWatchD":0,"id":"653a7c","watches":[{"actions":[{"type":"start","time":1750960001990},{"type":"stop","time":1750960050512},{"type":"start","time":1750960050513},{"type":"stop","time":1750960090451},{"type":"start","time":1750960092299},{"type":"stop","time":1750960095298},{"type":"start","time":1750960098850},{"type":"stop","time":1750960151323},{"type":"start","time":1750960431615},{"type":"stop","time":1750960464817},{"type":"start","time":1750960499471},{"type":"stop","time":1750960591309},{"type":"start","time":1750960593359},{"type":"stop","time":1750960708370},{"type":"start","time":1750960722906},{"type":"stop","time":1750960744089},{"type":"start","time":1750960762225},{"type":"stop","time":1750960781810},{"type":"start","time":1750960790927},{"type":"stop","time":1750960800126},{"type":"start","time":1750960800127},{"type":"stop","time":1750960801343},{"type":"start","time":1750960813780},{"type":"stop","time":1750960840594},{"type":"start","time":1750960861431},{"type":"stop","time":1750960941668},{"type":"start","time":1750960982322},{"type":"stop","time":1750961003990},{"type":"start","time":1750961037071},{"type":"stop","time":1750961066882},{"type":"start","time":1750961144207},{"type":"stop","time":1750961153445},{"type":"start","time":1750961160697},{"type":"stop","time":1750961184230},{"type":"start","time":1750961199583},{"type":"stop","time":1750961227499}]},{"actions":[{"type":"start","time":1750960171434},{"type":"stop","time":1750960285902},{"type":"start","time":1750960291372},{"type":"stop","time":1750960356742},{"type":"start","time":1750960364761},{"type":"stop","time":1750960404109},{"type":"start","time":1750960406497},{"type":"stop","time":1750960429898},{"type":"start","time":1750960467218},{"type":"stop","time":1750960499469},{"type":"start","time":1750960749590},{"type":"stop","time":1750960756823},{"type":"start","time":1750960756824},{"type":"stop","time":1750960758139},{"type":"start","time":1750960758140},{"type":"stop","time":1750960762224},{"type":"start","time":1750960803327},{"type":"stop","time":1750960811144},{"type":"start","time":1750961067950},{"type":"stop","time":1750961074098},{"type":"start","time":1750961074100},{"type":"stop","time":1750961076482},{"type":"start","time":1750961232350},{"type":"stop","time":1750961232449},{"type":"start","time":1750961232449},{"type":"stop","time":1750961235465},{"type":"start","time":1750961235467},{"type":"stop","time":1750961238976}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E122">
-        <v>0</v>
+        <v>654383</v>
       </c>
       <c r="F122">
-        <v>369817</v>
+        <v>310441</v>
       </c>
       <c r="G122">
         <v>0</v>
       </c>
       <c r="H122">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="I122">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="J122">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>125</v>
       </c>
       <c r="B123" s="2">
-        <v>20241011171231</v>
+        <v>20230407113442</v>
       </c>
       <c r="C123" s="2">
-        <v>1728666755374</v>
+        <v>1680867358772</v>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>{"lastSave":1728666755374,"timeWatchM":4245,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0.5,"countWatchD":0,"id":"6b217330","watches":[{"actions":[{"type":"start","time":1728666751128},{"type":"stop","time":1728666755373}]},{"actions":[{"type":"start","time":1728666755374}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1680867358772,"timeWatchM":12206,"timeWatchW":28032,"timeWatchD":0,"countWatchM":7,"countWatchW":21,"countWatchD":0,"id":"65dcc846","watches":[{"actions":[{"type":"start","time":1680867303965},{"type":"stop","time":1680867306847},{"type":"start","time":1680867309275},{"type":"stop","time":1680867312592},{"type":"start","time":1680867312593},{"type":"stop","time":1680867314258},{"type":"start","time":1680867314259},{"type":"stop","time":1680867315721},{"type":"start","time":1680867315722},{"type":"stop","time":1680867316656},{"type":"start","time":1680867316657},{"type":"stop","time":1680867317023},{"type":"start","time":1680867317024},{"type":"stop","time":1680867318604}]},{"actions":[{"type":"start","time":1680867306847},{"type":"stop","time":1680867309274},{"type":"start","time":1680867318605},{"type":"stop","time":1680867320630},{"type":"start","time":1680867320631},{"type":"stop","time":1680867321761},{"type":"start","time":1680867321762},{"type":"stop","time":1680867322190},{"type":"start","time":1680867322191},{"type":"stop","time":1680867322507},{"type":"start","time":1680867322508},{"type":"stop","time":1680867322873},{"type":"start","time":1680867322874},{"type":"stop","time":1680867323239},{"type":"start","time":1680867323239},{"type":"stop","time":1680867323575},{"type":"start","time":1680867323576},{"type":"stop","time":1680867323942},{"type":"start","time":1680867323943},{"type":"stop","time":1680867324266},{"type":"start","time":1680867324266},{"type":"stop","time":1680867324623},{"type":"start","time":1680867324624},{"type":"stop","time":1680867324996},{"type":"start","time":1680867324997},{"type":"stop","time":1680867325361},{"type":"start","time":1680867325362},{"type":"stop","time":1680867325728},{"type":"start","time":1680867325729},{"type":"stop","time":1680867326086},{"type":"start","time":1680867326087},{"type":"stop","time":1680867326452},{"type":"start","time":1680867326453},{"type":"stop","time":1680867326838},{"type":"start","time":1680867326839},{"type":"stop","time":1680867327239},{"type":"start","time":1680867327240},{"type":"stop","time":1680867327626},{"type":"start","time":1680867327627},{"type":"stop","time":1680867334526},{"type":"start","time":1680867337677},{"type":"stop","time":1680867347377}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E123">
-        <v>4245</v>
+        <v>12206</v>
       </c>
       <c r="F123">
-        <v>0</v>
+        <v>28032</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I123">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="J123">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>126</v>
       </c>
       <c r="B124" s="2">
-        <v>20240423173633</v>
+        <v>20240411171031</v>
       </c>
       <c r="C124" s="2">
-        <v>1713893799881</v>
+        <v>1712860224032</v>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>{"lastSave":1713893799881,"timeWatchM":2082,"timeWatchW":2544,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"6b32ee4a","watches":[{"actions":[{"type":"start","time":1713893797048},{"type":"stop","time":1713893799130}]},{"actions":[{"type":"start","time":1713893793652},{"type":"stop","time":1713893796196}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1712860224032,"timeWatchM":687346,"timeWatchW":2634656,"timeWatchD":123325,"countWatchM":15,"countWatchW":23,"countWatchD":4,"id":"6768ad1","watches":[{"actions":[{"type":"start","time":1712855658072},{"type":"stop","time":1712855658640},{"type":"start","time":1712855658640},{"type":"stop","time":1712855676513},{"type":"start","time":1712855676514},{"type":"stop","time":1712855694848},{"type":"start","time":1712855779127},{"type":"stop","time":1712855846246},{"type":"start","time":1712856729097},{"type":"stop","time":1712856737854},{"type":"start","time":1712857069942},{"type":"stop","time":1712857176970},{"type":"start","time":1712857186926},{"type":"stop","time":1712857306386},{"type":"start","time":1712857348003},{"type":"stop","time":1712857352451},{"type":"start","time":1712857536989},{"type":"stop","time":1712857656355},{"type":"start","time":1712857677495},{"type":"stop","time":1712857701794},{"type":"start","time":1712857720894},{"type":"stop","time":1712857761749},{"type":"start","time":1712859527058},{"type":"stop","time":1712859566079},{"type":"start","time":1712859688724},{"type":"stop","time":1712859694697},{"type":"start","time":1712859750064},{"type":"stop","time":1712859777505},{"type":"start","time":1712859907891},{"type":"stop","time":1712859994695}]},{"actions":[{"type":"start","time":1712855488497},{"type":"stop","time":1712855655916},{"type":"start","time":1712855655917},{"type":"stop","time":1712855656408},{"type":"start","time":1712855656409},{"type":"stop","time":1712855658072},{"type":"start","time":1712855724523},{"type":"stop","time":1712855779127},{"type":"start","time":1712855846247},{"type":"stop","time":1712855864462},{"type":"start","time":1712855893691},{"type":"stop","time":1712855966448},{"type":"start","time":1712855966449},{"type":"stop","time":1712856000359},{"type":"start","time":1712856000359},{"type":"stop","time":1712856729094},{"type":"start","time":1712856737855},{"type":"stop","time":1712857069942},{"type":"start","time":1712857306386},{"type":"stop","time":1712857348003},{"type":"start","time":1712857352452},{"type":"stop","time":1712857455053},{"type":"start","time":1712857455054},{"type":"stop","time":1712857471746},{"type":"start","time":1712857471746},{"type":"stop","time":1712857536988},{"type":"start","time":1712857701795},{"type":"stop","time":1712857720894},{"type":"start","time":1712857761750},{"type":"stop","time":1712857909955},{"type":"start","time":1712858996911},{"type":"stop","time":1712859053252},{"type":"start","time":1712859091692},{"type":"stop","time":1712859527057},{"type":"start","time":1712859566080},{"type":"stop","time":1712859654650},{"type":"start","time":1712859694698},{"type":"stop","time":1712859713283},{"type":"start","time":1712859741190},{"type":"stop","time":1712859750064},{"type":"start","time":1712859789112},{"type":"stop","time":1712859907891},{"type":"start","time":1712860026104},{"type":"stop","time":1712860122875},{"type":"start","time":1712860184745},{"type":"stop","time":1712860192779}]},{"actions":[{"type":"start","time":1712855694849},{"type":"stop","time":1712855724522},{"type":"start","time":1712857656355},{"type":"stop","time":1712857677495},{"type":"start","time":1712859053253},{"type":"stop","time":1712859091692},{"type":"start","time":1712859654650},{"type":"stop","time":1712859688723}]}]}</t>
         </is>
       </c>
       <c r="E124">
-        <v>2082</v>
+        <v>687346</v>
       </c>
       <c r="F124">
-        <v>2544</v>
+        <v>2634656</v>
       </c>
       <c r="G124">
-        <v>0</v>
+        <v>123325</v>
       </c>
       <c r="H124">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I124">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="J124">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>127</v>
       </c>
       <c r="B125" s="2">
-        <v>20240309120941</v>
+        <v>20250923173614</v>
       </c>
       <c r="C125" s="2">
-        <v>1711196224707</v>
+        <v>1758648987954</v>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>{"lastSave":1711196224707,"timeWatchM":4125,"timeWatchW":12341,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"6bcdcfc7","watches":[{"actions":[{"type":"start","time":1711196194000},{"type":"stop","time":1711196198125}]},{"actions":[{"type":"start","time":1711196202625},{"type":"stop","time":1711196210173},{"type":"start","time":1711196219914},{"type":"stop","time":1711196224707}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758648987954,"timeWatchM":13400,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"679eb114","watches":[{"actions":[{"type":"start","time":1758648974554},{"type":"stop","time":1758648987954}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E125">
-        <v>4125</v>
+        <v>13400</v>
       </c>
       <c r="F125">
-        <v>12341</v>
+        <v>0</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125">
         <v>1</v>
       </c>
       <c r="I125">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J125">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>128</v>
       </c>
       <c r="B126" s="2">
-        <v>20230322172646</v>
+        <v>20250314232221</v>
       </c>
       <c r="C126" s="2">
-        <v>1694448109941</v>
+        <v>1741994558094</v>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>{"lastSave":1694448109941,"timeWatchM":1323574,"timeWatchW":2211858,"timeWatchD":157360,"countWatchM":36,"countWatchW":43,"countWatchD":10,"id":"6c7dce0f","watches":[{"actions":[{"type":"start","time":1679506013094},{"type":"stop","time":1679506072157},{"type":"start","time":1679506076922},{"type":"stop","time":1679506107443},{"type":"start","time":1679506197671},{"type":"stop","time":1679506207069},{"type":"start","time":1679506220529},{"type":"stop","time":1679506235251},{"type":"start","time":1679506277824},{"type":"stop","time":1679506289219},{"type":"start","time":1679506312478},{"type":"stop","time":1679506359166},{"type":"start","time":1679506360122},{"type":"stop","time":1679506387876},{"type":"start","time":1679506414763},{"type":"stop","time":1679506432859},{"type":"start","time":1679506441673},{"type":"stop","time":1679506451549},{"type":"start","time":1679506455517},{"type":"stop","time":1679506560981},{"type":"start","time":1679506569149},{"type":"stop","time":1679506591576},{"type":"start","time":1679506592745},{"type":"stop","time":1679506628526},{"type":"start","time":1679506633121},{"type":"stop","time":1679506636514},{"type":"start","time":1679506676390},{"type":"stop","time":1679506748315},{"type":"start","time":1679506850301},{"type":"stop","time":1679506934068},{"type":"start","time":1679506938739},{"type":"stop","time":1679506987526},{"type":"start","time":1679506989350},{"type":"stop","time":1679507006556},{"type":"start","time":1679507091090},{"type":"stop","time":1679507111430},{"type":"start","time":1679507199912},{"type":"stop","time":1679507211542},{"type":"start","time":1679509317417},{"type":"stop","time":1679509324867},{"type":"start","time":1679509632976},{"type":"stop","time":1679509725266},{"type":"start","time":1679509771148},{"type":"stop","time":1679509860951},{"type":"start","time":1679510021905},{"type":"stop","time":1679510109315},{"type":"start","time":1679510166161},{"type":"stop","time":1679510229945},{"type":"start","time":1679510419137},{"type":"stop","time":1679510436320},{"type":"start","time":1679510472484},{"type":"stop","time":1679510490728},{"type":"start","time":1679510578767},{"type":"stop","time":1679510629327},{"type":"start","time":1679510667630},{"type":"stop","time":1679510712969},{"type":"start","time":1679510712972},{"type":"stop","time":1679510714520},{"type":"start","time":1679510770697},{"type":"stop","time":1679510786981},{"type":"start","time":1679510887946},{"type":"stop","time":1679510926993},{"type":"start","time":1679510981315},{"type":"stop","time":1679511006420},{"type":"start","time":1679511023211},{"type":"stop","time":1679511042554},{"type":"start","time":1679511268288},{"type":"stop","time":1679511282025},{"type":"start","time":1679511602619},{"type":"stop","time":1679511650433},{"type":"start","time":1679511856283},{"type":"stop","time":1679511896683}]},{"actions":[{"type":"start","time":1679505987277},{"type":"stop","time":1679506007581},{"type":"start","time":1679506177912},{"type":"stop","time":1679506184835},{"type":"start","time":1679506237370},{"type":"stop","time":1679506246490},{"type":"start","time":1679506247555},{"type":"stop","time":1679506260452},{"type":"start","time":1679506261404},{"type":"stop","time":1679506274340},{"type":"start","time":1679506295797},{"type":"stop","time":1679506301345},{"type":"start","time":1679507030433},{"type":"stop","time":1679507089508},{"type":"start","time":1679507112358},{"type":"stop","time":1679507119873},{"type":"start","time":1679507155407},{"type":"stop","time":1679507166218},{"type":"start","time":1679507167878},{"type":"stop","time":1679507198929},{"type":"start","time":1679507294906},{"type":"stop","time":1679507355423},{"type":"start","time":1679507383503},{"type":"stop","time":1679507446327},{"type":"start","time":1679507498305},{"type":"stop","time":1679507732377},{"type":"start","time":1679507748685},{"type":"stop","time":1679507873367},{"type":"start","time":1679507874454},{"type":"stop","time":1679507977183},{"type":"start","time":1679509169281},{"type":"stop","time":1679509266949},{"type":"start","time":1679509267797},{"type":"stop","time":1679509288831},{"type":"start","time":1679509325848},{"type":"stop","time":1679509351405},{"type":"start","time":1679509353764},{"type":"stop","time":1679509355264},{"type":"start","time":1679509391458},{"type":"stop","time":1679509439308},{"type":"start","time":1679509454719},{"type":"stop","time":1679509503451},{"type":"start","time":1679509508351},{"type":"stop","time":1679509630328},{"type":"start","time":1679509864709},{"type":"stop","time":1679509952497},{"type":"start","time":1679509976734},{"type":"stop","time":1679509997396},{"type":"start","time":1679510114355},{"type":"stop","time":1679510164273},{"type":"start","time":1679510237312},{"type":"stop","time":1679510303999},{"type":"start","time":1679510306089},{"type":"stop","time":1679510393949},{"type":"start","time":1679510437716},{"type":"stop","time":1679510471551},{"type":"start","time":1679510493075},{"type":"stop","time":1679510568298},{"type":"start","time":1679510633081},{"type":"stop","time":1679510662795},{"type":"start","time":1679510719096},{"type":"stop","time":1679510743242},{"type":"start","time":1679510743244},{"type":"stop","time":1679510744309},{"type":"start","time":1679510827459},{"type":"stop","time":1679510850934},{"type":"start","time":1679510949634},{"type":"stop","time":1679510978364},{"type":"start","time":1679511007412},{"type":"stop","time":1679511010765},{"type":"start","time":1679511088407},{"type":"stop","time":1679511095797},{"type":"start","time":1679511145958},{"type":"stop","time":1679511267382},{"type":"start","time":1679511317319},{"type":"stop","time":1679511427541},{"type":"start","time":1679511428361},{"type":"stop","time":1679511489091},{"type":"start","time":1679511491617},{"type":"stop","time":1679511601064},{"type":"start","time":1679511651222},{"type":"stop","time":1679511681229},{"type":"start","time":1679511685951},{"type":"stop","time":1679511696090},{"type":"start","time":1679511717572},{"type":"stop","time":1679511822293}]},{"actions":[{"type":"start","time":1679506186955},{"type":"stop","time":1679506195361},{"type":"start","time":1679506209791},{"type":"stop","time":1679506218025},{"type":"start","time":1679506660901},{"type":"stop","time":1679506674694},{"type":"start","time":1679507359325},{"type":"stop","time":1679507369595},{"type":"start","time":1679507369597},{"type":"stop","time":1679507372844},{"type":"start","time":1679509295126},{"type":"stop","time":1679509308078},{"type":"start","time":1679509728926},{"type":"stop","time":1679509768718},{"type":"start","time":1679509998508},{"type":"stop","time":1679510015955},{"type":"start","time":1679510395225},{"type":"stop","time":1679510409501},{"type":"start","time":1679510796029},{"type":"stop","time":1679510824972}]}]}</t>
+          <t>{"lastSave":1741994558094,"timeWatchM":8848,"timeWatchW":7719,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"6821a23c","watches":[{"actions":[{"type":"start","time":1741994541524},{"type":"stop","time":1741994550372}]},{"actions":[{"type":"start","time":1741994550374},{"type":"stop","time":1741994558093}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E126">
-        <v>1323574</v>
+        <v>8848</v>
       </c>
       <c r="F126">
-        <v>2211858</v>
+        <v>7719</v>
       </c>
       <c r="G126">
-        <v>157360</v>
+        <v>0</v>
       </c>
       <c r="H126">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I126">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="J126">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>129</v>
       </c>
       <c r="B127" s="2">
-        <v>20240423074258</v>
+        <v>20241213181553</v>
       </c>
       <c r="C127" s="2">
-        <v>1713858196381</v>
+        <v>1734117891282</v>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>{"lastSave":1713858196381,"timeWatchM":8385,"timeWatchW":4836,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"6d391c26","watches":[{"actions":[{"type":"start","time":1713858178550},{"type":"stop","time":1713858183355},{"type":"start","time":1713858190783},{"type":"stop","time":1713858194363}]},{"actions":[{"type":"start","time":1713858185144},{"type":"stop","time":1713858189980}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1734117891282,"timeWatchM":860458,"timeWatchW":1049038,"timeWatchD":1012551,"countWatchM":8,"countWatchW":6,"countWatchD":15,"id":"6928ba79","watches":[{"actions":[{"type":"start","time":1734114306063},{"type":"stop","time":1734114353959},{"type":"start","time":1734115400220},{"type":"stop","time":1734115690560},{"type":"start","time":1734115706062},{"type":"stop","time":1734115904164},{"type":"start","time":1734116132357},{"type":"stop","time":1734116156183},{"type":"start","time":1734116233205},{"type":"stop","time":1734116433446},{"type":"start","time":1734116605172},{"type":"stop","time":1734116610602},{"type":"start","time":1734116800879},{"type":"stop","time":1734116846825},{"type":"start","time":1734117567794},{"type":"stop","time":1734117616471}]},{"actions":[{"type":"start","time":1734114438911},{"type":"stop","time":1734114591940},{"type":"start","time":1734114651432},{"type":"stop","time":1734115396690},{"type":"start","time":1734116760058},{"type":"stop","time":1734116800876},{"type":"start","time":1734117290988},{"type":"stop","time":1734117302325},{"type":"start","time":1734117684372},{"type":"stop","time":1734117753466},{"type":"start","time":1734117789221},{"type":"stop","time":1734117818723}]},{"actions":[{"type":"start","time":1734113753245},{"type":"stop","time":1734113871987},{"type":"start","time":1734114382586},{"type":"stop","time":1734114394316},{"type":"start","time":1734114596996},{"type":"stop","time":1734114651430},{"type":"start","time":1734116434784},{"type":"stop","time":1734116462274},{"type":"start","time":1734116589776},{"type":"stop","time":1734116605170},{"type":"start","time":1734116610605},{"type":"stop","time":1734116689845},{"type":"start","time":1734116705259},{"type":"stop","time":1734116760056},{"type":"start","time":1734116924176},{"type":"stop","time":1734117125834},{"type":"start","time":1734117130193},{"type":"stop","time":1734117171768},{"type":"start","time":1734117172546},{"type":"stop","time":1734117208056},{"type":"start","time":1734117259073},{"type":"stop","time":1734117289626},{"type":"start","time":1734117308435},{"type":"stop","time":1734117567790},{"type":"start","time":1734117616474},{"type":"stop","time":1734117641283},{"type":"start","time":1734117818726},{"type":"stop","time":1734117845892},{"type":"start","time":1734117846668},{"type":"stop","time":1734117876766}]}]}</t>
         </is>
       </c>
       <c r="E127">
-        <v>8385</v>
+        <v>860458</v>
       </c>
       <c r="F127">
-        <v>4836</v>
+        <v>1049038</v>
       </c>
       <c r="G127">
-        <v>0</v>
+        <v>1012551</v>
       </c>
       <c r="H127">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I127">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J127">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>130</v>
       </c>
       <c r="B128" s="2">
-        <v>20250801153853</v>
+        <v>20240822170605</v>
       </c>
       <c r="C128" s="2">
-        <v>1754062732751</v>
+        <v>1724354222878</v>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>{"lastSave":1754062732751,"timeWatchM":0,"timeWatchW":0,"timeWatchD":0,"countWatchM":0.5,"countWatchW":0,"countWatchD":0,"id":"6e941d17","watches":[{"actions":[{"type":"start","time":1754062732751}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1724354222878,"timeWatchM":1314281,"timeWatchW":2557559,"timeWatchD":163139,"countWatchM":32,"countWatchW":38,"countWatchD":9,"id":"6a646dba","watches":[{"actions":[{"type":"start","time":1724346412815},{"type":"stop","time":1724346523076},{"type":"start","time":1724346685877},{"type":"stop","time":1724346698058},{"type":"start","time":1724346708249},{"type":"stop","time":1724346767377},{"type":"start","time":1724346767378},{"type":"stop","time":1724346769309},{"type":"start","time":1724346902385},{"type":"stop","time":1724346938568},{"type":"start","time":1724346947516},{"type":"stop","time":1724346954076},{"type":"start","time":1724347514823},{"type":"stop","time":1724347526304},{"type":"start","time":1724347984635},{"type":"stop","time":1724347987387},{"type":"start","time":1724348264638},{"type":"stop","time":1724348271617},{"type":"start","time":1724348326112},{"type":"stop","time":1724348356932},{"type":"start","time":1724348551558},{"type":"stop","time":1724348562196},{"type":"start","time":1724348713805},{"type":"stop","time":1724348722272},{"type":"start","time":1724348970251},{"type":"stop","time":1724348975832},{"type":"start","time":1724350407764},{"type":"stop","time":1724350408620},{"type":"start","time":1724350408621},{"type":"stop","time":1724350410180},{"type":"start","time":1724350429918},{"type":"stop","time":1724350454337},{"type":"start","time":1724350465629},{"type":"stop","time":1724350637377},{"type":"start","time":1724352826975},{"type":"stop","time":1724352844158},{"type":"start","time":1724352859691},{"type":"stop","time":1724352869040},{"type":"start","time":1724352869041},{"type":"stop","time":1724352980985},{"type":"start","time":1724352997848},{"type":"stop","time":1724353053363},{"type":"start","time":1724353059185},{"type":"stop","time":1724353104649},{"type":"start","time":1724353113001},{"type":"stop","time":1724353165596},{"type":"start","time":1724353185506},{"type":"stop","time":1724353253919},{"type":"start","time":1724353263524},{"type":"stop","time":1724353284852},{"type":"start","time":1724353319303},{"type":"stop","time":1724353334839},{"type":"start","time":1724353358501},{"type":"stop","time":1724353380897},{"type":"start","time":1724353401380},{"type":"stop","time":1724353458579},{"type":"start","time":1724353507302},{"type":"stop","time":1724353608563},{"type":"start","time":1724353617115},{"type":"stop","time":1724353711680},{"type":"start","time":1724353750998},{"type":"stop","time":1724353809547},{"type":"start","time":1724353859314},{"type":"stop","time":1724353940754}]},{"actions":[{"type":"start","time":1724346788900},{"type":"stop","time":1724346847938},{"type":"start","time":1724346847939},{"type":"stop","time":1724346900422},{"type":"start","time":1724346941706},{"type":"stop","time":1724346946701},{"type":"start","time":1724346963183},{"type":"stop","time":1724346970558},{"type":"start","time":1724346970560},{"type":"stop","time":1724346971059},{"type":"start","time":1724346971060},{"type":"stop","time":1724347162408},{"type":"start","time":1724347174661},{"type":"stop","time":1724347514823},{"type":"start","time":1724347526305},{"type":"stop","time":1724347610724},{"type":"start","time":1724347630399},{"type":"stop","time":1724347823343},{"type":"start","time":1724347823344},{"type":"stop","time":1724347854464},{"type":"start","time":1724347854465},{"type":"stop","time":1724347984634},{"type":"start","time":1724347987388},{"type":"stop","time":1724348264637},{"type":"start","time":1724348271618},{"type":"stop","time":1724348326111},{"type":"start","time":1724348356934},{"type":"stop","time":1724348391536},{"type":"start","time":1724348391537},{"type":"stop","time":1724348417809},{"type":"start","time":1724348417811},{"type":"stop","time":1724348551557},{"type":"start","time":1724348562197},{"type":"stop","time":1724348589186},{"type":"start","time":1724348589188},{"type":"stop","time":1724348590781},{"type":"start","time":1724348613070},{"type":"stop","time":1724348624197},{"type":"start","time":1724348624198},{"type":"stop","time":1724348648932},{"type":"start","time":1724348648933},{"type":"stop","time":1724348709784},{"type":"start","time":1724348722274},{"type":"stop","time":1724348912279},{"type":"start","time":1724348940181},{"type":"stop","time":1724348970250},{"type":"start","time":1724349010344},{"type":"stop","time":1724349039747},{"type":"start","time":1724349039748},{"type":"stop","time":1724349076013},{"type":"start","time":1724349085605},{"type":"stop","time":1724349199378},{"type":"start","time":1724350454338},{"type":"stop","time":1724350462754},{"type":"start","time":1724350462755},{"type":"stop","time":1724350465628},{"type":"start","time":1724352628985},{"type":"stop","time":1724352692971},{"type":"start","time":1724352708950},{"type":"stop","time":1724352825535},{"type":"start","time":1724352980986},{"type":"stop","time":1724352997847},{"type":"start","time":1724353284853},{"type":"stop","time":1724353319302},{"type":"start","time":1724353350034},{"type":"stop","time":1724353358500},{"type":"start","time":1724353458580},{"type":"stop","time":1724353507300},{"type":"start","time":1724353608564},{"type":"stop","time":1724353617114},{"type":"start","time":1724353711680},{"type":"stop","time":1724353742796},{"type":"start","time":1724353809549},{"type":"stop","time":1724353859313},{"type":"start","time":1724353958764},{"type":"stop","time":1724353980814}]},{"actions":[{"type":"start","time":1724347162409},{"type":"stop","time":1724347174660},{"type":"start","time":1724347610726},{"type":"stop","time":1724347630398},{"type":"start","time":1724348912281},{"type":"stop","time":1724348940180},{"type":"start","time":1724348978509},{"type":"stop","time":1724349010343},{"type":"start","time":1724353253921},{"type":"stop","time":1724353263523},{"type":"start","time":1724353334840},{"type":"stop","time":1724353350033},{"type":"start","time":1724353380898},{"type":"stop","time":1724353401379},{"type":"start","time":1724353742797},{"type":"stop","time":1724353750997},{"type":"start","time":1724353940755},{"type":"stop","time":1724353958762}]}]}</t>
         </is>
       </c>
       <c r="E128">
-        <v>0</v>
+        <v>1314281</v>
       </c>
       <c r="F128">
-        <v>0</v>
+        <v>2557559</v>
       </c>
       <c r="G128">
-        <v>0</v>
+        <v>163139</v>
       </c>
       <c r="H128">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="I128">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="J128">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>131</v>
       </c>
       <c r="B129" s="2">
-        <v>20231013143254</v>
+        <v>20231120182304</v>
       </c>
       <c r="C129" s="2">
-        <v>1697207846817</v>
+        <v>1700504593331</v>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>{"lastSave":1697207846817,"timeWatchM":111800,"timeWatchW":121122,"timeWatchD":0,"countWatchM":5,"countWatchW":3.5,"countWatchD":0,"id":"6ef06be9","watches":[{"actions":[{"type":"start","time":1697207573897},{"type":"stop","time":1697207581877},{"type":"start","time":1697207688245},{"type":"stop","time":1697207699257},{"type":"start","time":1697207739993},{"type":"stop","time":1697207823956},{"type":"start","time":1697207826224},{"type":"stop","time":1697207830107},{"type":"start","time":1697207840719},{"type":"stop","time":1697207845681}]},{"actions":[{"type":"start","time":1697207581880},{"type":"stop","time":1697207631247},{"type":"start","time":1697207637578},{"type":"stop","time":1697207680261},{"type":"start","time":1697207700139},{"type":"stop","time":1697207729211},{"type":"start","time":1697207846817}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1700504593331,"timeWatchM":0,"timeWatchW":7513,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"6a8fc036","watches":[{"actions":[]},{"actions":[{"type":"start","time":1700504584420},{"type":"stop","time":1700504591933}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E129">
-        <v>111800</v>
+        <v>0</v>
       </c>
       <c r="F129">
-        <v>121122</v>
+        <v>7513</v>
       </c>
       <c r="G129">
         <v>0</v>
       </c>
       <c r="H129">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I129">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J129">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>132</v>
       </c>
       <c r="B130" s="2">
-        <v>20240413151934</v>
+        <v>20250418123000</v>
       </c>
       <c r="C130" s="2">
-        <v>1713029438684</v>
+        <v>1744979447274</v>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>{"lastSave":1713029438684,"timeWatchM":2132823,"timeWatchW":4478402,"timeWatchD":20530,"countWatchM":21,"countWatchW":15,"countWatchD":1,"id":"6efd4199","watches":[{"actions":[{"type":"start","time":1713021574025},{"type":"stop","time":1713021717469},{"type":"start","time":1713022100584},{"type":"stop","time":1713022378184},{"type":"start","time":1713022524538},{"type":"stop","time":1713022773368},{"type":"start","time":1713022797460},{"type":"stop","time":1713022877020},{"type":"start","time":1713022888198},{"type":"stop","time":1713023095612},{"type":"start","time":1713023112753},{"type":"stop","time":1713023130495},{"type":"start","time":1713023156767},{"type":"stop","time":1713023203294},{"type":"start","time":1713023254420},{"type":"stop","time":1713023371533},{"type":"start","time":1713023372317},{"type":"stop","time":1713023423352},{"type":"start","time":1713023751495},{"type":"stop","time":1713023911398},{"type":"start","time":1713023934788},{"type":"stop","time":1713023982157},{"type":"start","time":1713024038726},{"type":"stop","time":1713024065946},{"type":"start","time":1713024066543},{"type":"stop","time":1713024148250},{"type":"start","time":1713025219265},{"type":"stop","time":1713025585234},{"type":"start","time":1713025865979},{"type":"stop","time":1713025892919},{"type":"start","time":1713026222980},{"type":"stop","time":1713026308006},{"type":"start","time":1713026370389},{"type":"stop","time":1713026437144},{"type":"start","time":1713026457093},{"type":"stop","time":1713026492995},{"type":"start","time":1713026513528},{"type":"stop","time":1713026559367},{"type":"start","time":1713026582014},{"type":"stop","time":1713026582597},{"type":"start","time":1713026582600},{"type":"stop","time":1713026582945}]},{"actions":[{"type":"start","time":1713021718585},{"type":"stop","time":1713021721882},{"type":"start","time":1713021777988},{"type":"stop","time":1713022092055},{"type":"start","time":1713022379197},{"type":"stop","time":1713022523694},{"type":"start","time":1713022774309},{"type":"stop","time":1713022796268},{"type":"start","time":1713023096144},{"type":"stop","time":1713023110719},{"type":"start","time":1713023204150},{"type":"stop","time":1713023252407},{"type":"start","time":1713023423765},{"type":"stop","time":1713023750511},{"type":"start","time":1713023920844},{"type":"stop","time":1713023934234},{"type":"start","time":1713023982637},{"type":"stop","time":1713024037609},{"type":"start","time":1713025586071},{"type":"stop","time":1713025865203},{"type":"start","time":1713025893399},{"type":"stop","time":1713026025407},{"type":"start","time":1713026029776},{"type":"stop","time":1713026220163},{"type":"start","time":1713026308854},{"type":"stop","time":1713026369756},{"type":"start","time":1713026437459},{"type":"stop","time":1713026455940},{"type":"start","time":1713026582947},{"type":"stop","time":1713029438679}]},{"actions":[{"type":"start","time":1713023131152},{"type":"stop","time":1713023151682}]}]}</t>
+          <t>{"lastSave":1744979447274,"timeWatchM":46751,"timeWatchW":1217,"timeWatchD":0,"countWatchM":4,"countWatchW":1,"countWatchD":0,"id":"6ad5d566","watches":[{"actions":[{"type":"start","time":1744979399306},{"type":"stop","time":1744979401256},{"type":"start","time":1744979401256},{"type":"stop","time":1744979402823},{"type":"start","time":1744979402823},{"type":"stop","time":1744979404506},{"type":"start","time":1744979405723},{"type":"stop","time":1744979447274}]},{"actions":[{"type":"start","time":1744979404506},{"type":"stop","time":1744979405723}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E130">
-        <v>2132823</v>
+        <v>46751</v>
       </c>
       <c r="F130">
-        <v>4478402</v>
+        <v>1217</v>
       </c>
       <c r="G130">
-        <v>20530</v>
+        <v>0</v>
       </c>
       <c r="H130">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="I130">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="J130">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>133</v>
       </c>
       <c r="B131" s="2">
-        <v>20250325181414</v>
+        <v>20250315124005</v>
       </c>
       <c r="C131" s="2">
-        <v>1742926873083</v>
+        <v>1742042777512</v>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>{"lastSave":1742926873083,"timeWatchM":398448,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"6fd96567","watches":[{"actions":[{"type":"start","time":1742926454523},{"type":"stop","time":1742926510576},{"type":"start","time":1742926517355},{"type":"stop","time":1742926859750}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742042777512,"timeWatchM":0,"timeWatchW":369817,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"6ad74ce0","watches":[{"actions":[]},{"actions":[{"type":"start","time":1742042405059},{"type":"stop","time":1742042774876}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E131">
-        <v>398448</v>
+        <v>0</v>
       </c>
       <c r="F131">
-        <v>0</v>
+        <v>369817</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I131">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J131">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>134</v>
       </c>
       <c r="B132" s="2">
-        <v>20230809202720</v>
+        <v>20241011171231</v>
       </c>
       <c r="C132" s="2">
-        <v>1691614204495</v>
+        <v>1728666755374</v>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>{"lastSave":1691614204495,"timeWatchM":843610,"timeWatchW":195931,"timeWatchD":0,"countWatchM":109,"countWatchW":42,"countWatchD":0,"id":"709ab5dc","watches":[{"actions":[{"type":"start","time":1691612840181},{"type":"stop","time":1691612842396},{"type":"start","time":1691612842397},{"type":"stop","time":1691612844046},{"type":"start","time":1691612854430},{"type":"stop","time":1691612856063},{"type":"start","time":1691612857014},{"type":"stop","time":1691612859179},{"type":"start","time":1691612869447},{"type":"stop","time":1691612871480},{"type":"start","time":1691612871480},{"type":"stop","time":1691612873713},{"type":"start","time":1691612873714},{"type":"stop","time":1691612874762},{"type":"start","time":1691612874762},{"type":"stop","time":1691612875429},{"type":"start","time":1691612875430},{"type":"stop","time":1691612876264},{"type":"start","time":1691612876265},{"type":"stop","time":1691612876863},{"type":"start","time":1691612876863},{"type":"stop","time":1691612877647},{"type":"start","time":1691612877648},{"type":"stop","time":1691612884896},{"type":"start","time":1691612895780},{"type":"stop","time":1691612896965},{"type":"start","time":1691612896965},{"type":"stop","time":1691612898781},{"type":"start","time":1691612901017},{"type":"stop","time":1691612902114},{"type":"start","time":1691612903215},{"type":"stop","time":1691612928381},{"type":"start","time":1691612930492},{"type":"stop","time":1691612962199},{"type":"start","time":1691612962200},{"type":"stop","time":1691612962882},{"type":"start","time":1691612962882},{"type":"stop","time":1691612990585},{"type":"start","time":1691612990586},{"type":"stop","time":1691612995867},{"type":"start","time":1691612995868},{"type":"stop","time":1691613003033},{"type":"start","time":1691613011438},{"type":"stop","time":1691613012651},{"type":"start","time":1691613015269},{"type":"stop","time":1691613018751},{"type":"start","time":1691613018752},{"type":"stop","time":1691613020368},{"type":"start","time":1691613020369},{"type":"stop","time":1691613025318},{"type":"start","time":1691613026635},{"type":"stop","time":1691613027984},{"type":"start","time":1691613028969},{"type":"stop","time":1691613036051},{"type":"start","time":1691613038220},{"type":"stop","time":1691613043518},{"type":"start","time":1691613044719},{"type":"stop","time":1691613051719},{"type":"start","time":1691613051720},{"type":"stop","time":1691613052319},{"type":"start","time":1691613052320},{"type":"stop","time":1691613066603},{"type":"start","time":1691613066603},{"type":"stop","time":1691613067652},{"type":"start","time":1691613067653},{"type":"stop","time":1691613075202},{"type":"start","time":1691613077254},{"type":"stop","time":1691613078236},{"type":"start","time":1691613102639},{"type":"stop","time":1691613106652},{"type":"start","time":1691613106653},{"type":"stop","time":1691613106837},{"type":"start","time":1691613106838},{"type":"stop","time":1691613117006},{"type":"start","time":1691613117006},{"type":"stop","time":1691613120756},{"type":"start","time":1691613120756},{"type":"stop","time":1691613122289},{"type":"start","time":1691613122289},{"type":"stop","time":1691613138721},{"type":"start","time":1691613140956},{"type":"stop","time":1691613144804},{"type":"start","time":1691613148389},{"type":"stop","time":1691613177905},{"type":"start","time":1691613180140},{"type":"stop","time":1691613180973},{"type":"start","time":1691613187206},{"type":"stop","time":1691613187973},{"type":"start","time":1691613208691},{"type":"stop","time":1691613209607},{"type":"start","time":1691613249143},{"type":"stop","time":1691613251625},{"type":"start","time":1691613255009},{"type":"stop","time":1691613267425},{"type":"start","time":1691613268560},{"type":"stop","time":1691613270175},{"type":"start","time":1691613270176},{"type":"stop","time":1691613284592},{"type":"start","time":1691613284593},{"type":"stop","time":1691613291959},{"type":"start","time":1691613291960},{"type":"stop","time":1691613299593},{"type":"start","time":1691613300277},{"type":"stop","time":1691613302976},{"type":"start","time":1691613302977},{"type":"stop","time":1691613307043},{"type":"start","time":1691613313195},{"type":"stop","time":1691613466631},{"type":"start","time":1691613486466},{"type":"stop","time":1691613508880},{"type":"start","time":1691613523696},{"type":"stop","time":1691613524762},{"type":"start","time":1691613525645},{"type":"stop","time":1691613529960},{"type":"start","time":1691613530747},{"type":"stop","time":1691613536794},{"type":"start","time":1691613539411},{"type":"stop","time":1691613549627},{"type":"start","time":1691613551311},{"type":"stop","time":1691613552260},{"type":"start","time":1691613552261},{"type":"stop","time":1691613554027},{"type":"start","time":1691613554027},{"type":"stop","time":1691613555044},{"type":"start","time":1691613555045},{"type":"stop","time":1691613557994},{"type":"start","time":1691613559629},{"type":"stop","time":1691613575727},{"type":"start","time":1691613611079},{"type":"stop","time":1691613613062},{"type":"start","time":1691613613662},{"type":"stop","time":1691613623479},{"type":"start","time":1691613623480},{"type":"stop","time":1691613624395},{"type":"start","time":1691613624396},{"type":"stop","time":1691613627312},{"type":"start","time":1691613627312},{"type":"stop","time":1691613629528},{"type":"start","time":1691613629530},{"type":"stop","time":1691613630529},{"type":"start","time":1691613630530},{"type":"stop","time":1691613651895},{"type":"start","time":1691613651897},{"type":"stop","time":1691613665365},{"type":"start","time":1691613667850},{"type":"stop","time":1691613668831},{"type":"start","time":1691613670897},{"type":"stop","time":1691613671698},{"type":"start","time":1691613674214},{"type":"stop","time":1691613680664},{"type":"start","time":1691613680665},{"type":"stop","time":1691613682614},{"type":"start","time":1691613682616},{"type":"stop","time":1691613683647},{"type":"start","time":1691613685215},{"type":"stop","time":1691613692749},{"type":"start","time":1691613692750},{"type":"stop","time":1691613693764},{"type":"start","time":1691613693765},{"type":"stop","time":1691613717780},{"type":"start","time":1691613717782},{"type":"stop","time":1691613723214},{"type":"start","time":1691613724083},{"type":"stop","time":1691613728265},{"type":"start","time":1691613728266},{"type":"stop","time":1691613735682},{"type":"start","time":1691613773166},{"type":"stop","time":1691613787983},{"type":"start","time":1691613789951},{"type":"stop","time":1691613798301},{"type":"start","time":1691613800152},{"type":"stop","time":1691613815467},{"type":"start","time":1691613816203},{"type":"stop","time":1691613817434},{"type":"start","time":1691613824871},{"type":"stop","time":1691613828717},{"type":"start","time":1691613828719},{"type":"stop","time":1691613831051},{"type":"start","time":1691613832118},{"type":"stop","time":1691613833236},{"type":"start","time":1691613868437},{"type":"stop","time":1691613869419},{"type":"start","time":1691613869420},{"type":"stop","time":1691613887903},{"type":"start","time":1691613889021},{"type":"stop","time":1691613896652},{"type":"start","time":1691613898055},{"type":"stop","time":1691613910486},{"type":"start","time":1691613950706},{"type":"stop","time":1691613966904},{"type":"start","time":1691613993224},{"type":"stop","time":1691614001955},{"type":"start","time":1691614005472},{"type":"stop","time":1691614009789},{"type":"start","time":1691614012307},{"type":"stop","time":1691614013406},{"type":"start","time":1691614014274},{"type":"stop","time":1691614018376},{"type":"start","time":1691614025657},{"type":"stop","time":1691614031274},{"type":"start","time":1691614033575},{"type":"stop","time":1691614045673},{"type":"start","time":1691614057491},{"type":"stop","time":1691614063223},{"type":"start","time":1691614074393},{"type":"stop","time":1691614086724},{"type":"start","time":1691614127760},{"type":"stop","time":1691614141793},{"type":"start","time":1691614144610},{"type":"stop","time":1691614146910},{"type":"start","time":1691614146911},{"type":"stop","time":1691614169862},{"type":"start","time":1691614175562},{"type":"stop","time":1691614179944},{"type":"start","time":1691614187078},{"type":"stop","time":1691614188277},{"type":"start","time":1691614189046},{"type":"stop","time":1691614190260}]},{"actions":[{"type":"start","time":1691612844047},{"type":"stop","time":1691612844563},{"type":"start","time":1691612844564},{"type":"stop","time":1691612848612},{"type":"start","time":1691612848613},{"type":"stop","time":1691612850297},{"type":"start","time":1691612884897},{"type":"stop","time":1691612885280},{"type":"start","time":1691612885281},{"type":"stop","time":1691612887096},{"type":"start","time":1691612887097},{"type":"stop","time":1691612893947},{"type":"start","time":1691613003034},{"type":"stop","time":1691613011438},{"type":"start","time":1691613012652},{"type":"stop","time":1691613015268},{"type":"start","time":1691613025319},{"type":"stop","time":1691613026635},{"type":"start","time":1691613027985},{"type":"stop","time":1691613028968},{"type":"start","time":1691613036052},{"type":"stop","time":1691613038219},{"type":"start","time":1691613043519},{"type":"stop","time":1691613044719},{"type":"start","time":1691613075203},{"type":"stop","time":1691613077253},{"type":"start","time":1691613078237},{"type":"stop","time":1691613080239},{"type":"start","time":1691613089671},{"type":"stop","time":1691613090653},{"type":"start","time":1691613184556},{"type":"stop","time":1691613186006},{"type":"start","time":1691613215891},{"type":"stop","time":1691613216840},{"type":"start","time":1691613236192},{"type":"stop","time":1691613244208},{"type":"start","time":1691613509981},{"type":"stop","time":1691613510980},{"type":"start","time":1691613537595},{"type":"stop","time":1691613538577},{"type":"start","time":1691613549629},{"type":"stop","time":1691613551310},{"type":"start","time":1691613557995},{"type":"stop","time":1691613559627},{"type":"start","time":1691613575728},{"type":"stop","time":1691613610444},{"type":"start","time":1691613665366},{"type":"stop","time":1691613666563},{"type":"start","time":1691613666564},{"type":"stop","time":1691613667849},{"type":"start","time":1691613668832},{"type":"stop","time":1691613670897},{"type":"start","time":1691613671699},{"type":"stop","time":1691613674213},{"type":"start","time":1691613683648},{"type":"stop","time":1691613683830},{"type":"start","time":1691613683831},{"type":"stop","time":1691613685214},{"type":"start","time":1691613787985},{"type":"stop","time":1691613789949},{"type":"start","time":1691613910488},{"type":"stop","time":1691613934937},{"type":"start","time":1691613934938},{"type":"stop","time":1691613935436},{"type":"start","time":1691613935437},{"type":"stop","time":1691613947887},{"type":"start","time":1691613968306},{"type":"stop","time":1691613993222},{"type":"start","time":1691614002740},{"type":"stop","time":1691614004855},{"type":"start","time":1691614009790},{"type":"stop","time":1691614012306},{"type":"start","time":1691614013408},{"type":"stop","time":1691614014272},{"type":"start","time":1691614018377},{"type":"stop","time":1691614025656},{"type":"start","time":1691614031275},{"type":"stop","time":1691614033574},{"type":"start","time":1691614048824},{"type":"stop","time":1691614057490},{"type":"start","time":1691614065358},{"type":"stop","time":1691614074392},{"type":"start","time":1691614141795},{"type":"stop","time":1691614144609}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1728666755374,"timeWatchM":4245,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0.5,"countWatchD":0,"id":"6b217330","watches":[{"actions":[{"type":"start","time":1728666751128},{"type":"stop","time":1728666755373}]},{"actions":[{"type":"start","time":1728666755374}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E132">
-        <v>843610</v>
+        <v>4245</v>
       </c>
       <c r="F132">
-        <v>195931</v>
+        <v>0</v>
       </c>
       <c r="G132">
         <v>0</v>
       </c>
       <c r="H132">
-        <v>109</v>
+        <v>1</v>
       </c>
       <c r="I132">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="J132">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>135</v>
       </c>
       <c r="B133" s="2">
-        <v>20250524121918</v>
+        <v>20240423173633</v>
       </c>
       <c r="C133" s="2">
-        <v>1748089684266</v>
+        <v>1713893799881</v>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>{"lastSave":1748089684266,"timeWatchM":0,"timeWatchW":488679,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"70e80f78","watches":[{"actions":[]},{"actions":[{"type":"start","time":1748089193534},{"type":"stop","time":1748089682213}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1713893799881,"timeWatchM":2082,"timeWatchW":2544,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"6b32ee4a","watches":[{"actions":[{"type":"start","time":1713893797048},{"type":"stop","time":1713893799130}]},{"actions":[{"type":"start","time":1713893793652},{"type":"stop","time":1713893796196}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E133">
-        <v>0</v>
+        <v>2082</v>
       </c>
       <c r="F133">
-        <v>488679</v>
+        <v>2544</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I133">
         <v>1</v>
       </c>
       <c r="J133">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>136</v>
       </c>
       <c r="B134" s="2">
-        <v>20250821135900</v>
+        <v>20240309120941</v>
       </c>
       <c r="C134" s="2">
-        <v>1755784776609</v>
+        <v>1711196224707</v>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>{"lastSave":1755784776609,"timeWatchM":9534,"timeWatchW":15635,"timeWatchD":0,"countWatchM":2,"countWatchW":5,"countWatchD":0,"id":"711b80cd","watches":[{"actions":[{"type":"start","time":1755784739942},{"type":"stop","time":1755784743659},{"type":"start","time":1755784768359},{"type":"stop","time":1755784774176}]},{"actions":[{"type":"start","time":1755784745942},{"type":"stop","time":1755784749626},{"type":"start","time":1755784751742},{"type":"stop","time":1755784753892},{"type":"start","time":1755784753892},{"type":"stop","time":1755784756526},{"type":"start","time":1755784756526},{"type":"stop","time":1755784758676},{"type":"start","time":1755784761326},{"type":"stop","time":1755784766343}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1711196224707,"timeWatchM":4125,"timeWatchW":12341,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"6bcdcfc7","watches":[{"actions":[{"type":"start","time":1711196194000},{"type":"stop","time":1711196198125}]},{"actions":[{"type":"start","time":1711196202625},{"type":"stop","time":1711196210173},{"type":"start","time":1711196219914},{"type":"stop","time":1711196224707}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E134">
-        <v>9534</v>
+        <v>4125</v>
       </c>
       <c r="F134">
-        <v>15635</v>
+        <v>12341</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134">
+        <v>1</v>
+      </c>
+      <c r="I134">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="J134">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>137</v>
       </c>
       <c r="B135" s="2">
-        <v>20230319062730</v>
+        <v>20230322172646</v>
       </c>
       <c r="C135" s="2">
-        <v>1679207272776</v>
+        <v>1694448109941</v>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>{"lastSave":1679207272776,"timeWatchM":8380,"timeWatchW":13358,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"71b7f7a4","watches":[{"actions":[{"type":"start","time":1679207251037},{"type":"stop","time":1679207259417}]},{"actions":[{"type":"start","time":1679207259418},{"type":"stop","time":1679207272776}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1694448109941,"timeWatchM":1323574,"timeWatchW":2211858,"timeWatchD":157360,"countWatchM":36,"countWatchW":43,"countWatchD":10,"id":"6c7dce0f","watches":[{"actions":[{"type":"start","time":1679506013094},{"type":"stop","time":1679506072157},{"type":"start","time":1679506076922},{"type":"stop","time":1679506107443},{"type":"start","time":1679506197671},{"type":"stop","time":1679506207069},{"type":"start","time":1679506220529},{"type":"stop","time":1679506235251},{"type":"start","time":1679506277824},{"type":"stop","time":1679506289219},{"type":"start","time":1679506312478},{"type":"stop","time":1679506359166},{"type":"start","time":1679506360122},{"type":"stop","time":1679506387876},{"type":"start","time":1679506414763},{"type":"stop","time":1679506432859},{"type":"start","time":1679506441673},{"type":"stop","time":1679506451549},{"type":"start","time":1679506455517},{"type":"stop","time":1679506560981},{"type":"start","time":1679506569149},{"type":"stop","time":1679506591576},{"type":"start","time":1679506592745},{"type":"stop","time":1679506628526},{"type":"start","time":1679506633121},{"type":"stop","time":1679506636514},{"type":"start","time":1679506676390},{"type":"stop","time":1679506748315},{"type":"start","time":1679506850301},{"type":"stop","time":1679506934068},{"type":"start","time":1679506938739},{"type":"stop","time":1679506987526},{"type":"start","time":1679506989350},{"type":"stop","time":1679507006556},{"type":"start","time":1679507091090},{"type":"stop","time":1679507111430},{"type":"start","time":1679507199912},{"type":"stop","time":1679507211542},{"type":"start","time":1679509317417},{"type":"stop","time":1679509324867},{"type":"start","time":1679509632976},{"type":"stop","time":1679509725266},{"type":"start","time":1679509771148},{"type":"stop","time":1679509860951},{"type":"start","time":1679510021905},{"type":"stop","time":1679510109315},{"type":"start","time":1679510166161},{"type":"stop","time":1679510229945},{"type":"start","time":1679510419137},{"type":"stop","time":1679510436320},{"type":"start","time":1679510472484},{"type":"stop","time":1679510490728},{"type":"start","time":1679510578767},{"type":"stop","time":1679510629327},{"type":"start","time":1679510667630},{"type":"stop","time":1679510712969},{"type":"start","time":1679510712972},{"type":"stop","time":1679510714520},{"type":"start","time":1679510770697},{"type":"stop","time":1679510786981},{"type":"start","time":1679510887946},{"type":"stop","time":1679510926993},{"type":"start","time":1679510981315},{"type":"stop","time":1679511006420},{"type":"start","time":1679511023211},{"type":"stop","time":1679511042554},{"type":"start","time":1679511268288},{"type":"stop","time":1679511282025},{"type":"start","time":1679511602619},{"type":"stop","time":1679511650433},{"type":"start","time":1679511856283},{"type":"stop","time":1679511896683}]},{"actions":[{"type":"start","time":1679505987277},{"type":"stop","time":1679506007581},{"type":"start","time":1679506177912},{"type":"stop","time":1679506184835},{"type":"start","time":1679506237370},{"type":"stop","time":1679506246490},{"type":"start","time":1679506247555},{"type":"stop","time":1679506260452},{"type":"start","time":1679506261404},{"type":"stop","time":1679506274340},{"type":"start","time":1679506295797},{"type":"stop","time":1679506301345},{"type":"start","time":1679507030433},{"type":"stop","time":1679507089508},{"type":"start","time":1679507112358},{"type":"stop","time":1679507119873},{"type":"start","time":1679507155407},{"type":"stop","time":1679507166218},{"type":"start","time":1679507167878},{"type":"stop","time":1679507198929},{"type":"start","time":1679507294906},{"type":"stop","time":1679507355423},{"type":"start","time":1679507383503},{"type":"stop","time":1679507446327},{"type":"start","time":1679507498305},{"type":"stop","time":1679507732377},{"type":"start","time":1679507748685},{"type":"stop","time":1679507873367},{"type":"start","time":1679507874454},{"type":"stop","time":1679507977183},{"type":"start","time":1679509169281},{"type":"stop","time":1679509266949},{"type":"start","time":1679509267797},{"type":"stop","time":1679509288831},{"type":"start","time":1679509325848},{"type":"stop","time":1679509351405},{"type":"start","time":1679509353764},{"type":"stop","time":1679509355264},{"type":"start","time":1679509391458},{"type":"stop","time":1679509439308},{"type":"start","time":1679509454719},{"type":"stop","time":1679509503451},{"type":"start","time":1679509508351},{"type":"stop","time":1679509630328},{"type":"start","time":1679509864709},{"type":"stop","time":1679509952497},{"type":"start","time":1679509976734},{"type":"stop","time":1679509997396},{"type":"start","time":1679510114355},{"type":"stop","time":1679510164273},{"type":"start","time":1679510237312},{"type":"stop","time":1679510303999},{"type":"start","time":1679510306089},{"type":"stop","time":1679510393949},{"type":"start","time":1679510437716},{"type":"stop","time":1679510471551},{"type":"start","time":1679510493075},{"type":"stop","time":1679510568298},{"type":"start","time":1679510633081},{"type":"stop","time":1679510662795},{"type":"start","time":1679510719096},{"type":"stop","time":1679510743242},{"type":"start","time":1679510743244},{"type":"stop","time":1679510744309},{"type":"start","time":1679510827459},{"type":"stop","time":1679510850934},{"type":"start","time":1679510949634},{"type":"stop","time":1679510978364},{"type":"start","time":1679511007412},{"type":"stop","time":1679511010765},{"type":"start","time":1679511088407},{"type":"stop","time":1679511095797},{"type":"start","time":1679511145958},{"type":"stop","time":1679511267382},{"type":"start","time":1679511317319},{"type":"stop","time":1679511427541},{"type":"start","time":1679511428361},{"type":"stop","time":1679511489091},{"type":"start","time":1679511491617},{"type":"stop","time":1679511601064},{"type":"start","time":1679511651222},{"type":"stop","time":1679511681229},{"type":"start","time":1679511685951},{"type":"stop","time":1679511696090},{"type":"start","time":1679511717572},{"type":"stop","time":1679511822293}]},{"actions":[{"type":"start","time":1679506186955},{"type":"stop","time":1679506195361},{"type":"start","time":1679506209791},{"type":"stop","time":1679506218025},{"type":"start","time":1679506660901},{"type":"stop","time":1679506674694},{"type":"start","time":1679507359325},{"type":"stop","time":1679507369595},{"type":"start","time":1679507369597},{"type":"stop","time":1679507372844},{"type":"start","time":1679509295126},{"type":"stop","time":1679509308078},{"type":"start","time":1679509728926},{"type":"stop","time":1679509768718},{"type":"start","time":1679509998508},{"type":"stop","time":1679510015955},{"type":"start","time":1679510395225},{"type":"stop","time":1679510409501},{"type":"start","time":1679510796029},{"type":"stop","time":1679510824972}]}]}</t>
         </is>
       </c>
       <c r="E135">
-        <v>8380</v>
+        <v>1323574</v>
       </c>
       <c r="F135">
-        <v>13358</v>
+        <v>2211858</v>
       </c>
       <c r="G135">
-        <v>0</v>
+        <v>157360</v>
       </c>
       <c r="H135">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="I135">
-        <v>1</v>
+        <v>43</v>
       </c>
       <c r="J135">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>138</v>
       </c>
       <c r="B136" s="2">
-        <v>20230221081102</v>
+        <v>20240423074258</v>
       </c>
       <c r="C136" s="2">
-        <v>1676967108242</v>
+        <v>1713858196381</v>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>{"lastSave":1676967108242,"timeWatchM":21788,"timeWatchW":15592,"timeWatchD":0,"countWatchM":5,"countWatchW":4,"countWatchD":0,"id":"71c14c5d","watches":[{"actions":[{"type":"start","time":1676967062303},{"type":"stop","time":1676967073394},{"type":"start","time":1676967073395},{"type":"stop","time":1676967074361},{"type":"start","time":1676967086257},{"type":"stop","time":1676967091380},{"type":"start","time":1676967098314},{"type":"stop","time":1676967100297},{"type":"start","time":1676967104351},{"type":"stop","time":1676967106976}]},{"actions":[{"type":"start","time":1676967079217},{"type":"stop","time":1676967085298},{"type":"start","time":1676967085299},{"type":"stop","time":1676967086256},{"type":"start","time":1676967093812},{"type":"stop","time":1676967098314},{"type":"start","time":1676967100298},{"type":"stop","time":1676967104350}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1713858196381,"timeWatchM":8385,"timeWatchW":4836,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"6d391c26","watches":[{"actions":[{"type":"start","time":1713858178550},{"type":"stop","time":1713858183355},{"type":"start","time":1713858190783},{"type":"stop","time":1713858194363}]},{"actions":[{"type":"start","time":1713858185144},{"type":"stop","time":1713858189980}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E136">
-        <v>21788</v>
+        <v>8385</v>
       </c>
       <c r="F136">
-        <v>15592</v>
+        <v>4836</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I136">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J136">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>139</v>
       </c>
       <c r="B137" s="2">
-        <v>20250206185245</v>
+        <v>20250801153853</v>
       </c>
       <c r="C137" s="2">
-        <v>1738867978078</v>
+        <v>1754062732751</v>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>{"lastSave":1738867978078,"timeWatchM":13553,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"72d2bd74","watches":[{"actions":[{"type":"start","time":1738867964525},{"type":"stop","time":1738867978078}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1754062732751,"timeWatchM":0,"timeWatchW":0,"timeWatchD":0,"countWatchM":0.5,"countWatchW":0,"countWatchD":0,"id":"6e941d17","watches":[{"actions":[{"type":"start","time":1754062732751}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E137">
-        <v>13553</v>
+        <v>0</v>
       </c>
       <c r="F137">
         <v>0</v>
       </c>
       <c r="G137">
         <v>0</v>
       </c>
       <c r="H137">
         <v>1</v>
       </c>
       <c r="I137">
         <v>0</v>
       </c>
       <c r="J137">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>140</v>
       </c>
       <c r="B138" s="2">
-        <v>20250315140749</v>
+        <v>20231013143254</v>
       </c>
       <c r="C138" s="2">
-        <v>1742048271932</v>
+        <v>1697207846817</v>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>{"lastSave":1742048271932,"timeWatchM":600299,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"73b6022","watches":[{"actions":[{"type":"start","time":1742047669617},{"type":"stop","time":1742048269916}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1697207846817,"timeWatchM":111800,"timeWatchW":121122,"timeWatchD":0,"countWatchM":5,"countWatchW":3.5,"countWatchD":0,"id":"6ef06be9","watches":[{"actions":[{"type":"start","time":1697207573897},{"type":"stop","time":1697207581877},{"type":"start","time":1697207688245},{"type":"stop","time":1697207699257},{"type":"start","time":1697207739993},{"type":"stop","time":1697207823956},{"type":"start","time":1697207826224},{"type":"stop","time":1697207830107},{"type":"start","time":1697207840719},{"type":"stop","time":1697207845681}]},{"actions":[{"type":"start","time":1697207581880},{"type":"stop","time":1697207631247},{"type":"start","time":1697207637578},{"type":"stop","time":1697207680261},{"type":"start","time":1697207700139},{"type":"stop","time":1697207729211},{"type":"start","time":1697207846817}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E138">
-        <v>600299</v>
+        <v>111800</v>
       </c>
       <c r="F138">
-        <v>0</v>
+        <v>121122</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I138">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J138">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>141</v>
       </c>
       <c r="B139" s="2">
-        <v>20250109195903</v>
+        <v>20240413151934</v>
       </c>
       <c r="C139" s="2">
-        <v>1736453164129</v>
+        <v>1713029438684</v>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>{"lastSave":1736453164129,"timeWatchM":205334,"timeWatchW":178054,"timeWatchD":0,"countWatchM":8,"countWatchW":10,"countWatchD":0,"id":"74537fa3","watches":[{"actions":[{"type":"start","time":1736452828157},{"type":"stop","time":1736452833638},{"type":"start","time":1736452861816},{"type":"stop","time":1736452895835},{"type":"start","time":1736452930068},{"type":"stop","time":1736452940311},{"type":"start","time":1736452957376},{"type":"stop","time":1736453006706},{"type":"start","time":1736453014014},{"type":"stop","time":1736453056078},{"type":"start","time":1736453058150},{"type":"stop","time":1736453080969},{"type":"start","time":1736453096359},{"type":"stop","time":1736453137141},{"type":"start","time":1736453145323},{"type":"stop","time":1736453145919}]},{"actions":[{"type":"start","time":1736452743279},{"type":"stop","time":1736452767176},{"type":"start","time":1736452767177},{"type":"stop","time":1736452767664},{"type":"start","time":1736452767666},{"type":"stop","time":1736452812884},{"type":"start","time":1736452820844},{"type":"stop","time":1736452828155},{"type":"start","time":1736452833639},{"type":"stop","time":1736452855371},{"type":"start","time":1736452895837},{"type":"stop","time":1736452930067},{"type":"start","time":1736452941044},{"type":"stop","time":1736452956800},{"type":"start","time":1736453006708},{"type":"stop","time":1736453014013},{"type":"start","time":1736453088190},{"type":"stop","time":1736453096357},{"type":"start","time":1736453145920},{"type":"stop","time":1736453159871}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1713029438684,"timeWatchM":2132823,"timeWatchW":4478402,"timeWatchD":20530,"countWatchM":21,"countWatchW":15,"countWatchD":1,"id":"6efd4199","watches":[{"actions":[{"type":"start","time":1713021574025},{"type":"stop","time":1713021717469},{"type":"start","time":1713022100584},{"type":"stop","time":1713022378184},{"type":"start","time":1713022524538},{"type":"stop","time":1713022773368},{"type":"start","time":1713022797460},{"type":"stop","time":1713022877020},{"type":"start","time":1713022888198},{"type":"stop","time":1713023095612},{"type":"start","time":1713023112753},{"type":"stop","time":1713023130495},{"type":"start","time":1713023156767},{"type":"stop","time":1713023203294},{"type":"start","time":1713023254420},{"type":"stop","time":1713023371533},{"type":"start","time":1713023372317},{"type":"stop","time":1713023423352},{"type":"start","time":1713023751495},{"type":"stop","time":1713023911398},{"type":"start","time":1713023934788},{"type":"stop","time":1713023982157},{"type":"start","time":1713024038726},{"type":"stop","time":1713024065946},{"type":"start","time":1713024066543},{"type":"stop","time":1713024148250},{"type":"start","time":1713025219265},{"type":"stop","time":1713025585234},{"type":"start","time":1713025865979},{"type":"stop","time":1713025892919},{"type":"start","time":1713026222980},{"type":"stop","time":1713026308006},{"type":"start","time":1713026370389},{"type":"stop","time":1713026437144},{"type":"start","time":1713026457093},{"type":"stop","time":1713026492995},{"type":"start","time":1713026513528},{"type":"stop","time":1713026559367},{"type":"start","time":1713026582014},{"type":"stop","time":1713026582597},{"type":"start","time":1713026582600},{"type":"stop","time":1713026582945}]},{"actions":[{"type":"start","time":1713021718585},{"type":"stop","time":1713021721882},{"type":"start","time":1713021777988},{"type":"stop","time":1713022092055},{"type":"start","time":1713022379197},{"type":"stop","time":1713022523694},{"type":"start","time":1713022774309},{"type":"stop","time":1713022796268},{"type":"start","time":1713023096144},{"type":"stop","time":1713023110719},{"type":"start","time":1713023204150},{"type":"stop","time":1713023252407},{"type":"start","time":1713023423765},{"type":"stop","time":1713023750511},{"type":"start","time":1713023920844},{"type":"stop","time":1713023934234},{"type":"start","time":1713023982637},{"type":"stop","time":1713024037609},{"type":"start","time":1713025586071},{"type":"stop","time":1713025865203},{"type":"start","time":1713025893399},{"type":"stop","time":1713026025407},{"type":"start","time":1713026029776},{"type":"stop","time":1713026220163},{"type":"start","time":1713026308854},{"type":"stop","time":1713026369756},{"type":"start","time":1713026437459},{"type":"stop","time":1713026455940},{"type":"start","time":1713026582947},{"type":"stop","time":1713029438679}]},{"actions":[{"type":"start","time":1713023131152},{"type":"stop","time":1713023151682}]}]}</t>
         </is>
       </c>
       <c r="E139">
-        <v>205334</v>
+        <v>2132823</v>
       </c>
       <c r="F139">
-        <v>178054</v>
+        <v>4478402</v>
       </c>
       <c r="G139">
-        <v>0</v>
+        <v>20530</v>
       </c>
       <c r="H139">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="I139">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J139">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>142</v>
       </c>
       <c r="B140" s="2">
-        <v>20240417092735</v>
+        <v>20250325181414</v>
       </c>
       <c r="C140" s="2">
-        <v>1713346109358</v>
+        <v>1742926873083</v>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>{"lastSave":1713346109358,"timeWatchM":17125,"timeWatchW":17216,"timeWatchD":1950,"countWatchM":16,"countWatchW":10,"countWatchD":2,"id":"749bddff","watches":[{"actions":[{"type":"start","time":1713346055223},{"type":"stop","time":1713346057022},{"type":"start","time":1713346057022},{"type":"stop","time":1713346058622},{"type":"start","time":1713346077334},{"type":"stop","time":1713346078718},{"type":"start","time":1713346078718},{"type":"stop","time":1713346079310},{"type":"start","time":1713346079310},{"type":"stop","time":1713346080054},{"type":"start","time":1713346080054},{"type":"stop","time":1713346080629},{"type":"start","time":1713346080630},{"type":"stop","time":1713346081742},{"type":"start","time":1713346081742},{"type":"stop","time":1713346082518},{"type":"start","time":1713346082518},{"type":"stop","time":1713346083006},{"type":"start","time":1713346083006},{"type":"stop","time":1713346083854},{"type":"start","time":1713346087406},{"type":"stop","time":1713346088622},{"type":"start","time":1713346088622},{"type":"stop","time":1713346089774},{"type":"start","time":1713346089774},{"type":"stop","time":1713346092230},{"type":"start","time":1713346092230},{"type":"stop","time":1713346092958},{"type":"start","time":1713346096335},{"type":"stop","time":1713346097478},{"type":"start","time":1713346097478},{"type":"stop","time":1713346097990}]},{"actions":[{"type":"start","time":1713346058622},{"type":"stop","time":1713346060158},{"type":"start","time":1713346060158},{"type":"stop","time":1713346065766},{"type":"start","time":1713346083854},{"type":"stop","time":1713346084254},{"type":"start","time":1713346084254},{"type":"stop","time":1713346084774},{"type":"start","time":1713346084774},{"type":"stop","time":1713346086830},{"type":"start","time":1713346086830},{"type":"stop","time":1713346087406},{"type":"start","time":1713346098622},{"type":"stop","time":1713346099910},{"type":"start","time":1713346099910},{"type":"stop","time":1713346100438},{"type":"start","time":1713346101126},{"type":"stop","time":1713346102198},{"type":"start","time":1713346102198},{"type":"stop","time":1713346105830}]},{"actions":[{"type":"start","time":1713346105831},{"type":"stop","time":1713346106334},{"type":"start","time":1713346106335},{"type":"stop","time":1713346107782}]}]}</t>
+          <t>{"lastSave":1742926873083,"timeWatchM":398448,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"6fd96567","watches":[{"actions":[{"type":"start","time":1742926454523},{"type":"stop","time":1742926510576},{"type":"start","time":1742926517355},{"type":"stop","time":1742926859750}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E140">
-        <v>17125</v>
+        <v>398448</v>
       </c>
       <c r="F140">
-        <v>17216</v>
+        <v>0</v>
       </c>
       <c r="G140">
-        <v>1950</v>
+        <v>0</v>
       </c>
       <c r="H140">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I140">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J140">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>143</v>
       </c>
       <c r="B141" s="2">
-        <v>20250416174340</v>
+        <v>20230809202720</v>
       </c>
       <c r="C141" s="2">
-        <v>1744825615190</v>
+        <v>1691614204495</v>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>{"lastSave":1744825615190,"timeWatchM":22300,"timeWatchW":174214,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"74b9bc9b","watches":[{"actions":[{"type":"start","time":1744825418669},{"type":"stop","time":1744825436333},{"type":"start","time":1744825436336},{"type":"stop","time":1744825440972}]},{"actions":[{"type":"start","time":1744825440974},{"type":"stop","time":1744825443196},{"type":"start","time":1744825443198},{"type":"stop","time":1744825615190}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1691614204495,"timeWatchM":843610,"timeWatchW":195931,"timeWatchD":0,"countWatchM":109,"countWatchW":42,"countWatchD":0,"id":"709ab5dc","watches":[{"actions":[{"type":"start","time":1691612840181},{"type":"stop","time":1691612842396},{"type":"start","time":1691612842397},{"type":"stop","time":1691612844046},{"type":"start","time":1691612854430},{"type":"stop","time":1691612856063},{"type":"start","time":1691612857014},{"type":"stop","time":1691612859179},{"type":"start","time":1691612869447},{"type":"stop","time":1691612871480},{"type":"start","time":1691612871480},{"type":"stop","time":1691612873713},{"type":"start","time":1691612873714},{"type":"stop","time":1691612874762},{"type":"start","time":1691612874762},{"type":"stop","time":1691612875429},{"type":"start","time":1691612875430},{"type":"stop","time":1691612876264},{"type":"start","time":1691612876265},{"type":"stop","time":1691612876863},{"type":"start","time":1691612876863},{"type":"stop","time":1691612877647},{"type":"start","time":1691612877648},{"type":"stop","time":1691612884896},{"type":"start","time":1691612895780},{"type":"stop","time":1691612896965},{"type":"start","time":1691612896965},{"type":"stop","time":1691612898781},{"type":"start","time":1691612901017},{"type":"stop","time":1691612902114},{"type":"start","time":1691612903215},{"type":"stop","time":1691612928381},{"type":"start","time":1691612930492},{"type":"stop","time":1691612962199},{"type":"start","time":1691612962200},{"type":"stop","time":1691612962882},{"type":"start","time":1691612962882},{"type":"stop","time":1691612990585},{"type":"start","time":1691612990586},{"type":"stop","time":1691612995867},{"type":"start","time":1691612995868},{"type":"stop","time":1691613003033},{"type":"start","time":1691613011438},{"type":"stop","time":1691613012651},{"type":"start","time":1691613015269},{"type":"stop","time":1691613018751},{"type":"start","time":1691613018752},{"type":"stop","time":1691613020368},{"type":"start","time":1691613020369},{"type":"stop","time":1691613025318},{"type":"start","time":1691613026635},{"type":"stop","time":1691613027984},{"type":"start","time":1691613028969},{"type":"stop","time":1691613036051},{"type":"start","time":1691613038220},{"type":"stop","time":1691613043518},{"type":"start","time":1691613044719},{"type":"stop","time":1691613051719},{"type":"start","time":1691613051720},{"type":"stop","time":1691613052319},{"type":"start","time":1691613052320},{"type":"stop","time":1691613066603},{"type":"start","time":1691613066603},{"type":"stop","time":1691613067652},{"type":"start","time":1691613067653},{"type":"stop","time":1691613075202},{"type":"start","time":1691613077254},{"type":"stop","time":1691613078236},{"type":"start","time":1691613102639},{"type":"stop","time":1691613106652},{"type":"start","time":1691613106653},{"type":"stop","time":1691613106837},{"type":"start","time":1691613106838},{"type":"stop","time":1691613117006},{"type":"start","time":1691613117006},{"type":"stop","time":1691613120756},{"type":"start","time":1691613120756},{"type":"stop","time":1691613122289},{"type":"start","time":1691613122289},{"type":"stop","time":1691613138721},{"type":"start","time":1691613140956},{"type":"stop","time":1691613144804},{"type":"start","time":1691613148389},{"type":"stop","time":1691613177905},{"type":"start","time":1691613180140},{"type":"stop","time":1691613180973},{"type":"start","time":1691613187206},{"type":"stop","time":1691613187973},{"type":"start","time":1691613208691},{"type":"stop","time":1691613209607},{"type":"start","time":1691613249143},{"type":"stop","time":1691613251625},{"type":"start","time":1691613255009},{"type":"stop","time":1691613267425},{"type":"start","time":1691613268560},{"type":"stop","time":1691613270175},{"type":"start","time":1691613270176},{"type":"stop","time":1691613284592},{"type":"start","time":1691613284593},{"type":"stop","time":1691613291959},{"type":"start","time":1691613291960},{"type":"stop","time":1691613299593},{"type":"start","time":1691613300277},{"type":"stop","time":1691613302976},{"type":"start","time":1691613302977},{"type":"stop","time":1691613307043},{"type":"start","time":1691613313195},{"type":"stop","time":1691613466631},{"type":"start","time":1691613486466},{"type":"stop","time":1691613508880},{"type":"start","time":1691613523696},{"type":"stop","time":1691613524762},{"type":"start","time":1691613525645},{"type":"stop","time":1691613529960},{"type":"start","time":1691613530747},{"type":"stop","time":1691613536794},{"type":"start","time":1691613539411},{"type":"stop","time":1691613549627},{"type":"start","time":1691613551311},{"type":"stop","time":1691613552260},{"type":"start","time":1691613552261},{"type":"stop","time":1691613554027},{"type":"start","time":1691613554027},{"type":"stop","time":1691613555044},{"type":"start","time":1691613555045},{"type":"stop","time":1691613557994},{"type":"start","time":1691613559629},{"type":"stop","time":1691613575727},{"type":"start","time":1691613611079},{"type":"stop","time":1691613613062},{"type":"start","time":1691613613662},{"type":"stop","time":1691613623479},{"type":"start","time":1691613623480},{"type":"stop","time":1691613624395},{"type":"start","time":1691613624396},{"type":"stop","time":1691613627312},{"type":"start","time":1691613627312},{"type":"stop","time":1691613629528},{"type":"start","time":1691613629530},{"type":"stop","time":1691613630529},{"type":"start","time":1691613630530},{"type":"stop","time":1691613651895},{"type":"start","time":1691613651897},{"type":"stop","time":1691613665365},{"type":"start","time":1691613667850},{"type":"stop","time":1691613668831},{"type":"start","time":1691613670897},{"type":"stop","time":1691613671698},{"type":"start","time":1691613674214},{"type":"stop","time":1691613680664},{"type":"start","time":1691613680665},{"type":"stop","time":1691613682614},{"type":"start","time":1691613682616},{"type":"stop","time":1691613683647},{"type":"start","time":1691613685215},{"type":"stop","time":1691613692749},{"type":"start","time":1691613692750},{"type":"stop","time":1691613693764},{"type":"start","time":1691613693765},{"type":"stop","time":1691613717780},{"type":"start","time":1691613717782},{"type":"stop","time":1691613723214},{"type":"start","time":1691613724083},{"type":"stop","time":1691613728265},{"type":"start","time":1691613728266},{"type":"stop","time":1691613735682},{"type":"start","time":1691613773166},{"type":"stop","time":1691613787983},{"type":"start","time":1691613789951},{"type":"stop","time":1691613798301},{"type":"start","time":1691613800152},{"type":"stop","time":1691613815467},{"type":"start","time":1691613816203},{"type":"stop","time":1691613817434},{"type":"start","time":1691613824871},{"type":"stop","time":1691613828717},{"type":"start","time":1691613828719},{"type":"stop","time":1691613831051},{"type":"start","time":1691613832118},{"type":"stop","time":1691613833236},{"type":"start","time":1691613868437},{"type":"stop","time":1691613869419},{"type":"start","time":1691613869420},{"type":"stop","time":1691613887903},{"type":"start","time":1691613889021},{"type":"stop","time":1691613896652},{"type":"start","time":1691613898055},{"type":"stop","time":1691613910486},{"type":"start","time":1691613950706},{"type":"stop","time":1691613966904},{"type":"start","time":1691613993224},{"type":"stop","time":1691614001955},{"type":"start","time":1691614005472},{"type":"stop","time":1691614009789},{"type":"start","time":1691614012307},{"type":"stop","time":1691614013406},{"type":"start","time":1691614014274},{"type":"stop","time":1691614018376},{"type":"start","time":1691614025657},{"type":"stop","time":1691614031274},{"type":"start","time":1691614033575},{"type":"stop","time":1691614045673},{"type":"start","time":1691614057491},{"type":"stop","time":1691614063223},{"type":"start","time":1691614074393},{"type":"stop","time":1691614086724},{"type":"start","time":1691614127760},{"type":"stop","time":1691614141793},{"type":"start","time":1691614144610},{"type":"stop","time":1691614146910},{"type":"start","time":1691614146911},{"type":"stop","time":1691614169862},{"type":"start","time":1691614175562},{"type":"stop","time":1691614179944},{"type":"start","time":1691614187078},{"type":"stop","time":1691614188277},{"type":"start","time":1691614189046},{"type":"stop","time":1691614190260}]},{"actions":[{"type":"start","time":1691612844047},{"type":"stop","time":1691612844563},{"type":"start","time":1691612844564},{"type":"stop","time":1691612848612},{"type":"start","time":1691612848613},{"type":"stop","time":1691612850297},{"type":"start","time":1691612884897},{"type":"stop","time":1691612885280},{"type":"start","time":1691612885281},{"type":"stop","time":1691612887096},{"type":"start","time":1691612887097},{"type":"stop","time":1691612893947},{"type":"start","time":1691613003034},{"type":"stop","time":1691613011438},{"type":"start","time":1691613012652},{"type":"stop","time":1691613015268},{"type":"start","time":1691613025319},{"type":"stop","time":1691613026635},{"type":"start","time":1691613027985},{"type":"stop","time":1691613028968},{"type":"start","time":1691613036052},{"type":"stop","time":1691613038219},{"type":"start","time":1691613043519},{"type":"stop","time":1691613044719},{"type":"start","time":1691613075203},{"type":"stop","time":1691613077253},{"type":"start","time":1691613078237},{"type":"stop","time":1691613080239},{"type":"start","time":1691613089671},{"type":"stop","time":1691613090653},{"type":"start","time":1691613184556},{"type":"stop","time":1691613186006},{"type":"start","time":1691613215891},{"type":"stop","time":1691613216840},{"type":"start","time":1691613236192},{"type":"stop","time":1691613244208},{"type":"start","time":1691613509981},{"type":"stop","time":1691613510980},{"type":"start","time":1691613537595},{"type":"stop","time":1691613538577},{"type":"start","time":1691613549629},{"type":"stop","time":1691613551310},{"type":"start","time":1691613557995},{"type":"stop","time":1691613559627},{"type":"start","time":1691613575728},{"type":"stop","time":1691613610444},{"type":"start","time":1691613665366},{"type":"stop","time":1691613666563},{"type":"start","time":1691613666564},{"type":"stop","time":1691613667849},{"type":"start","time":1691613668832},{"type":"stop","time":1691613670897},{"type":"start","time":1691613671699},{"type":"stop","time":1691613674213},{"type":"start","time":1691613683648},{"type":"stop","time":1691613683830},{"type":"start","time":1691613683831},{"type":"stop","time":1691613685214},{"type":"start","time":1691613787985},{"type":"stop","time":1691613789949},{"type":"start","time":1691613910488},{"type":"stop","time":1691613934937},{"type":"start","time":1691613934938},{"type":"stop","time":1691613935436},{"type":"start","time":1691613935437},{"type":"stop","time":1691613947887},{"type":"start","time":1691613968306},{"type":"stop","time":1691613993222},{"type":"start","time":1691614002740},{"type":"stop","time":1691614004855},{"type":"start","time":1691614009790},{"type":"stop","time":1691614012306},{"type":"start","time":1691614013408},{"type":"stop","time":1691614014272},{"type":"start","time":1691614018377},{"type":"stop","time":1691614025656},{"type":"start","time":1691614031275},{"type":"stop","time":1691614033574},{"type":"start","time":1691614048824},{"type":"stop","time":1691614057490},{"type":"start","time":1691614065358},{"type":"stop","time":1691614074392},{"type":"start","time":1691614141795},{"type":"stop","time":1691614144609}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E141">
-        <v>22300</v>
+        <v>843610</v>
       </c>
       <c r="F141">
-        <v>174214</v>
+        <v>195931</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
-        <v>2</v>
+        <v>109</v>
       </c>
       <c r="I141">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="J141">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>144</v>
       </c>
       <c r="B142" s="2">
-        <v>20250828171101</v>
+        <v>20250524121918</v>
       </c>
       <c r="C142" s="2">
-        <v>1756409915148</v>
+        <v>1748089684266</v>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>{"lastSave":1756409915148,"timeWatchM":3677402,"timeWatchW":666696,"timeWatchD":0,"countWatchM":25,"countWatchW":5,"countWatchD":0,"id":"74c1b439","watches":[{"actions":[{"type":"start","time":1756401061197},{"type":"stop","time":1756401286789},{"type":"start","time":1756401286791},{"type":"stop","time":1756401299422},{"type":"start","time":1756401299423},{"type":"stop","time":1756401376346},{"type":"start","time":1756401376347},{"type":"stop","time":1756401383048},{"type":"start","time":1756401383050},{"type":"stop","time":1756401451995},{"type":"start","time":1756401451998},{"type":"stop","time":1756401458370},{"type":"start","time":1756401458372},{"type":"stop","time":1756401459668},{"type":"start","time":1756401459672},{"type":"stop","time":1756401471605},{"type":"start","time":1756401476159},{"type":"stop","time":1756401567373},{"type":"start","time":1756401595045},{"type":"stop","time":1756401649951},{"type":"start","time":1756401655627},{"type":"stop","time":1756401784188},{"type":"start","time":1756401786036},{"type":"stop","time":1756401942446},{"type":"start","time":1756401965008},{"type":"stop","time":1756402401984},{"type":"start","time":1756402465990},{"type":"stop","time":1756402518646},{"type":"start","time":1756402642331},{"type":"stop","time":1756402751838},{"type":"start","time":1756402804475},{"type":"stop","time":1756402872483},{"type":"start","time":1756403014853},{"type":"stop","time":1756403116083},{"type":"start","time":1756403162461},{"type":"stop","time":1756403833508},{"type":"start","time":1756404251604},{"type":"stop","time":1756404651309},{"type":"start","time":1756404666525},{"type":"stop","time":1756404807209},{"type":"start","time":1756404807212},{"type":"stop","time":1756404808561},{"type":"start","time":1756404903548},{"type":"stop","time":1756404928798},{"type":"start","time":1756404994612},{"type":"stop","time":1756405034530},{"type":"start","time":1756408478461},{"type":"stop","time":1756408536767},{"type":"start","time":1756409096449},{"type":"stop","time":1756409827731}]},{"actions":[{"type":"start","time":1756402403079},{"type":"stop","time":1756402457375},{"type":"start","time":1756402753036},{"type":"stop","time":1756402775311},{"type":"start","time":1756403844837},{"type":"stop","time":1756404247817},{"type":"start","time":1756404808562},{"type":"stop","time":1756404902058},{"type":"start","time":1756409001940},{"type":"stop","time":1756409095589}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748089684266,"timeWatchM":0,"timeWatchW":488679,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"70e80f78","watches":[{"actions":[]},{"actions":[{"type":"start","time":1748089193534},{"type":"stop","time":1748089682213}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E142">
-        <v>3677402</v>
+        <v>0</v>
       </c>
       <c r="F142">
-        <v>666696</v>
+        <v>488679</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="I142">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J142">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>145</v>
       </c>
       <c r="B143" s="2">
-        <v>20250524151019</v>
+        <v>20250821135900</v>
       </c>
       <c r="C143" s="2">
-        <v>1748102702400</v>
+        <v>1755784776609</v>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>{"lastSave":1748102702400,"timeWatchM":2033311,"timeWatchW":1159567,"timeWatchD":0,"countWatchM":6,"countWatchW":8,"countWatchD":0,"id":"7500cc9c","watches":[{"actions":[{"type":"start","time":1748099454125},{"type":"stop","time":1748099456836},{"type":"start","time":1748099456837},{"type":"stop","time":1748100026353},{"type":"start","time":1748100087566},{"type":"stop","time":1748100126006},{"type":"start","time":1748100130134},{"type":"stop","time":1748100802832},{"type":"start","time":1748100811245},{"type":"stop","time":1748100816619},{"type":"start","time":1748100867877},{"type":"stop","time":1748101612449}]},{"actions":[{"type":"start","time":1748100027937},{"type":"stop","time":1748100038787},{"type":"start","time":1748100038788},{"type":"stop","time":1748100040340},{"type":"start","time":1748100042262},{"type":"stop","time":1748100079472},{"type":"start","time":1748100803485},{"type":"stop","time":1748100807566},{"type":"start","time":1748100817700},{"type":"stop","time":1748100865760},{"type":"start","time":1748101621847},{"type":"stop","time":1748102071556},{"type":"start","time":1748102081876},{"type":"stop","time":1748102654760},{"type":"start","time":1748102665788},{"type":"stop","time":1748102701009}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755784776609,"timeWatchM":9534,"timeWatchW":15635,"timeWatchD":0,"countWatchM":2,"countWatchW":5,"countWatchD":0,"id":"711b80cd","watches":[{"actions":[{"type":"start","time":1755784739942},{"type":"stop","time":1755784743659},{"type":"start","time":1755784768359},{"type":"stop","time":1755784774176}]},{"actions":[{"type":"start","time":1755784745942},{"type":"stop","time":1755784749626},{"type":"start","time":1755784751742},{"type":"stop","time":1755784753892},{"type":"start","time":1755784753892},{"type":"stop","time":1755784756526},{"type":"start","time":1755784756526},{"type":"stop","time":1755784758676},{"type":"start","time":1755784761326},{"type":"stop","time":1755784766343}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E143">
-        <v>2033311</v>
+        <v>9534</v>
       </c>
       <c r="F143">
-        <v>1159567</v>
+        <v>15635</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I143">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="J143">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>146</v>
       </c>
       <c r="B144" s="2">
-        <v>20250923174102</v>
+        <v>20230319062730</v>
       </c>
       <c r="C144" s="2">
-        <v>1758649514606</v>
+        <v>1679207272776</v>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>{"lastSave":1758649514606,"timeWatchM":224965,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"76584b9b","watches":[{"actions":[{"type":"start","time":1758649262089},{"type":"stop","time":1758649371839},{"type":"start","time":1758649387773},{"type":"stop","time":1758649435023},{"type":"start","time":1758649446640},{"type":"stop","time":1758649514605}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1679207272776,"timeWatchM":8380,"timeWatchW":13358,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"71b7f7a4","watches":[{"actions":[{"type":"start","time":1679207251037},{"type":"stop","time":1679207259417}]},{"actions":[{"type":"start","time":1679207259418},{"type":"stop","time":1679207272776}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E144">
-        <v>224965</v>
+        <v>8380</v>
       </c>
       <c r="F144">
-        <v>0</v>
+        <v>13358</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I144">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J144">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>147</v>
       </c>
       <c r="B145" s="2">
-        <v>20230905102211</v>
+        <v>20230221081102</v>
       </c>
       <c r="C145" s="2">
-        <v>1693909382918</v>
+        <v>1676967108242</v>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>{"lastSave":1693909382918,"timeWatchM":1472,"timeWatchW":49609,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"780164f1","watches":[{"actions":[{"type":"start","time":1693909331835},{"type":"stop","time":1693909333307}]},{"actions":[{"type":"start","time":1693909333308},{"type":"stop","time":1693909346486},{"type":"start","time":1693909346487},{"type":"stop","time":1693909382918}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1676967108242,"timeWatchM":21788,"timeWatchW":15592,"timeWatchD":0,"countWatchM":5,"countWatchW":4,"countWatchD":0,"id":"71c14c5d","watches":[{"actions":[{"type":"start","time":1676967062303},{"type":"stop","time":1676967073394},{"type":"start","time":1676967073395},{"type":"stop","time":1676967074361},{"type":"start","time":1676967086257},{"type":"stop","time":1676967091380},{"type":"start","time":1676967098314},{"type":"stop","time":1676967100297},{"type":"start","time":1676967104351},{"type":"stop","time":1676967106976}]},{"actions":[{"type":"start","time":1676967079217},{"type":"stop","time":1676967085298},{"type":"start","time":1676967085299},{"type":"stop","time":1676967086256},{"type":"start","time":1676967093812},{"type":"stop","time":1676967098314},{"type":"start","time":1676967100298},{"type":"stop","time":1676967104350}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E145">
-        <v>1472</v>
+        <v>21788</v>
       </c>
       <c r="F145">
-        <v>49609</v>
+        <v>15592</v>
       </c>
       <c r="G145">
         <v>0</v>
       </c>
       <c r="H145">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I145">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J145">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>148</v>
       </c>
       <c r="B146" s="2">
-        <v>20230321185138</v>
+        <v>20250206185245</v>
       </c>
       <c r="C146" s="2">
-        <v>1679424835117</v>
+        <v>1738867978078</v>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>{"lastSave":1679424835117,"timeWatchM":1866,"timeWatchW":2404,"timeWatchD":981,"countWatchM":1,"countWatchW":1,"countWatchD":1,"id":"78b100d5","watches":[{"actions":[{"type":"start","time":1679424756891},{"type":"stop","time":1679424758757}]},{"actions":[{"type":"start","time":1679424750910},{"type":"stop","time":1679424753314}]},{"actions":[{"type":"start","time":1679424754121},{"type":"stop","time":1679424755102}]}]}</t>
+          <t>{"lastSave":1738867978078,"timeWatchM":13553,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"72d2bd74","watches":[{"actions":[{"type":"start","time":1738867964525},{"type":"stop","time":1738867978078}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E146">
-        <v>1866</v>
+        <v>13553</v>
       </c>
       <c r="F146">
-        <v>2404</v>
+        <v>0</v>
       </c>
       <c r="G146">
-        <v>981</v>
+        <v>0</v>
       </c>
       <c r="H146">
         <v>1</v>
       </c>
       <c r="I146">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J146">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>149</v>
       </c>
       <c r="B147" s="2">
-        <v>20230911172926</v>
+        <v>20250315140749</v>
       </c>
       <c r="C147" s="2">
-        <v>1694454260810</v>
+        <v>1742048271932</v>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>{"lastSave":1694454260810,"timeWatchM":628971,"timeWatchW":182808,"timeWatchD":0,"countWatchM":28,"countWatchW":17,"countWatchD":0,"id":"79284b67","watches":[{"actions":[{"type":"start","time":1694453366064},{"type":"stop","time":1694453528801},{"type":"start","time":1694453530392},{"type":"stop","time":1694453531254},{"type":"start","time":1694453532187},{"type":"stop","time":1694453533043},{"type":"start","time":1694453553057},{"type":"stop","time":1694453554401},{"type":"start","time":1694453554402},{"type":"stop","time":1694453604248},{"type":"start","time":1694453607521},{"type":"stop","time":1694453658138},{"type":"start","time":1694453658139},{"type":"stop","time":1694453677557},{"type":"start","time":1694453679345},{"type":"stop","time":1694453726530},{"type":"start","time":1694453726531},{"type":"stop","time":1694453762926},{"type":"start","time":1694453762927},{"type":"stop","time":1694453764347},{"type":"start","time":1694453888598},{"type":"stop","time":1694453927193},{"type":"start","time":1694453929389},{"type":"stop","time":1694453930237},{"type":"start","time":1694453939555},{"type":"stop","time":1694453968540},{"type":"start","time":1694453968541},{"type":"stop","time":1694453982635},{"type":"start","time":1694453982636},{"type":"stop","time":1694453993390},{"type":"start","time":1694453993391},{"type":"stop","time":1694453995079},{"type":"start","time":1694454001094},{"type":"stop","time":1694454002718},{"type":"start","time":1694454002719},{"type":"stop","time":1694454023753},{"type":"start","time":1694454023754},{"type":"stop","time":1694454025159},{"type":"start","time":1694454025160},{"type":"stop","time":1694454056007},{"type":"start","time":1694454056008},{"type":"stop","time":1694454056313},{"type":"start","time":1694454056314},{"type":"stop","time":1694454069218},{"type":"start","time":1694454069219},{"type":"stop","time":1694454087582},{"type":"start","time":1694454087583},{"type":"stop","time":1694454097600},{"type":"start","time":1694454107445},{"type":"stop","time":1694454124308},{"type":"start","time":1694454207236},{"type":"stop","time":1694454209535},{"type":"start","time":1694454210105},{"type":"stop","time":1694454244533},{"type":"start","time":1694454247572},{"type":"stop","time":1694454260810}]},{"actions":[{"type":"start","time":1694453528802},{"type":"stop","time":1694453530391},{"type":"start","time":1694453531255},{"type":"stop","time":1694453532186},{"type":"start","time":1694453533044},{"type":"stop","time":1694453545294},{"type":"start","time":1694453545295},{"type":"stop","time":1694453553056},{"type":"start","time":1694453604249},{"type":"stop","time":1694453607520},{"type":"start","time":1694453677558},{"type":"stop","time":1694453677794},{"type":"start","time":1694453677794},{"type":"stop","time":1694453679345},{"type":"start","time":1694453764348},{"type":"stop","time":1694453888597},{"type":"start","time":1694453927194},{"type":"stop","time":1694453927789},{"type":"start","time":1694453927790},{"type":"stop","time":1694453928283},{"type":"start","time":1694453928284},{"type":"stop","time":1694453929388},{"type":"start","time":1694453930238},{"type":"stop","time":1694453939554},{"type":"start","time":1694453995080},{"type":"stop","time":1694453996998},{"type":"start","time":1694453996999},{"type":"stop","time":1694454001093},{"type":"start","time":1694454097601},{"type":"stop","time":1694454107445},{"type":"start","time":1694454209536},{"type":"stop","time":1694454210104},{"type":"start","time":1694454244534},{"type":"stop","time":1694454247572}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742048271932,"timeWatchM":600299,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"73b6022","watches":[{"actions":[{"type":"start","time":1742047669617},{"type":"stop","time":1742048269916}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E147">
-        <v>628971</v>
+        <v>600299</v>
       </c>
       <c r="F147">
-        <v>182808</v>
+        <v>0</v>
       </c>
       <c r="G147">
         <v>0</v>
       </c>
       <c r="H147">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="I147">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="J147">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>150</v>
       </c>
       <c r="B148" s="2">
-        <v>20250923170557</v>
+        <v>20250109195903</v>
       </c>
       <c r="C148" s="2">
-        <v>1758647178100</v>
+        <v>1736453164129</v>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647178100,"timeWatchM":21163,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"79e53511","watches":[{"actions":[{"type":"start","time":1758647156936},{"type":"stop","time":1758647176517},{"type":"start","time":1758647176518},{"type":"stop","time":1758647178100}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1736453164129,"timeWatchM":205334,"timeWatchW":178054,"timeWatchD":0,"countWatchM":8,"countWatchW":10,"countWatchD":0,"id":"74537fa3","watches":[{"actions":[{"type":"start","time":1736452828157},{"type":"stop","time":1736452833638},{"type":"start","time":1736452861816},{"type":"stop","time":1736452895835},{"type":"start","time":1736452930068},{"type":"stop","time":1736452940311},{"type":"start","time":1736452957376},{"type":"stop","time":1736453006706},{"type":"start","time":1736453014014},{"type":"stop","time":1736453056078},{"type":"start","time":1736453058150},{"type":"stop","time":1736453080969},{"type":"start","time":1736453096359},{"type":"stop","time":1736453137141},{"type":"start","time":1736453145323},{"type":"stop","time":1736453145919}]},{"actions":[{"type":"start","time":1736452743279},{"type":"stop","time":1736452767176},{"type":"start","time":1736452767177},{"type":"stop","time":1736452767664},{"type":"start","time":1736452767666},{"type":"stop","time":1736452812884},{"type":"start","time":1736452820844},{"type":"stop","time":1736452828155},{"type":"start","time":1736452833639},{"type":"stop","time":1736452855371},{"type":"start","time":1736452895837},{"type":"stop","time":1736452930067},{"type":"start","time":1736452941044},{"type":"stop","time":1736452956800},{"type":"start","time":1736453006708},{"type":"stop","time":1736453014013},{"type":"start","time":1736453088190},{"type":"stop","time":1736453096357},{"type":"start","time":1736453145920},{"type":"stop","time":1736453159871}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E148">
-        <v>21163</v>
+        <v>205334</v>
       </c>
       <c r="F148">
-        <v>0</v>
+        <v>178054</v>
       </c>
       <c r="G148">
         <v>0</v>
       </c>
       <c r="H148">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I148">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J148">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>151</v>
       </c>
       <c r="B149" s="2">
-        <v>20240817125057</v>
+        <v>20240417092735</v>
       </c>
       <c r="C149" s="2">
-        <v>1723899709576</v>
+        <v>1713346109358</v>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>{"lastSave":1723899709576,"timeWatchM":0,"timeWatchW":172272,"timeWatchD":0,"countWatchM":0,"countWatchW":5,"countWatchD":0,"id":"7a772bb0","watches":[{"actions":[]},{"actions":[{"type":"start","time":1723899059620},{"type":"stop","time":1723899226428},{"type":"start","time":1723899232172},{"type":"stop","time":1723899233850},{"type":"start","time":1723899233852},{"type":"stop","time":1723899234697},{"type":"start","time":1723899234699},{"type":"stop","time":1723899236671},{"type":"start","time":1723899236673},{"type":"stop","time":1723899237642}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1713346109358,"timeWatchM":17125,"timeWatchW":17216,"timeWatchD":1950,"countWatchM":16,"countWatchW":10,"countWatchD":2,"id":"749bddff","watches":[{"actions":[{"type":"start","time":1713346055223},{"type":"stop","time":1713346057022},{"type":"start","time":1713346057022},{"type":"stop","time":1713346058622},{"type":"start","time":1713346077334},{"type":"stop","time":1713346078718},{"type":"start","time":1713346078718},{"type":"stop","time":1713346079310},{"type":"start","time":1713346079310},{"type":"stop","time":1713346080054},{"type":"start","time":1713346080054},{"type":"stop","time":1713346080629},{"type":"start","time":1713346080630},{"type":"stop","time":1713346081742},{"type":"start","time":1713346081742},{"type":"stop","time":1713346082518},{"type":"start","time":1713346082518},{"type":"stop","time":1713346083006},{"type":"start","time":1713346083006},{"type":"stop","time":1713346083854},{"type":"start","time":1713346087406},{"type":"stop","time":1713346088622},{"type":"start","time":1713346088622},{"type":"stop","time":1713346089774},{"type":"start","time":1713346089774},{"type":"stop","time":1713346092230},{"type":"start","time":1713346092230},{"type":"stop","time":1713346092958},{"type":"start","time":1713346096335},{"type":"stop","time":1713346097478},{"type":"start","time":1713346097478},{"type":"stop","time":1713346097990}]},{"actions":[{"type":"start","time":1713346058622},{"type":"stop","time":1713346060158},{"type":"start","time":1713346060158},{"type":"stop","time":1713346065766},{"type":"start","time":1713346083854},{"type":"stop","time":1713346084254},{"type":"start","time":1713346084254},{"type":"stop","time":1713346084774},{"type":"start","time":1713346084774},{"type":"stop","time":1713346086830},{"type":"start","time":1713346086830},{"type":"stop","time":1713346087406},{"type":"start","time":1713346098622},{"type":"stop","time":1713346099910},{"type":"start","time":1713346099910},{"type":"stop","time":1713346100438},{"type":"start","time":1713346101126},{"type":"stop","time":1713346102198},{"type":"start","time":1713346102198},{"type":"stop","time":1713346105830}]},{"actions":[{"type":"start","time":1713346105831},{"type":"stop","time":1713346106334},{"type":"start","time":1713346106335},{"type":"stop","time":1713346107782}]}]}</t>
         </is>
       </c>
       <c r="E149">
-        <v>0</v>
+        <v>17125</v>
       </c>
       <c r="F149">
-        <v>172272</v>
+        <v>17216</v>
       </c>
       <c r="G149">
-        <v>0</v>
+        <v>1950</v>
       </c>
       <c r="H149">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="I149">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="J149">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>152</v>
       </c>
       <c r="B150" s="2">
-        <v>20250103174726</v>
+        <v>20250416174340</v>
       </c>
       <c r="C150" s="2">
-        <v>1735930812323</v>
+        <v>1744825615190</v>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>{"lastSave":1735930812323,"timeWatchM":1825769,"timeWatchW":1250881,"timeWatchD":2503,"countWatchM":11,"countWatchW":15,"countWatchD":1,"id":"7aa7c459","watches":[{"actions":[{"type":"start","time":1735927689520},{"type":"stop","time":1735927756401},{"type":"start","time":1735927855483},{"type":"stop","time":1735927987289},{"type":"start","time":1735928110920},{"type":"stop","time":1735928191718},{"type":"start","time":1735928805865},{"type":"stop","time":1735928806773},{"type":"start","time":1735928806776},{"type":"stop","time":1735928807224},{"type":"start","time":1735928879754},{"type":"stop","time":1735930005845},{"type":"start","time":1735930080129},{"type":"stop","time":1735930205070},{"type":"start","time":1735930207899},{"type":"stop","time":1735930209363},{"type":"start","time":1735930239392},{"type":"stop","time":1735930453193},{"type":"start","time":1735930575143},{"type":"stop","time":1735930619208},{"type":"start","time":1735930619210},{"type":"stop","time":1735930653776}]},{"actions":[{"type":"start","time":1735927757303},{"type":"stop","time":1735927763508},{"type":"start","time":1735927794134},{"type":"stop","time":1735927855427},{"type":"start","time":1735927987332},{"type":"stop","time":1735928110877},{"type":"start","time":1735928191720},{"type":"stop","time":1735928518933},{"type":"start","time":1735928518951},{"type":"stop","time":1735928519375},{"type":"start","time":1735928519378},{"type":"stop","time":1735928612719},{"type":"start","time":1735928624606},{"type":"stop","time":1735928805862},{"type":"start","time":1735928807227},{"type":"stop","time":1735928879750},{"type":"start","time":1735930005865},{"type":"stop","time":1735930080126},{"type":"start","time":1735930205072},{"type":"stop","time":1735930207897},{"type":"start","time":1735930209366},{"type":"stop","time":1735930239389},{"type":"start","time":1735930455701},{"type":"stop","time":1735930515687},{"type":"start","time":1735930515690},{"type":"stop","time":1735930516367},{"type":"start","time":1735930516368},{"type":"stop","time":1735930575139},{"type":"start","time":1735930653779},{"type":"stop","time":1735930812317}]},{"actions":[{"type":"start","time":1735930453195},{"type":"stop","time":1735930455698}]}]}</t>
+          <t>{"lastSave":1744825615190,"timeWatchM":22300,"timeWatchW":174214,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"74b9bc9b","watches":[{"actions":[{"type":"start","time":1744825418669},{"type":"stop","time":1744825436333},{"type":"start","time":1744825436336},{"type":"stop","time":1744825440972}]},{"actions":[{"type":"start","time":1744825440974},{"type":"stop","time":1744825443196},{"type":"start","time":1744825443198},{"type":"stop","time":1744825615190}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E150">
-        <v>1825769</v>
+        <v>22300</v>
       </c>
       <c r="F150">
-        <v>1250881</v>
+        <v>174214</v>
       </c>
       <c r="G150">
-        <v>2503</v>
+        <v>0</v>
       </c>
       <c r="H150">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="I150">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="J150">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>153</v>
       </c>
       <c r="B151" s="2">
-        <v>20240430135140</v>
+        <v>20250828171101</v>
       </c>
       <c r="C151" s="2">
-        <v>1714485148360</v>
+        <v>1756409915148</v>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>{"lastSave":1714485148360,"timeWatchM":33726,"timeWatchW":8406,"timeWatchD":0,"countWatchM":4,"countWatchW":2,"countWatchD":0,"id":"7b31c972","watches":[{"actions":[{"type":"start","time":1714485103560},{"type":"stop","time":1714485107336},{"type":"start","time":1714485107336},{"type":"stop","time":1714485109320},{"type":"start","time":1714485109320},{"type":"stop","time":1714485133871},{"type":"start","time":1714485133872},{"type":"stop","time":1714485137287}]},{"actions":[{"type":"start","time":1714485137288},{"type":"stop","time":1714485142111},{"type":"start","time":1714485142112},{"type":"stop","time":1714485145695}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1756409915148,"timeWatchM":3677402,"timeWatchW":666696,"timeWatchD":0,"countWatchM":25,"countWatchW":5,"countWatchD":0,"id":"74c1b439","watches":[{"actions":[{"type":"start","time":1756401061197},{"type":"stop","time":1756401286789},{"type":"start","time":1756401286791},{"type":"stop","time":1756401299422},{"type":"start","time":1756401299423},{"type":"stop","time":1756401376346},{"type":"start","time":1756401376347},{"type":"stop","time":1756401383048},{"type":"start","time":1756401383050},{"type":"stop","time":1756401451995},{"type":"start","time":1756401451998},{"type":"stop","time":1756401458370},{"type":"start","time":1756401458372},{"type":"stop","time":1756401459668},{"type":"start","time":1756401459672},{"type":"stop","time":1756401471605},{"type":"start","time":1756401476159},{"type":"stop","time":1756401567373},{"type":"start","time":1756401595045},{"type":"stop","time":1756401649951},{"type":"start","time":1756401655627},{"type":"stop","time":1756401784188},{"type":"start","time":1756401786036},{"type":"stop","time":1756401942446},{"type":"start","time":1756401965008},{"type":"stop","time":1756402401984},{"type":"start","time":1756402465990},{"type":"stop","time":1756402518646},{"type":"start","time":1756402642331},{"type":"stop","time":1756402751838},{"type":"start","time":1756402804475},{"type":"stop","time":1756402872483},{"type":"start","time":1756403014853},{"type":"stop","time":1756403116083},{"type":"start","time":1756403162461},{"type":"stop","time":1756403833508},{"type":"start","time":1756404251604},{"type":"stop","time":1756404651309},{"type":"start","time":1756404666525},{"type":"stop","time":1756404807209},{"type":"start","time":1756404807212},{"type":"stop","time":1756404808561},{"type":"start","time":1756404903548},{"type":"stop","time":1756404928798},{"type":"start","time":1756404994612},{"type":"stop","time":1756405034530},{"type":"start","time":1756408478461},{"type":"stop","time":1756408536767},{"type":"start","time":1756409096449},{"type":"stop","time":1756409827731}]},{"actions":[{"type":"start","time":1756402403079},{"type":"stop","time":1756402457375},{"type":"start","time":1756402753036},{"type":"stop","time":1756402775311},{"type":"start","time":1756403844837},{"type":"stop","time":1756404247817},{"type":"start","time":1756404808562},{"type":"stop","time":1756404902058},{"type":"start","time":1756409001940},{"type":"stop","time":1756409095589}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E151">
-        <v>33726</v>
+        <v>3677402</v>
       </c>
       <c r="F151">
-        <v>8406</v>
+        <v>666696</v>
       </c>
       <c r="G151">
         <v>0</v>
       </c>
       <c r="H151">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I151">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J151">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>154</v>
       </c>
       <c r="B152" s="2">
-        <v>20230401195307</v>
+        <v>20250524151019</v>
       </c>
       <c r="C152" s="2">
-        <v>1680379794294</v>
+        <v>1748102702400</v>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>{"lastSave":1680379794294,"timeWatchM":510982,"timeWatchW":446581,"timeWatchD":0,"countWatchM":10,"countWatchW":19,"countWatchD":0,"id":"7b34d2aa","watches":[{"actions":[{"type":"start","time":1680378786012},{"type":"stop","time":1680378858704},{"type":"start","time":1680379111588},{"type":"stop","time":1680379118283},{"type":"start","time":1680379169073},{"type":"stop","time":1680379268674},{"type":"start","time":1680379268679},{"type":"stop","time":1680379336445},{"type":"start","time":1680379336448},{"type":"stop","time":1680379414357},{"type":"start","time":1680379480525},{"type":"stop","time":1680379494919},{"type":"start","time":1680379534347},{"type":"stop","time":1680379567669},{"type":"start","time":1680379597571},{"type":"stop","time":1680379646241},{"type":"start","time":1680379663059},{"type":"stop","time":1680379709539},{"type":"start","time":1680379709543},{"type":"stop","time":1680379752996}]},{"actions":[{"type":"start","time":1680378858707},{"type":"stop","time":1680378866458},{"type":"start","time":1680378866461},{"type":"stop","time":1680378903393},{"type":"start","time":1680378903399},{"type":"stop","time":1680378905918},{"type":"start","time":1680378905921},{"type":"stop","time":1680378972760},{"type":"start","time":1680378972763},{"type":"stop","time":1680378976255},{"type":"start","time":1680378976258},{"type":"stop","time":1680379002770},{"type":"start","time":1680379002773},{"type":"stop","time":1680379065789},{"type":"start","time":1680379065792},{"type":"stop","time":1680379078057},{"type":"start","time":1680379078059},{"type":"stop","time":1680379100517},{"type":"start","time":1680379100521},{"type":"stop","time":1680379111585},{"type":"start","time":1680379118286},{"type":"stop","time":1680379129295},{"type":"start","time":1680379129298},{"type":"stop","time":1680379169070},{"type":"start","time":1680379414360},{"type":"stop","time":1680379426947},{"type":"start","time":1680379436280},{"type":"stop","time":1680379480522},{"type":"start","time":1680379494922},{"type":"stop","time":1680379520539},{"type":"start","time":1680379520542},{"type":"stop","time":1680379534344},{"type":"start","time":1680379567673},{"type":"stop","time":1680379582928},{"type":"start","time":1680379582931},{"type":"stop","time":1680379597568},{"type":"start","time":1680379646244},{"type":"stop","time":1680379663056}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748102702400,"timeWatchM":2033311,"timeWatchW":1159567,"timeWatchD":0,"countWatchM":6,"countWatchW":8,"countWatchD":0,"id":"7500cc9c","watches":[{"actions":[{"type":"start","time":1748099454125},{"type":"stop","time":1748099456836},{"type":"start","time":1748099456837},{"type":"stop","time":1748100026353},{"type":"start","time":1748100087566},{"type":"stop","time":1748100126006},{"type":"start","time":1748100130134},{"type":"stop","time":1748100802832},{"type":"start","time":1748100811245},{"type":"stop","time":1748100816619},{"type":"start","time":1748100867877},{"type":"stop","time":1748101612449}]},{"actions":[{"type":"start","time":1748100027937},{"type":"stop","time":1748100038787},{"type":"start","time":1748100038788},{"type":"stop","time":1748100040340},{"type":"start","time":1748100042262},{"type":"stop","time":1748100079472},{"type":"start","time":1748100803485},{"type":"stop","time":1748100807566},{"type":"start","time":1748100817700},{"type":"stop","time":1748100865760},{"type":"start","time":1748101621847},{"type":"stop","time":1748102071556},{"type":"start","time":1748102081876},{"type":"stop","time":1748102654760},{"type":"start","time":1748102665788},{"type":"stop","time":1748102701009}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E152">
-        <v>510982</v>
+        <v>2033311</v>
       </c>
       <c r="F152">
-        <v>446581</v>
+        <v>1159567</v>
       </c>
       <c r="G152">
         <v>0</v>
       </c>
       <c r="H152">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I152">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="J152">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>155</v>
       </c>
       <c r="B153" s="2">
-        <v>20230425141135</v>
+        <v>20250923174102</v>
       </c>
       <c r="C153" s="2">
-        <v>1682431921480</v>
+        <v>1758649514606</v>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>{"lastSave":1682431921480,"timeWatchM":16673,"timeWatchW":5494,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"7bbe8934","watches":[{"actions":[{"type":"start","time":1682431895409},{"type":"stop","time":1682431907474},{"type":"start","time":1682431907474},{"type":"stop","time":1682431912082}]},{"actions":[{"type":"start","time":1682431914434},{"type":"stop","time":1682431919928}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758649514606,"timeWatchM":224965,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"76584b9b","watches":[{"actions":[{"type":"start","time":1758649262089},{"type":"stop","time":1758649371839},{"type":"start","time":1758649387773},{"type":"stop","time":1758649435023},{"type":"start","time":1758649446640},{"type":"stop","time":1758649514605}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E153">
-        <v>16673</v>
+        <v>224965</v>
       </c>
       <c r="F153">
-        <v>5494</v>
+        <v>0</v>
       </c>
       <c r="G153">
         <v>0</v>
       </c>
       <c r="H153">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I153">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J153">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>156</v>
       </c>
       <c r="B154" s="2">
-        <v>20230216121727</v>
+        <v>20230905102211</v>
       </c>
       <c r="C154" s="2">
-        <v>1676549856653</v>
+        <v>1693909382918</v>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>{"lastSave":1676549856653,"timeWatchM":4136,"timeWatchW":3689,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"7bfaa875","watches":[{"actions":[{"type":"start","time":1676549848826},{"type":"stop","time":1676549850399},{"type":"start","time":1676549854090},{"type":"stop","time":1676549856653}]},{"actions":[{"type":"start","time":1676549850400},{"type":"stop","time":1676549854089}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1693909382918,"timeWatchM":1472,"timeWatchW":49609,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"780164f1","watches":[{"actions":[{"type":"start","time":1693909331835},{"type":"stop","time":1693909333307}]},{"actions":[{"type":"start","time":1693909333308},{"type":"stop","time":1693909346486},{"type":"start","time":1693909346487},{"type":"stop","time":1693909382918}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E154">
-        <v>4136</v>
+        <v>1472</v>
       </c>
       <c r="F154">
-        <v>3689</v>
+        <v>49609</v>
       </c>
       <c r="G154">
         <v>0</v>
       </c>
       <c r="H154">
+        <v>1</v>
+      </c>
+      <c r="I154">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J154">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>157</v>
       </c>
       <c r="B155" s="2">
-        <v>20240301183122</v>
+        <v>20230321185138</v>
       </c>
       <c r="C155" s="2">
-        <v>1709317893530</v>
+        <v>1679424835117</v>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>{"lastSave":1709317893530,"timeWatchM":7894,"timeWatchW":1638,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"7c63816b","watches":[{"actions":[{"type":"start","time":1709317882607},{"type":"stop","time":1709317887002},{"type":"start","time":1709317887003},{"type":"stop","time":1709317890502}]},{"actions":[{"type":"start","time":1709317891891},{"type":"stop","time":1709317893529}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1679424835117,"timeWatchM":1866,"timeWatchW":2404,"timeWatchD":981,"countWatchM":1,"countWatchW":1,"countWatchD":1,"id":"78b100d5","watches":[{"actions":[{"type":"start","time":1679424756891},{"type":"stop","time":1679424758757}]},{"actions":[{"type":"start","time":1679424750910},{"type":"stop","time":1679424753314}]},{"actions":[{"type":"start","time":1679424754121},{"type":"stop","time":1679424755102}]}]}</t>
         </is>
       </c>
       <c r="E155">
-        <v>7894</v>
+        <v>1866</v>
       </c>
       <c r="F155">
-        <v>1638</v>
+        <v>2404</v>
       </c>
       <c r="G155">
-        <v>0</v>
+        <v>981</v>
       </c>
       <c r="H155">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I155">
         <v>1</v>
       </c>
       <c r="J155">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>158</v>
       </c>
       <c r="B156" s="2">
-        <v>20250523170430</v>
+        <v>20230911172926</v>
       </c>
       <c r="C156" s="2">
-        <v>1748028581487</v>
+        <v>1694454260810</v>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>{"lastSave":1748028581487,"timeWatchM":1660809,"timeWatchW":1657226,"timeWatchD":1355120,"countWatchM":32,"countWatchW":31,"countWatchD":37,"id":"7cc65ec9","watches":[{"actions":[{"type":"start","time":1748020408454},{"type":"stop","time":1748020611121},{"type":"start","time":1748021020285},{"type":"stop","time":1748021053150},{"type":"start","time":1748021155939},{"type":"stop","time":1748021175720},{"type":"start","time":1748021311156},{"type":"stop","time":1748021322397},{"type":"start","time":1748021399220},{"type":"stop","time":1748021805378},{"type":"start","time":1748021815820},{"type":"stop","time":1748021828707},{"type":"start","time":1748021831189},{"type":"stop","time":1748021963457},{"type":"start","time":1748021967793},{"type":"stop","time":1748021983009},{"type":"start","time":1748021999004},{"type":"stop","time":1748022151927},{"type":"start","time":1748022160484},{"type":"stop","time":1748022227585},{"type":"start","time":1748024076345},{"type":"stop","time":1748024122727},{"type":"start","time":1748024122729},{"type":"stop","time":1748024123580},{"type":"start","time":1748024123960},{"type":"stop","time":1748024125240},{"type":"start","time":1748024141818},{"type":"stop","time":1748024143573},{"type":"start","time":1748024322959},{"type":"stop","time":1748024341764},{"type":"start","time":1748024346953},{"type":"stop","time":1748024375711},{"type":"start","time":1748024465896},{"type":"stop","time":1748024486531},{"type":"start","time":1748026394633},{"type":"stop","time":1748026478147},{"type":"start","time":1748026923693},{"type":"stop","time":1748026998422},{"type":"start","time":1748027417965},{"type":"stop","time":1748027422362},{"type":"start","time":1748027488899},{"type":"stop","time":1748027497306},{"type":"start","time":1748027592417},{"type":"stop","time":1748027654783},{"type":"start","time":1748027667115},{"type":"stop","time":1748027692132},{"type":"start","time":1748027835405},{"type":"stop","time":1748027902365},{"type":"start","time":1748027907737},{"type":"stop","time":1748027911673},{"type":"start","time":1748027936317},{"type":"stop","time":1748027944918},{"type":"start","time":1748027978624},{"type":"stop","time":1748027992018},{"type":"start","time":1748028049543},{"type":"stop","time":1748028067080},{"type":"start","time":1748028084809},{"type":"stop","time":1748028106542},{"type":"start","time":1748028107413},{"type":"stop","time":1748028130379},{"type":"start","time":1748028461526},{"type":"stop","time":1748028511105},{"type":"start","time":1748028530664},{"type":"stop","time":1748028556764}]},{"actions":[{"type":"start","time":1748020296311},{"type":"stop","time":1748020296999},{"type":"start","time":1748020297001},{"type":"stop","time":1748020297739},{"type":"start","time":1748021066199},{"type":"stop","time":1748021155938},{"type":"start","time":1748021175721},{"type":"stop","time":1748021294700},{"type":"start","time":1748021306802},{"type":"stop","time":1748021311154},{"type":"start","time":1748021333597},{"type":"stop","time":1748021399219},{"type":"start","time":1748021963459},{"type":"stop","time":1748021967792},{"type":"start","time":1748021983010},{"type":"stop","time":1748021999003},{"type":"start","time":1748023421928},{"type":"stop","time":1748023679414},{"type":"start","time":1748023694781},{"type":"stop","time":1748023888062},{"type":"start","time":1748024123582},{"type":"stop","time":1748024123959},{"type":"start","time":1748024206836},{"type":"stop","time":1748024213334},{"type":"start","time":1748024216866},{"type":"stop","time":1748024220394},{"type":"start","time":1748024242997},{"type":"stop","time":1748024248004},{"type":"start","time":1748024395560},{"type":"stop","time":1748024465895},{"type":"start","time":1748024486533},{"type":"stop","time":1748024603638},{"type":"start","time":1748026478148},{"type":"stop","time":1748026644665},{"type":"start","time":1748026881649},{"type":"stop","time":1748026923691},{"type":"start","time":1748026998423},{"type":"stop","time":1748027173719},{"type":"start","time":1748027488571},{"type":"stop","time":1748027488898},{"type":"start","time":1748027536638},{"type":"stop","time":1748027592415},{"type":"start","time":1748027665706},{"type":"stop","time":1748027666439},{"type":"start","time":1748027666441},{"type":"stop","time":1748027667113},{"type":"start","time":1748027768427},{"type":"stop","time":1748027835403},{"type":"start","time":1748027999637},{"type":"stop","time":1748028038839},{"type":"start","time":1748028040072},{"type":"stop","time":1748028048820},{"type":"start","time":1748028130381},{"type":"stop","time":1748028186198},{"type":"start","time":1748028267547},{"type":"stop","time":1748028286494},{"type":"start","time":1748028304454},{"type":"stop","time":1748028305603},{"type":"start","time":1748028311979},{"type":"stop","time":1748028358219},{"type":"start","time":1748028556765},{"type":"stop","time":1748028581487}]},{"actions":[{"type":"start","time":1748020297741},{"type":"stop","time":1748020408450},{"type":"start","time":1748020611122},{"type":"stop","time":1748020671451},{"type":"start","time":1748020995593},{"type":"stop","time":1748021020283},{"type":"start","time":1748021053152},{"type":"stop","time":1748021066198},{"type":"start","time":1748021294702},{"type":"stop","time":1748021306801},{"type":"start","time":1748021322399},{"type":"stop","time":1748021333596},{"type":"start","time":1748021805379},{"type":"stop","time":1748021815819},{"type":"start","time":1748021828709},{"type":"stop","time":1748021831188},{"type":"start","time":1748022151929},{"type":"stop","time":1748022160482},{"type":"start","time":1748023897600},{"type":"stop","time":1748024014555},{"type":"start","time":1748024125241},{"type":"stop","time":1748024141816},{"type":"start","time":1748024143575},{"type":"stop","time":1748024171790},{"type":"start","time":1748024213335},{"type":"stop","time":1748024216865},{"type":"start","time":1748024220395},{"type":"stop","time":1748024242995},{"type":"start","time":1748024248005},{"type":"stop","time":1748024322957},{"type":"start","time":1748024341766},{"type":"stop","time":1748024346951},{"type":"start","time":1748024375713},{"type":"stop","time":1748024395559},{"type":"start","time":1748024622043},{"type":"stop","time":1748024633535},{"type":"start","time":1748026367085},{"type":"stop","time":1748026394631},{"type":"start","time":1748026652631},{"type":"stop","time":1748026765156},{"type":"start","time":1748026771724},{"type":"stop","time":1748026851259},{"type":"start","time":1748027173720},{"type":"stop","time":1748027328707},{"type":"start","time":1748027329368},{"type":"stop","time":1748027393865},{"type":"start","time":1748027441669},{"type":"stop","time":1748027488569},{"type":"start","time":1748027497307},{"type":"stop","time":1748027518956},{"type":"start","time":1748027519598},{"type":"stop","time":1748027536636},{"type":"start","time":1748027692134},{"type":"stop","time":1748027720370},{"type":"start","time":1748027721409},{"type":"stop","time":1748027768426},{"type":"start","time":1748027954691},{"type":"stop","time":1748027966800},{"type":"start","time":1748027967411},{"type":"stop","time":1748027977637},{"type":"start","time":1748027992020},{"type":"stop","time":1748027997830},{"type":"start","time":1748028191864},{"type":"stop","time":1748028231776},{"type":"start","time":1748028232463},{"type":"stop","time":1748028248175},{"type":"start","time":1748028262280},{"type":"stop","time":1748028267546},{"type":"start","time":1748028286496},{"type":"stop","time":1748028304453},{"type":"start","time":1748028361012},{"type":"stop","time":1748028391893},{"type":"start","time":1748028393488},{"type":"stop","time":1748028457913}]}]}</t>
+          <t>{"lastSave":1694454260810,"timeWatchM":628971,"timeWatchW":182808,"timeWatchD":0,"countWatchM":28,"countWatchW":17,"countWatchD":0,"id":"79284b67","watches":[{"actions":[{"type":"start","time":1694453366064},{"type":"stop","time":1694453528801},{"type":"start","time":1694453530392},{"type":"stop","time":1694453531254},{"type":"start","time":1694453532187},{"type":"stop","time":1694453533043},{"type":"start","time":1694453553057},{"type":"stop","time":1694453554401},{"type":"start","time":1694453554402},{"type":"stop","time":1694453604248},{"type":"start","time":1694453607521},{"type":"stop","time":1694453658138},{"type":"start","time":1694453658139},{"type":"stop","time":1694453677557},{"type":"start","time":1694453679345},{"type":"stop","time":1694453726530},{"type":"start","time":1694453726531},{"type":"stop","time":1694453762926},{"type":"start","time":1694453762927},{"type":"stop","time":1694453764347},{"type":"start","time":1694453888598},{"type":"stop","time":1694453927193},{"type":"start","time":1694453929389},{"type":"stop","time":1694453930237},{"type":"start","time":1694453939555},{"type":"stop","time":1694453968540},{"type":"start","time":1694453968541},{"type":"stop","time":1694453982635},{"type":"start","time":1694453982636},{"type":"stop","time":1694453993390},{"type":"start","time":1694453993391},{"type":"stop","time":1694453995079},{"type":"start","time":1694454001094},{"type":"stop","time":1694454002718},{"type":"start","time":1694454002719},{"type":"stop","time":1694454023753},{"type":"start","time":1694454023754},{"type":"stop","time":1694454025159},{"type":"start","time":1694454025160},{"type":"stop","time":1694454056007},{"type":"start","time":1694454056008},{"type":"stop","time":1694454056313},{"type":"start","time":1694454056314},{"type":"stop","time":1694454069218},{"type":"start","time":1694454069219},{"type":"stop","time":1694454087582},{"type":"start","time":1694454087583},{"type":"stop","time":1694454097600},{"type":"start","time":1694454107445},{"type":"stop","time":1694454124308},{"type":"start","time":1694454207236},{"type":"stop","time":1694454209535},{"type":"start","time":1694454210105},{"type":"stop","time":1694454244533},{"type":"start","time":1694454247572},{"type":"stop","time":1694454260810}]},{"actions":[{"type":"start","time":1694453528802},{"type":"stop","time":1694453530391},{"type":"start","time":1694453531255},{"type":"stop","time":1694453532186},{"type":"start","time":1694453533044},{"type":"stop","time":1694453545294},{"type":"start","time":1694453545295},{"type":"stop","time":1694453553056},{"type":"start","time":1694453604249},{"type":"stop","time":1694453607520},{"type":"start","time":1694453677558},{"type":"stop","time":1694453677794},{"type":"start","time":1694453677794},{"type":"stop","time":1694453679345},{"type":"start","time":1694453764348},{"type":"stop","time":1694453888597},{"type":"start","time":1694453927194},{"type":"stop","time":1694453927789},{"type":"start","time":1694453927790},{"type":"stop","time":1694453928283},{"type":"start","time":1694453928284},{"type":"stop","time":1694453929388},{"type":"start","time":1694453930238},{"type":"stop","time":1694453939554},{"type":"start","time":1694453995080},{"type":"stop","time":1694453996998},{"type":"start","time":1694453996999},{"type":"stop","time":1694454001093},{"type":"start","time":1694454097601},{"type":"stop","time":1694454107445},{"type":"start","time":1694454209536},{"type":"stop","time":1694454210104},{"type":"start","time":1694454244534},{"type":"stop","time":1694454247572}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E156">
-        <v>1660809</v>
+        <v>628971</v>
       </c>
       <c r="F156">
-        <v>1657226</v>
+        <v>182808</v>
       </c>
       <c r="G156">
-        <v>1355120</v>
+        <v>0</v>
       </c>
       <c r="H156">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="I156">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="J156">
-        <v>37</v>
+        <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>159</v>
       </c>
       <c r="B157" s="2">
-        <v>20240423173431</v>
+        <v>20250923170557</v>
       </c>
       <c r="C157" s="2">
-        <v>1713893765147</v>
+        <v>1758647178100</v>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>{"lastSave":1713893765147,"timeWatchM":4316,"timeWatchW":17343,"timeWatchD":0,"countWatchM":1,"countWatchW":7,"countWatchD":0,"id":"7ce4973a","watches":[{"actions":[{"type":"start","time":1713893694797},{"type":"stop","time":1713893699113}]},{"actions":[{"type":"start","time":1713893671866},{"type":"stop","time":1713893676827},{"type":"start","time":1713893676828},{"type":"stop","time":1713893679763},{"type":"start","time":1713893679764},{"type":"stop","time":1713893681681},{"type":"start","time":1713893681682},{"type":"stop","time":1713893685630},{"type":"start","time":1713893685631},{"type":"stop","time":1713893686599},{"type":"start","time":1713893686600},{"type":"stop","time":1713893687383},{"type":"start","time":1713893687384},{"type":"stop","time":1713893689215}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758647178100,"timeWatchM":21163,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"79e53511","watches":[{"actions":[{"type":"start","time":1758647156936},{"type":"stop","time":1758647176517},{"type":"start","time":1758647176518},{"type":"stop","time":1758647178100}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E157">
-        <v>4316</v>
+        <v>21163</v>
       </c>
       <c r="F157">
-        <v>17343</v>
+        <v>0</v>
       </c>
       <c r="G157">
         <v>0</v>
       </c>
       <c r="H157">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I157">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="J157">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>160</v>
       </c>
       <c r="B158" s="2">
-        <v>20250626171524</v>
+        <v>20240817125057</v>
       </c>
       <c r="C158" s="2">
-        <v>1750959999510</v>
+        <v>1723899709576</v>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>{"lastSave":1750959999510,"timeWatchM":1875395,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"7d163239","watches":[{"actions":[{"type":"start","time":1750958124111},{"type":"stop","time":1750959999506}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1723899709576,"timeWatchM":0,"timeWatchW":172272,"timeWatchD":0,"countWatchM":0,"countWatchW":5,"countWatchD":0,"id":"7a772bb0","watches":[{"actions":[]},{"actions":[{"type":"start","time":1723899059620},{"type":"stop","time":1723899226428},{"type":"start","time":1723899232172},{"type":"stop","time":1723899233850},{"type":"start","time":1723899233852},{"type":"stop","time":1723899234697},{"type":"start","time":1723899234699},{"type":"stop","time":1723899236671},{"type":"start","time":1723899236673},{"type":"stop","time":1723899237642}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E158">
-        <v>1875395</v>
+        <v>0</v>
       </c>
       <c r="F158">
-        <v>0</v>
+        <v>172272</v>
       </c>
       <c r="G158">
         <v>0</v>
       </c>
       <c r="H158">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I158">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J158">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>161</v>
       </c>
       <c r="B159" s="2">
-        <v>20250923180953</v>
+        <v>20250103174726</v>
       </c>
       <c r="C159" s="2">
-        <v>1758651074092</v>
+        <v>1735930812323</v>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651074092,"timeWatchM":0,"timeWatchW":57317,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"7db54503","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758650993125},{"type":"stop","time":1758651030859},{"type":"start","time":1758651054509},{"type":"stop","time":1758651074092}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1735930812323,"timeWatchM":1825769,"timeWatchW":1250881,"timeWatchD":2503,"countWatchM":11,"countWatchW":15,"countWatchD":1,"id":"7aa7c459","watches":[{"actions":[{"type":"start","time":1735927689520},{"type":"stop","time":1735927756401},{"type":"start","time":1735927855483},{"type":"stop","time":1735927987289},{"type":"start","time":1735928110920},{"type":"stop","time":1735928191718},{"type":"start","time":1735928805865},{"type":"stop","time":1735928806773},{"type":"start","time":1735928806776},{"type":"stop","time":1735928807224},{"type":"start","time":1735928879754},{"type":"stop","time":1735930005845},{"type":"start","time":1735930080129},{"type":"stop","time":1735930205070},{"type":"start","time":1735930207899},{"type":"stop","time":1735930209363},{"type":"start","time":1735930239392},{"type":"stop","time":1735930453193},{"type":"start","time":1735930575143},{"type":"stop","time":1735930619208},{"type":"start","time":1735930619210},{"type":"stop","time":1735930653776}]},{"actions":[{"type":"start","time":1735927757303},{"type":"stop","time":1735927763508},{"type":"start","time":1735927794134},{"type":"stop","time":1735927855427},{"type":"start","time":1735927987332},{"type":"stop","time":1735928110877},{"type":"start","time":1735928191720},{"type":"stop","time":1735928518933},{"type":"start","time":1735928518951},{"type":"stop","time":1735928519375},{"type":"start","time":1735928519378},{"type":"stop","time":1735928612719},{"type":"start","time":1735928624606},{"type":"stop","time":1735928805862},{"type":"start","time":1735928807227},{"type":"stop","time":1735928879750},{"type":"start","time":1735930005865},{"type":"stop","time":1735930080126},{"type":"start","time":1735930205072},{"type":"stop","time":1735930207897},{"type":"start","time":1735930209366},{"type":"stop","time":1735930239389},{"type":"start","time":1735930455701},{"type":"stop","time":1735930515687},{"type":"start","time":1735930515690},{"type":"stop","time":1735930516367},{"type":"start","time":1735930516368},{"type":"stop","time":1735930575139},{"type":"start","time":1735930653779},{"type":"stop","time":1735930812317}]},{"actions":[{"type":"start","time":1735930453195},{"type":"stop","time":1735930455698}]}]}</t>
         </is>
       </c>
       <c r="E159">
-        <v>0</v>
+        <v>1825769</v>
       </c>
       <c r="F159">
-        <v>57317</v>
+        <v>1250881</v>
       </c>
       <c r="G159">
-        <v>0</v>
+        <v>2503</v>
       </c>
       <c r="H159">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I159">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="J159">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>162</v>
       </c>
       <c r="B160" s="2">
-        <v>20231119095616</v>
+        <v>20240430135140</v>
       </c>
       <c r="C160" s="2">
-        <v>1700390859330</v>
+        <v>1714485148360</v>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>{"lastSave":1700390859330,"timeWatchM":139981,"timeWatchW":1201371,"timeWatchD":0,"countWatchM":11,"countWatchW":63,"countWatchD":0,"id":"7f73d9e2","watches":[{"actions":[{"type":"start","time":1700388200977},{"type":"stop","time":1700388211346},{"type":"start","time":1700388214066},{"type":"stop","time":1700388220523},{"type":"start","time":1700388377033},{"type":"stop","time":1700388421440},{"type":"start","time":1700388450078},{"type":"stop","time":1700388451129},{"type":"start","time":1700388451130},{"type":"stop","time":1700388453686},{"type":"start","time":1700388665950},{"type":"stop","time":1700388676094},{"type":"start","time":1700389512339},{"type":"stop","time":1700389520183},{"type":"start","time":1700389535926},{"type":"stop","time":1700389537587},{"type":"start","time":1700389617637},{"type":"stop","time":1700389619909},{"type":"start","time":1700389707327},{"type":"stop","time":1700389715610},{"type":"start","time":1700390160847},{"type":"stop","time":1700390205784}]},{"actions":[{"type":"start","time":1700387787280},{"type":"stop","time":1700387824900},{"type":"start","time":1700387853286},{"type":"stop","time":1700387882412},{"type":"start","time":1700388027668},{"type":"stop","time":1700388029853},{"type":"start","time":1700388029854},{"type":"stop","time":1700388036264},{"type":"start","time":1700388036265},{"type":"stop","time":1700388048973},{"type":"start","time":1700388048974},{"type":"stop","time":1700388051170},{"type":"start","time":1700388168474},{"type":"stop","time":1700388170058},{"type":"start","time":1700388170059},{"type":"stop","time":1700388172200},{"type":"start","time":1700388195387},{"type":"stop","time":1700388200976},{"type":"start","time":1700388212911},{"type":"stop","time":1700388214064},{"type":"start","time":1700388223582},{"type":"stop","time":1700388225173},{"type":"start","time":1700388228384},{"type":"stop","time":1700388249970},{"type":"start","time":1700388252088},{"type":"stop","time":1700388253764},{"type":"start","time":1700388257696},{"type":"stop","time":1700388276138},{"type":"start","time":1700388279715},{"type":"stop","time":1700388280912},{"type":"start","time":1700388281863},{"type":"stop","time":1700388286714},{"type":"start","time":1700388286715},{"type":"stop","time":1700388294756},{"type":"start","time":1700388296952},{"type":"stop","time":1700388299850},{"type":"start","time":1700388311287},{"type":"stop","time":1700388320602},{"type":"start","time":1700388322273},{"type":"stop","time":1700388323889},{"type":"start","time":1700388325962},{"type":"stop","time":1700388369723},{"type":"start","time":1700388373580},{"type":"stop","time":1700388375660},{"type":"start","time":1700388425899},{"type":"stop","time":1700388427055},{"type":"start","time":1700388456811},{"type":"stop","time":1700388479530},{"type":"start","time":1700388483793},{"type":"stop","time":1700388538231},{"type":"start","time":1700388555690},{"type":"stop","time":1700388599598},{"type":"start","time":1700388613146},{"type":"stop","time":1700388658650},{"type":"start","time":1700388741043},{"type":"stop","time":1700388759426},{"type":"start","time":1700388802113},{"type":"stop","time":1700388809327},{"type":"start","time":1700389417422},{"type":"stop","time":1700389453240},{"type":"start","time":1700389486777},{"type":"stop","time":1700389496232},{"type":"start","time":1700389509920},{"type":"stop","time":1700389511228},{"type":"start","time":1700389522601},{"type":"stop","time":1700389527961},{"type":"start","time":1700389532064},{"type":"stop","time":1700389534836},{"type":"start","time":1700389554198},{"type":"stop","time":1700389556092},{"type":"start","time":1700389556094},{"type":"stop","time":1700389604656},{"type":"start","time":1700389607678},{"type":"stop","time":1700389612729},{"type":"start","time":1700389614052},{"type":"stop","time":1700389616146},{"type":"start","time":1700389627958},{"type":"stop","time":1700389636280},{"type":"start","time":1700389638719},{"type":"stop","time":1700389650179},{"type":"start","time":1700389662038},{"type":"stop","time":1700389663715},{"type":"start","time":1700389669281},{"type":"stop","time":1700389673187},{"type":"start","time":1700389677139},{"type":"stop","time":1700389679616},{"type":"start","time":1700389679617},{"type":"stop","time":1700389680104},{"type":"start","time":1700389680106},{"type":"stop","time":1700389707325},{"type":"start","time":1700389734136},{"type":"stop","time":1700389743289},{"type":"start","time":1700389953892},{"type":"stop","time":1700389980090},{"type":"start","time":1700389983206},{"type":"stop","time":1700390023155},{"type":"start","time":1700390025129},{"type":"stop","time":1700390027247},{"type":"start","time":1700390037295},{"type":"stop","time":1700390049243},{"type":"start","time":1700390051125},{"type":"stop","time":1700390072079},{"type":"start","time":1700390073383},{"type":"stop","time":1700390127539},{"type":"start","time":1700390208861},{"type":"stop","time":1700390234381},{"type":"start","time":1700390243206},{"type":"stop","time":1700390248671},{"type":"start","time":1700390338113},{"type":"stop","time":1700390352835},{"type":"start","time":1700390352837},{"type":"stop","time":1700390377560},{"type":"start","time":1700390382942},{"type":"stop","time":1700390452939},{"type":"start","time":1700390475167},{"type":"stop","time":1700390521666},{"type":"start","time":1700390552266},{"type":"stop","time":1700390567343},{"type":"start","time":1700390591561},{"type":"stop","time":1700390799255},{"type":"start","time":1700390802294},{"type":"stop","time":1700390811374},{"type":"start","time":1700390812422},{"type":"stop","time":1700390814645},{"type":"start","time":1700390822385},{"type":"stop","time":1700390859330}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1714485148360,"timeWatchM":33726,"timeWatchW":8406,"timeWatchD":0,"countWatchM":4,"countWatchW":2,"countWatchD":0,"id":"7b31c972","watches":[{"actions":[{"type":"start","time":1714485103560},{"type":"stop","time":1714485107336},{"type":"start","time":1714485107336},{"type":"stop","time":1714485109320},{"type":"start","time":1714485109320},{"type":"stop","time":1714485133871},{"type":"start","time":1714485133872},{"type":"stop","time":1714485137287}]},{"actions":[{"type":"start","time":1714485137288},{"type":"stop","time":1714485142111},{"type":"start","time":1714485142112},{"type":"stop","time":1714485145695}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E160">
-        <v>139981</v>
+        <v>33726</v>
       </c>
       <c r="F160">
-        <v>1201371</v>
+        <v>8406</v>
       </c>
       <c r="G160">
         <v>0</v>
       </c>
       <c r="H160">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="I160">
-        <v>63</v>
+        <v>2</v>
       </c>
       <c r="J160">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>163</v>
       </c>
       <c r="B161" s="2">
-        <v>20250923170620</v>
+        <v>20230401195307</v>
       </c>
       <c r="C161" s="2">
-        <v>1758647246117</v>
+        <v>1680379794294</v>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647246117,"timeWatchM":28982,"timeWatchW":36767,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"7fbb91","watches":[{"actions":[{"type":"start","time":1758647217135},{"type":"stop","time":1758647246117}]},{"actions":[{"type":"start","time":1758647180367},{"type":"stop","time":1758647217134}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1680379794294,"timeWatchM":510982,"timeWatchW":446581,"timeWatchD":0,"countWatchM":10,"countWatchW":19,"countWatchD":0,"id":"7b34d2aa","watches":[{"actions":[{"type":"start","time":1680378786012},{"type":"stop","time":1680378858704},{"type":"start","time":1680379111588},{"type":"stop","time":1680379118283},{"type":"start","time":1680379169073},{"type":"stop","time":1680379268674},{"type":"start","time":1680379268679},{"type":"stop","time":1680379336445},{"type":"start","time":1680379336448},{"type":"stop","time":1680379414357},{"type":"start","time":1680379480525},{"type":"stop","time":1680379494919},{"type":"start","time":1680379534347},{"type":"stop","time":1680379567669},{"type":"start","time":1680379597571},{"type":"stop","time":1680379646241},{"type":"start","time":1680379663059},{"type":"stop","time":1680379709539},{"type":"start","time":1680379709543},{"type":"stop","time":1680379752996}]},{"actions":[{"type":"start","time":1680378858707},{"type":"stop","time":1680378866458},{"type":"start","time":1680378866461},{"type":"stop","time":1680378903393},{"type":"start","time":1680378903399},{"type":"stop","time":1680378905918},{"type":"start","time":1680378905921},{"type":"stop","time":1680378972760},{"type":"start","time":1680378972763},{"type":"stop","time":1680378976255},{"type":"start","time":1680378976258},{"type":"stop","time":1680379002770},{"type":"start","time":1680379002773},{"type":"stop","time":1680379065789},{"type":"start","time":1680379065792},{"type":"stop","time":1680379078057},{"type":"start","time":1680379078059},{"type":"stop","time":1680379100517},{"type":"start","time":1680379100521},{"type":"stop","time":1680379111585},{"type":"start","time":1680379118286},{"type":"stop","time":1680379129295},{"type":"start","time":1680379129298},{"type":"stop","time":1680379169070},{"type":"start","time":1680379414360},{"type":"stop","time":1680379426947},{"type":"start","time":1680379436280},{"type":"stop","time":1680379480522},{"type":"start","time":1680379494922},{"type":"stop","time":1680379520539},{"type":"start","time":1680379520542},{"type":"stop","time":1680379534344},{"type":"start","time":1680379567673},{"type":"stop","time":1680379582928},{"type":"start","time":1680379582931},{"type":"stop","time":1680379597568},{"type":"start","time":1680379646244},{"type":"stop","time":1680379663056}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E161">
-        <v>28982</v>
+        <v>510982</v>
       </c>
       <c r="F161">
-        <v>36767</v>
+        <v>446581</v>
       </c>
       <c r="G161">
         <v>0</v>
       </c>
       <c r="H161">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I161">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="J161">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>164</v>
       </c>
       <c r="B162" s="2">
-        <v>20231119112828</v>
+        <v>20251014173603</v>
       </c>
       <c r="C162" s="2">
-        <v>1700393571501</v>
+        <v>1760463831826</v>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>{"lastSave":1700393571501,"timeWatchM":13571,"timeWatchW":169697,"timeWatchD":0,"countWatchM":2,"countWatchW":8,"countWatchD":0,"id":"7ff734e4","watches":[{"actions":[{"type":"start","time":1700393492526},{"type":"stop","time":1700393505258},{"type":"start","time":1700393505259},{"type":"stop","time":1700393506098}]},{"actions":[{"type":"start","time":1700393318983},{"type":"stop","time":1700393362087},{"type":"start","time":1700393389087},{"type":"stop","time":1700393400876},{"type":"start","time":1700393407187},{"type":"stop","time":1700393418414},{"type":"start","time":1700393422908},{"type":"stop","time":1700393458570},{"type":"start","time":1700393462077},{"type":"stop","time":1700393492525},{"type":"start","time":1700393524131},{"type":"stop","time":1700393536035},{"type":"start","time":1700393539561},{"type":"stop","time":1700393561538},{"type":"start","time":1700393561540},{"type":"stop","time":1700393565126}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1760463831826,"timeWatchM":0,"timeWatchW":459673,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"7bbb18b4","watches":[{"actions":[]},{"actions":[{"type":"start","time":1760463364209},{"type":"stop","time":1760463823882}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E162">
-        <v>13571</v>
+        <v>0</v>
       </c>
       <c r="F162">
-        <v>169697</v>
+        <v>459673</v>
       </c>
       <c r="G162">
         <v>0</v>
       </c>
       <c r="H162">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I162">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="J162">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>165</v>
       </c>
       <c r="B163" s="2">
-        <v>20250314232251</v>
+        <v>20230425141135</v>
       </c>
       <c r="C163" s="2">
-        <v>1741994590641</v>
+        <v>1682431921480</v>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>{"lastSave":1741994590641,"timeWatchM":5074,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"80e7da24","watches":[{"actions":[{"type":"start","time":1741994581710},{"type":"stop","time":1741994586784}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1682431921480,"timeWatchM":16673,"timeWatchW":5494,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"7bbe8934","watches":[{"actions":[{"type":"start","time":1682431895409},{"type":"stop","time":1682431907474},{"type":"start","time":1682431907474},{"type":"stop","time":1682431912082}]},{"actions":[{"type":"start","time":1682431914434},{"type":"stop","time":1682431919928}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E163">
-        <v>5074</v>
+        <v>16673</v>
       </c>
       <c r="F163">
-        <v>0</v>
+        <v>5494</v>
       </c>
       <c r="G163">
         <v>0</v>
       </c>
       <c r="H163">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I163">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J163">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>166</v>
       </c>
       <c r="B164" s="2">
-        <v>20240822153039</v>
+        <v>20230216121727</v>
       </c>
       <c r="C164" s="2">
-        <v>1724346351492</v>
+        <v>1676549856653</v>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>{"lastSave":1724346351492,"timeWatchM":2563,"timeWatchW":3541,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"817a6669","watches":[{"actions":[{"type":"start","time":1724346343405},{"type":"stop","time":1724346345968}]},{"actions":[{"type":"start","time":1724346346757},{"type":"stop","time":1724346350298}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1676549856653,"timeWatchM":4136,"timeWatchW":3689,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"7bfaa875","watches":[{"actions":[{"type":"start","time":1676549848826},{"type":"stop","time":1676549850399},{"type":"start","time":1676549854090},{"type":"stop","time":1676549856653}]},{"actions":[{"type":"start","time":1676549850400},{"type":"stop","time":1676549854089}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E164">
-        <v>2563</v>
+        <v>4136</v>
       </c>
       <c r="F164">
-        <v>3541</v>
+        <v>3689</v>
       </c>
       <c r="G164">
         <v>0</v>
       </c>
       <c r="H164">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I164">
         <v>1</v>
       </c>
       <c r="J164">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>167</v>
       </c>
       <c r="B165" s="2">
-        <v>20240301184042</v>
+        <v>20240301183122</v>
       </c>
       <c r="C165" s="2">
-        <v>1709321269343</v>
+        <v>1709317893530</v>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>{"lastSave":1709321269343,"timeWatchM":2083042,"timeWatchW":582317,"timeWatchD":0,"countWatchM":11,"countWatchW":10,"countWatchD":0,"id":"8315ee72","watches":[{"actions":[{"type":"start","time":1709318441489},{"type":"stop","time":1709318501051},{"type":"start","time":1709318502986},{"type":"stop","time":1709318725046},{"type":"start","time":1709318834758},{"type":"stop","time":1709318839906},{"type":"start","time":1709318897020},{"type":"stop","time":1709319761329},{"type":"start","time":1709319788123},{"type":"stop","time":1709319995105},{"type":"start","time":1709320008770},{"type":"stop","time":1709320014822},{"type":"start","time":1709320064492},{"type":"stop","time":1709320093308},{"type":"start","time":1709320109763},{"type":"stop","time":1709320242774},{"type":"start","time":1709320391316},{"type":"stop","time":1709320744523},{"type":"start","time":1709320765529},{"type":"stop","time":1709320835501},{"type":"start","time":1709321135420},{"type":"stop","time":1709321269343}]},{"actions":[{"type":"start","time":1709318734961},{"type":"stop","time":1709318833372},{"type":"start","time":1709318840953},{"type":"stop","time":1709318859900},{"type":"start","time":1709319763137},{"type":"stop","time":1709319770610},{"type":"start","time":1709319770610},{"type":"stop","time":1709319778944},{"type":"start","time":1709319778945},{"type":"stop","time":1709319782656},{"type":"start","time":1709320029218},{"type":"stop","time":1709320048095},{"type":"start","time":1709320048096},{"type":"stop","time":1709320050895},{"type":"start","time":1709320050896},{"type":"stop","time":1709320053327},{"type":"start","time":1709320249737},{"type":"stop","time":1709320380582},{"type":"start","time":1709320842292},{"type":"stop","time":1709321132781}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1709317893530,"timeWatchM":7894,"timeWatchW":1638,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"7c63816b","watches":[{"actions":[{"type":"start","time":1709317882607},{"type":"stop","time":1709317887002},{"type":"start","time":1709317887003},{"type":"stop","time":1709317890502}]},{"actions":[{"type":"start","time":1709317891891},{"type":"stop","time":1709317893529}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E165">
-        <v>2083042</v>
+        <v>7894</v>
       </c>
       <c r="F165">
-        <v>582317</v>
+        <v>1638</v>
       </c>
       <c r="G165">
         <v>0</v>
       </c>
       <c r="H165">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="I165">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J165">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>168</v>
       </c>
       <c r="B166" s="2">
-        <v>20250109191957</v>
+        <v>20251106191441</v>
       </c>
       <c r="C166" s="2">
-        <v>1736450557488</v>
+        <v>1762458598664</v>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>{"lastSave":1736450557488,"timeWatchM":53017,"timeWatchW":94055,"timeWatchD":0,"countWatchM":8,"countWatchW":10,"countWatchD":0,"id":"83af6df1","watches":[{"actions":[{"type":"start","time":1736450445150},{"type":"stop","time":1736450447856},{"type":"start","time":1736450473727},{"type":"stop","time":1736450482669},{"type":"start","time":1736450496706},{"type":"stop","time":1736450505859},{"type":"start","time":1736450506376},{"type":"stop","time":1736450515536},{"type":"start","time":1736450516023},{"type":"stop","time":1736450516218},{"type":"start","time":1736450516219},{"type":"stop","time":1736450518344},{"type":"start","time":1736450519152},{"type":"stop","time":1736450531708},{"type":"start","time":1736450533040},{"type":"stop","time":1736450541220}]},{"actions":[{"type":"start","time":1736450396792},{"type":"stop","time":1736450445149},{"type":"start","time":1736450447858},{"type":"stop","time":1736450461182},{"type":"start","time":1736450462008},{"type":"stop","time":1736450466211},{"type":"start","time":1736450466213},{"type":"stop","time":1736450473726},{"type":"start","time":1736450482670},{"type":"stop","time":1736450488634},{"type":"start","time":1736450505862},{"type":"stop","time":1736450506374},{"type":"start","time":1736450515538},{"type":"stop","time":1736450516022},{"type":"start","time":1736450518345},{"type":"stop","time":1736450519151},{"type":"start","time":1736450531709},{"type":"stop","time":1736450533039},{"type":"start","time":1736450541221},{"type":"stop","time":1736450552783}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1762458598664,"timeWatchM":445096,"timeWatchW":92253,"timeWatchD":0,"countWatchM":8,"countWatchW":7,"countWatchD":0,"id":"7c6e56c","watches":[{"actions":[{"type":"start","time":1762456481207},{"type":"stop","time":1762456648611},{"type":"start","time":1762456651143},{"type":"stop","time":1762456664332},{"type":"start","time":1762456725152},{"type":"stop","time":1762456758204},{"type":"start","time":1762456772236},{"type":"stop","time":1762456824239},{"type":"start","time":1762456834054},{"type":"stop","time":1762456930793},{"type":"start","time":1762456931487},{"type":"stop","time":1762456962028},{"type":"start","time":1762457003713},{"type":"stop","time":1762457050534},{"type":"start","time":1762457054039},{"type":"stop","time":1762457059386}]},{"actions":[{"type":"start","time":1762456648612},{"type":"stop","time":1762456651142},{"type":"start","time":1762456669864},{"type":"stop","time":1762456703899},{"type":"start","time":1762456824241},{"type":"stop","time":1762456834053},{"type":"start","time":1762456930795},{"type":"stop","time":1762456931486},{"type":"start","time":1762456962029},{"type":"stop","time":1762456983458},{"type":"start","time":1762456983459},{"type":"stop","time":1762457003712},{"type":"start","time":1762457050535},{"type":"stop","time":1762457054038}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E166">
-        <v>53017</v>
+        <v>445096</v>
       </c>
       <c r="F166">
-        <v>94055</v>
+        <v>92253</v>
       </c>
       <c r="G166">
         <v>0</v>
       </c>
       <c r="H166">
         <v>8</v>
       </c>
       <c r="I166">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="J166">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>169</v>
       </c>
       <c r="B167" s="2">
-        <v>20230905112308</v>
+        <v>20250523170430</v>
       </c>
       <c r="C167" s="2">
-        <v>1693913001478</v>
+        <v>1748028581487</v>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>{"lastSave":1693913001478,"timeWatchM":7961,"timeWatchW":5418,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"83f7e82","watches":[{"actions":[{"type":"start","time":1693912988098},{"type":"stop","time":1693912996059}]},{"actions":[{"type":"start","time":1693912996060},{"type":"stop","time":1693913001478}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748028581487,"timeWatchM":1660809,"timeWatchW":1657226,"timeWatchD":1355120,"countWatchM":32,"countWatchW":31,"countWatchD":37,"id":"7cc65ec9","watches":[{"actions":[{"type":"start","time":1748020408454},{"type":"stop","time":1748020611121},{"type":"start","time":1748021020285},{"type":"stop","time":1748021053150},{"type":"start","time":1748021155939},{"type":"stop","time":1748021175720},{"type":"start","time":1748021311156},{"type":"stop","time":1748021322397},{"type":"start","time":1748021399220},{"type":"stop","time":1748021805378},{"type":"start","time":1748021815820},{"type":"stop","time":1748021828707},{"type":"start","time":1748021831189},{"type":"stop","time":1748021963457},{"type":"start","time":1748021967793},{"type":"stop","time":1748021983009},{"type":"start","time":1748021999004},{"type":"stop","time":1748022151927},{"type":"start","time":1748022160484},{"type":"stop","time":1748022227585},{"type":"start","time":1748024076345},{"type":"stop","time":1748024122727},{"type":"start","time":1748024122729},{"type":"stop","time":1748024123580},{"type":"start","time":1748024123960},{"type":"stop","time":1748024125240},{"type":"start","time":1748024141818},{"type":"stop","time":1748024143573},{"type":"start","time":1748024322959},{"type":"stop","time":1748024341764},{"type":"start","time":1748024346953},{"type":"stop","time":1748024375711},{"type":"start","time":1748024465896},{"type":"stop","time":1748024486531},{"type":"start","time":1748026394633},{"type":"stop","time":1748026478147},{"type":"start","time":1748026923693},{"type":"stop","time":1748026998422},{"type":"start","time":1748027417965},{"type":"stop","time":1748027422362},{"type":"start","time":1748027488899},{"type":"stop","time":1748027497306},{"type":"start","time":1748027592417},{"type":"stop","time":1748027654783},{"type":"start","time":1748027667115},{"type":"stop","time":1748027692132},{"type":"start","time":1748027835405},{"type":"stop","time":1748027902365},{"type":"start","time":1748027907737},{"type":"stop","time":1748027911673},{"type":"start","time":1748027936317},{"type":"stop","time":1748027944918},{"type":"start","time":1748027978624},{"type":"stop","time":1748027992018},{"type":"start","time":1748028049543},{"type":"stop","time":1748028067080},{"type":"start","time":1748028084809},{"type":"stop","time":1748028106542},{"type":"start","time":1748028107413},{"type":"stop","time":1748028130379},{"type":"start","time":1748028461526},{"type":"stop","time":1748028511105},{"type":"start","time":1748028530664},{"type":"stop","time":1748028556764}]},{"actions":[{"type":"start","time":1748020296311},{"type":"stop","time":1748020296999},{"type":"start","time":1748020297001},{"type":"stop","time":1748020297739},{"type":"start","time":1748021066199},{"type":"stop","time":1748021155938},{"type":"start","time":1748021175721},{"type":"stop","time":1748021294700},{"type":"start","time":1748021306802},{"type":"stop","time":1748021311154},{"type":"start","time":1748021333597},{"type":"stop","time":1748021399219},{"type":"start","time":1748021963459},{"type":"stop","time":1748021967792},{"type":"start","time":1748021983010},{"type":"stop","time":1748021999003},{"type":"start","time":1748023421928},{"type":"stop","time":1748023679414},{"type":"start","time":1748023694781},{"type":"stop","time":1748023888062},{"type":"start","time":1748024123582},{"type":"stop","time":1748024123959},{"type":"start","time":1748024206836},{"type":"stop","time":1748024213334},{"type":"start","time":1748024216866},{"type":"stop","time":1748024220394},{"type":"start","time":1748024242997},{"type":"stop","time":1748024248004},{"type":"start","time":1748024395560},{"type":"stop","time":1748024465895},{"type":"start","time":1748024486533},{"type":"stop","time":1748024603638},{"type":"start","time":1748026478148},{"type":"stop","time":1748026644665},{"type":"start","time":1748026881649},{"type":"stop","time":1748026923691},{"type":"start","time":1748026998423},{"type":"stop","time":1748027173719},{"type":"start","time":1748027488571},{"type":"stop","time":1748027488898},{"type":"start","time":1748027536638},{"type":"stop","time":1748027592415},{"type":"start","time":1748027665706},{"type":"stop","time":1748027666439},{"type":"start","time":1748027666441},{"type":"stop","time":1748027667113},{"type":"start","time":1748027768427},{"type":"stop","time":1748027835403},{"type":"start","time":1748027999637},{"type":"stop","time":1748028038839},{"type":"start","time":1748028040072},{"type":"stop","time":1748028048820},{"type":"start","time":1748028130381},{"type":"stop","time":1748028186198},{"type":"start","time":1748028267547},{"type":"stop","time":1748028286494},{"type":"start","time":1748028304454},{"type":"stop","time":1748028305603},{"type":"start","time":1748028311979},{"type":"stop","time":1748028358219},{"type":"start","time":1748028556765},{"type":"stop","time":1748028581487}]},{"actions":[{"type":"start","time":1748020297741},{"type":"stop","time":1748020408450},{"type":"start","time":1748020611122},{"type":"stop","time":1748020671451},{"type":"start","time":1748020995593},{"type":"stop","time":1748021020283},{"type":"start","time":1748021053152},{"type":"stop","time":1748021066198},{"type":"start","time":1748021294702},{"type":"stop","time":1748021306801},{"type":"start","time":1748021322399},{"type":"stop","time":1748021333596},{"type":"start","time":1748021805379},{"type":"stop","time":1748021815819},{"type":"start","time":1748021828709},{"type":"stop","time":1748021831188},{"type":"start","time":1748022151929},{"type":"stop","time":1748022160482},{"type":"start","time":1748023897600},{"type":"stop","time":1748024014555},{"type":"start","time":1748024125241},{"type":"stop","time":1748024141816},{"type":"start","time":1748024143575},{"type":"stop","time":1748024171790},{"type":"start","time":1748024213335},{"type":"stop","time":1748024216865},{"type":"start","time":1748024220395},{"type":"stop","time":1748024242995},{"type":"start","time":1748024248005},{"type":"stop","time":1748024322957},{"type":"start","time":1748024341766},{"type":"stop","time":1748024346951},{"type":"start","time":1748024375713},{"type":"stop","time":1748024395559},{"type":"start","time":1748024622043},{"type":"stop","time":1748024633535},{"type":"start","time":1748026367085},{"type":"stop","time":1748026394631},{"type":"start","time":1748026652631},{"type":"stop","time":1748026765156},{"type":"start","time":1748026771724},{"type":"stop","time":1748026851259},{"type":"start","time":1748027173720},{"type":"stop","time":1748027328707},{"type":"start","time":1748027329368},{"type":"stop","time":1748027393865},{"type":"start","time":1748027441669},{"type":"stop","time":1748027488569},{"type":"start","time":1748027497307},{"type":"stop","time":1748027518956},{"type":"start","time":1748027519598},{"type":"stop","time":1748027536636},{"type":"start","time":1748027692134},{"type":"stop","time":1748027720370},{"type":"start","time":1748027721409},{"type":"stop","time":1748027768426},{"type":"start","time":1748027954691},{"type":"stop","time":1748027966800},{"type":"start","time":1748027967411},{"type":"stop","time":1748027977637},{"type":"start","time":1748027992020},{"type":"stop","time":1748027997830},{"type":"start","time":1748028191864},{"type":"stop","time":1748028231776},{"type":"start","time":1748028232463},{"type":"stop","time":1748028248175},{"type":"start","time":1748028262280},{"type":"stop","time":1748028267546},{"type":"start","time":1748028286496},{"type":"stop","time":1748028304453},{"type":"start","time":1748028361012},{"type":"stop","time":1748028391893},{"type":"start","time":1748028393488},{"type":"stop","time":1748028457913}]}]}</t>
         </is>
       </c>
       <c r="E167">
-        <v>7961</v>
+        <v>1660809</v>
       </c>
       <c r="F167">
-        <v>5418</v>
+        <v>1657226</v>
       </c>
       <c r="G167">
-        <v>0</v>
+        <v>1355120</v>
       </c>
       <c r="H167">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="I167">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="J167">
-        <v>0</v>
+        <v>37</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>170</v>
       </c>
       <c r="B168" s="2">
-        <v>20250315122029</v>
+        <v>20240423173431</v>
       </c>
       <c r="C168" s="2">
-        <v>1742041357832</v>
+        <v>1713893765147</v>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>{"lastSave":1742041357832,"timeWatchM":128410,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"843a784a","watches":[{"actions":[{"type":"start","time":1742041229422},{"type":"stop","time":1742041357832}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1713893765147,"timeWatchM":4316,"timeWatchW":17343,"timeWatchD":0,"countWatchM":1,"countWatchW":7,"countWatchD":0,"id":"7ce4973a","watches":[{"actions":[{"type":"start","time":1713893694797},{"type":"stop","time":1713893699113}]},{"actions":[{"type":"start","time":1713893671866},{"type":"stop","time":1713893676827},{"type":"start","time":1713893676828},{"type":"stop","time":1713893679763},{"type":"start","time":1713893679764},{"type":"stop","time":1713893681681},{"type":"start","time":1713893681682},{"type":"stop","time":1713893685630},{"type":"start","time":1713893685631},{"type":"stop","time":1713893686599},{"type":"start","time":1713893686600},{"type":"stop","time":1713893687383},{"type":"start","time":1713893687384},{"type":"stop","time":1713893689215}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E168">
-        <v>128410</v>
+        <v>4316</v>
       </c>
       <c r="F168">
-        <v>0</v>
+        <v>17343</v>
       </c>
       <c r="G168">
         <v>0</v>
       </c>
       <c r="H168">
         <v>1</v>
       </c>
       <c r="I168">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J168">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>171</v>
       </c>
       <c r="B169" s="2">
-        <v>20230814201400</v>
+        <v>20250626171524</v>
       </c>
       <c r="C169" s="2">
-        <v>1692044040154</v>
+        <v>1750959999510</v>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>{"lastSave":1692044040154,"timeWatchM":679,"timeWatchW":982,"timeWatchD":457,"countWatchM":1,"countWatchW":2,"countWatchD":1,"id":"8503eab8","watches":[{"actions":[{"type":"start","time":1692044038028},{"type":"stop","time":1692044038707}]},{"actions":[{"type":"start","time":1692044038710},{"type":"stop","time":1692044039176},{"type":"start","time":1692044039637},{"type":"stop","time":1692044040153}]},{"actions":[{"type":"start","time":1692044039178},{"type":"stop","time":1692044039635}]}]}</t>
+          <t>{"lastSave":1750959999510,"timeWatchM":1875395,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"7d163239","watches":[{"actions":[{"type":"start","time":1750958124111},{"type":"stop","time":1750959999506}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E169">
-        <v>679</v>
+        <v>1875395</v>
       </c>
       <c r="F169">
-        <v>982</v>
+        <v>0</v>
       </c>
       <c r="G169">
-        <v>457</v>
+        <v>0</v>
       </c>
       <c r="H169">
         <v>1</v>
       </c>
       <c r="I169">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J169">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>172</v>
       </c>
       <c r="B170" s="2">
-        <v>20250821174302</v>
+        <v>20251014171813</v>
       </c>
       <c r="C170" s="2">
-        <v>1755798389298</v>
+        <v>1760462545079</v>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>{"lastSave":1755798389298,"timeWatchM":166154,"timeWatchW":33151,"timeWatchD":0,"countWatchM":3,"countWatchW":2,"countWatchD":0,"id":"85dfc455","watches":[{"actions":[{"type":"start","time":1755798181277},{"type":"stop","time":1755798215762},{"type":"start","time":1755798215762},{"type":"stop","time":1755798217262},{"type":"start","time":1755798238362},{"type":"stop","time":1755798368531}]},{"actions":[{"type":"start","time":1755798218562},{"type":"stop","time":1755798236412},{"type":"start","time":1755798370981},{"type":"stop","time":1755798386282}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1760462545079,"timeWatchM":260768,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"7d9e30a3","watches":[{"actions":[{"type":"start","time":1760462281621},{"type":"stop","time":1760462542389}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E170">
-        <v>166154</v>
+        <v>260768</v>
       </c>
       <c r="F170">
-        <v>33151</v>
+        <v>0</v>
       </c>
       <c r="G170">
         <v>0</v>
       </c>
       <c r="H170">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I170">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J170">
         <v>0</v>
       </c>
     </row>
     <row r="171">
-      <c r="A171">
-        <v>87818286</v>
+      <c r="A171" t="s">
+        <v>173</v>
       </c>
       <c r="B171" s="2">
-        <v>20250109194525</v>
+        <v>20250923180953</v>
       </c>
       <c r="C171" s="2">
-        <v>1736452031458</v>
+        <v>1758651074092</v>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>{"lastSave":1736452031458,"timeWatchM":3730,"timeWatchW":61815,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"87818286","watches":[{"actions":[{"type":"start","time":1736451924883},{"type":"stop","time":1736451928613}]},{"actions":[{"type":"start","time":1736451932729},{"type":"stop","time":1736451987020},{"type":"start","time":1736452023934},{"type":"stop","time":1736452031458}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758651074092,"timeWatchM":0,"timeWatchW":57317,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"7db54503","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758650993125},{"type":"stop","time":1758651030859},{"type":"start","time":1758651054509},{"type":"stop","time":1758651074092}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E171">
-        <v>3730</v>
+        <v>0</v>
       </c>
       <c r="F171">
-        <v>61815</v>
+        <v>57317</v>
       </c>
       <c r="G171">
         <v>0</v>
       </c>
       <c r="H171">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I171">
         <v>2</v>
       </c>
       <c r="J171">
         <v>0</v>
       </c>
     </row>
     <row r="172">
-      <c r="A172">
-        <v>8788407</v>
+      <c r="A172" t="s">
+        <v>174</v>
       </c>
       <c r="B172" s="2">
-        <v>20250923184420</v>
+        <v>20251106180722</v>
       </c>
       <c r="C172" s="2">
-        <v>1758653379399</v>
+        <v>1762453213104</v>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>{"lastSave":1758653379399,"timeWatchM":231044,"timeWatchW":104660,"timeWatchD":0,"countWatchM":2,"countWatchW":4,"countWatchD":0,"id":"8788407","watches":[{"actions":[{"type":"start","time":1758653060605},{"type":"stop","time":1758653201168},{"type":"start","time":1758653204553},{"type":"stop","time":1758653295034}]},{"actions":[{"type":"start","time":1758653038989},{"type":"stop","time":1758653060603},{"type":"start","time":1758653201170},{"type":"stop","time":1758653204552},{"type":"start","time":1758653295035},{"type":"stop","time":1758653301666},{"type":"start","time":1758653303485},{"type":"stop","time":1758653376518}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1762453213104,"timeWatchM":380244,"timeWatchW":232045,"timeWatchD":0,"countWatchM":12,"countWatchW":11,"countWatchD":0,"id":"7f0daabd","watches":[{"actions":[{"type":"start","time":1762452472932},{"type":"stop","time":1762452667914},{"type":"start","time":1762452675299},{"type":"stop","time":1762452696810},{"type":"start","time":1762452703576},{"type":"stop","time":1762452723052},{"type":"start","time":1762452765044},{"type":"stop","time":1762452779037},{"type":"start","time":1762452781327},{"type":"stop","time":1762452786842},{"type":"start","time":1762452786844},{"type":"stop","time":1762452798863},{"type":"start","time":1762452856491},{"type":"stop","time":1762452875341},{"type":"start","time":1762452876701},{"type":"stop","time":1762452893002},{"type":"start","time":1762452907323},{"type":"stop","time":1762452948173},{"type":"start","time":1762453011836},{"type":"stop","time":1762453023150},{"type":"start","time":1762453135277},{"type":"stop","time":1762453144995},{"type":"start","time":1762453144997},{"type":"stop","time":1762453160712}]},{"actions":[{"type":"start","time":1762452442491},{"type":"stop","time":1762452464965},{"type":"start","time":1762452667915},{"type":"stop","time":1762452675298},{"type":"start","time":1762452696812},{"type":"stop","time":1762452703575},{"type":"start","time":1762452740445},{"type":"stop","time":1762452741399},{"type":"start","time":1762452741401},{"type":"stop","time":1762452743586},{"type":"start","time":1762452800557},{"type":"stop","time":1762452856489},{"type":"start","time":1762452904847},{"type":"stop","time":1762452907322},{"type":"start","time":1762452948175},{"type":"stop","time":1762452961012},{"type":"start","time":1762452970912},{"type":"stop","time":1762453011834},{"type":"start","time":1762453046130},{"type":"stop","time":1762453107462},{"type":"start","time":1762453116488},{"type":"stop","time":1762453135276}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E172">
-        <v>231044</v>
+        <v>380244</v>
       </c>
       <c r="F172">
-        <v>104660</v>
+        <v>232045</v>
       </c>
       <c r="G172">
         <v>0</v>
       </c>
       <c r="H172">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I172">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="J172">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B173" s="2">
-        <v>20230309233141</v>
+        <v>20231119095616</v>
       </c>
       <c r="C173" s="2">
-        <v>1678404716020</v>
+        <v>1700390859330</v>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>{"lastSave":1678404716020,"timeWatchM":9313,"timeWatchW":0,"timeWatchD":4114,"countWatchM":1,"countWatchW":0,"countWatchD":1,"id":"87e55a04","watches":[{"actions":[{"type":"start","time":1678404701342},{"type":"stop","time":1678404710655}]},{"actions":[]},{"actions":[{"type":"start","time":1678404710656},{"type":"stop","time":1678404714770}]}]}</t>
+          <t>{"lastSave":1700390859330,"timeWatchM":139981,"timeWatchW":1201371,"timeWatchD":0,"countWatchM":11,"countWatchW":63,"countWatchD":0,"id":"7f73d9e2","watches":[{"actions":[{"type":"start","time":1700388200977},{"type":"stop","time":1700388211346},{"type":"start","time":1700388214066},{"type":"stop","time":1700388220523},{"type":"start","time":1700388377033},{"type":"stop","time":1700388421440},{"type":"start","time":1700388450078},{"type":"stop","time":1700388451129},{"type":"start","time":1700388451130},{"type":"stop","time":1700388453686},{"type":"start","time":1700388665950},{"type":"stop","time":1700388676094},{"type":"start","time":1700389512339},{"type":"stop","time":1700389520183},{"type":"start","time":1700389535926},{"type":"stop","time":1700389537587},{"type":"start","time":1700389617637},{"type":"stop","time":1700389619909},{"type":"start","time":1700389707327},{"type":"stop","time":1700389715610},{"type":"start","time":1700390160847},{"type":"stop","time":1700390205784}]},{"actions":[{"type":"start","time":1700387787280},{"type":"stop","time":1700387824900},{"type":"start","time":1700387853286},{"type":"stop","time":1700387882412},{"type":"start","time":1700388027668},{"type":"stop","time":1700388029853},{"type":"start","time":1700388029854},{"type":"stop","time":1700388036264},{"type":"start","time":1700388036265},{"type":"stop","time":1700388048973},{"type":"start","time":1700388048974},{"type":"stop","time":1700388051170},{"type":"start","time":1700388168474},{"type":"stop","time":1700388170058},{"type":"start","time":1700388170059},{"type":"stop","time":1700388172200},{"type":"start","time":1700388195387},{"type":"stop","time":1700388200976},{"type":"start","time":1700388212911},{"type":"stop","time":1700388214064},{"type":"start","time":1700388223582},{"type":"stop","time":1700388225173},{"type":"start","time":1700388228384},{"type":"stop","time":1700388249970},{"type":"start","time":1700388252088},{"type":"stop","time":1700388253764},{"type":"start","time":1700388257696},{"type":"stop","time":1700388276138},{"type":"start","time":1700388279715},{"type":"stop","time":1700388280912},{"type":"start","time":1700388281863},{"type":"stop","time":1700388286714},{"type":"start","time":1700388286715},{"type":"stop","time":1700388294756},{"type":"start","time":1700388296952},{"type":"stop","time":1700388299850},{"type":"start","time":1700388311287},{"type":"stop","time":1700388320602},{"type":"start","time":1700388322273},{"type":"stop","time":1700388323889},{"type":"start","time":1700388325962},{"type":"stop","time":1700388369723},{"type":"start","time":1700388373580},{"type":"stop","time":1700388375660},{"type":"start","time":1700388425899},{"type":"stop","time":1700388427055},{"type":"start","time":1700388456811},{"type":"stop","time":1700388479530},{"type":"start","time":1700388483793},{"type":"stop","time":1700388538231},{"type":"start","time":1700388555690},{"type":"stop","time":1700388599598},{"type":"start","time":1700388613146},{"type":"stop","time":1700388658650},{"type":"start","time":1700388741043},{"type":"stop","time":1700388759426},{"type":"start","time":1700388802113},{"type":"stop","time":1700388809327},{"type":"start","time":1700389417422},{"type":"stop","time":1700389453240},{"type":"start","time":1700389486777},{"type":"stop","time":1700389496232},{"type":"start","time":1700389509920},{"type":"stop","time":1700389511228},{"type":"start","time":1700389522601},{"type":"stop","time":1700389527961},{"type":"start","time":1700389532064},{"type":"stop","time":1700389534836},{"type":"start","time":1700389554198},{"type":"stop","time":1700389556092},{"type":"start","time":1700389556094},{"type":"stop","time":1700389604656},{"type":"start","time":1700389607678},{"type":"stop","time":1700389612729},{"type":"start","time":1700389614052},{"type":"stop","time":1700389616146},{"type":"start","time":1700389627958},{"type":"stop","time":1700389636280},{"type":"start","time":1700389638719},{"type":"stop","time":1700389650179},{"type":"start","time":1700389662038},{"type":"stop","time":1700389663715},{"type":"start","time":1700389669281},{"type":"stop","time":1700389673187},{"type":"start","time":1700389677139},{"type":"stop","time":1700389679616},{"type":"start","time":1700389679617},{"type":"stop","time":1700389680104},{"type":"start","time":1700389680106},{"type":"stop","time":1700389707325},{"type":"start","time":1700389734136},{"type":"stop","time":1700389743289},{"type":"start","time":1700389953892},{"type":"stop","time":1700389980090},{"type":"start","time":1700389983206},{"type":"stop","time":1700390023155},{"type":"start","time":1700390025129},{"type":"stop","time":1700390027247},{"type":"start","time":1700390037295},{"type":"stop","time":1700390049243},{"type":"start","time":1700390051125},{"type":"stop","time":1700390072079},{"type":"start","time":1700390073383},{"type":"stop","time":1700390127539},{"type":"start","time":1700390208861},{"type":"stop","time":1700390234381},{"type":"start","time":1700390243206},{"type":"stop","time":1700390248671},{"type":"start","time":1700390338113},{"type":"stop","time":1700390352835},{"type":"start","time":1700390352837},{"type":"stop","time":1700390377560},{"type":"start","time":1700390382942},{"type":"stop","time":1700390452939},{"type":"start","time":1700390475167},{"type":"stop","time":1700390521666},{"type":"start","time":1700390552266},{"type":"stop","time":1700390567343},{"type":"start","time":1700390591561},{"type":"stop","time":1700390799255},{"type":"start","time":1700390802294},{"type":"stop","time":1700390811374},{"type":"start","time":1700390812422},{"type":"stop","time":1700390814645},{"type":"start","time":1700390822385},{"type":"stop","time":1700390859330}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E173">
-        <v>9313</v>
+        <v>139981</v>
       </c>
       <c r="F173">
-        <v>0</v>
+        <v>1201371</v>
       </c>
       <c r="G173">
-        <v>4114</v>
+        <v>0</v>
       </c>
       <c r="H173">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="I173">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="J173">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B174" s="2">
-        <v>20230430135813</v>
+        <v>20250923170620</v>
       </c>
       <c r="C174" s="2">
-        <v>1682863110986</v>
+        <v>1758647246117</v>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>{"lastSave":1682863110986,"timeWatchM":0,"timeWatchW":0,"timeWatchD":12472,"countWatchM":0,"countWatchW":0,"countWatchD":4,"id":"88d0cb0","watches":[{"actions":[]},{"actions":[]},{"actions":[{"type":"start","time":1682863093771},{"type":"stop","time":1682863096144},{"type":"start","time":1682863100883},{"type":"stop","time":1682863105367},{"type":"start","time":1682863105369},{"type":"stop","time":1682863107485},{"type":"start","time":1682863107487},{"type":"stop","time":1682863110986}]}]}</t>
+          <t>{"lastSave":1758647246117,"timeWatchM":28982,"timeWatchW":36767,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"7fbb91","watches":[{"actions":[{"type":"start","time":1758647217135},{"type":"stop","time":1758647246117}]},{"actions":[{"type":"start","time":1758647180367},{"type":"stop","time":1758647217134}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E174">
-        <v>0</v>
+        <v>28982</v>
       </c>
       <c r="F174">
-        <v>0</v>
+        <v>36767</v>
       </c>
       <c r="G174">
-        <v>12472</v>
+        <v>0</v>
       </c>
       <c r="H174">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I174">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J174">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="175">
-      <c r="A175">
-        <v>89874502</v>
+      <c r="A175" t="s">
+        <v>177</v>
       </c>
       <c r="B175" s="2">
-        <v>20250418135105</v>
+        <v>20231119112828</v>
       </c>
       <c r="C175" s="2">
-        <v>1744984498638</v>
+        <v>1700393571501</v>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>{"lastSave":1744984498638,"timeWatchM":225050,"timeWatchW":8089,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"89874502","watches":[{"actions":[{"type":"start","time":1744984265498},{"type":"stop","time":1744984490548}]},{"actions":[{"type":"start","time":1744984490549},{"type":"stop","time":1744984498638}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1700393571501,"timeWatchM":13571,"timeWatchW":169697,"timeWatchD":0,"countWatchM":2,"countWatchW":8,"countWatchD":0,"id":"7ff734e4","watches":[{"actions":[{"type":"start","time":1700393492526},{"type":"stop","time":1700393505258},{"type":"start","time":1700393505259},{"type":"stop","time":1700393506098}]},{"actions":[{"type":"start","time":1700393318983},{"type":"stop","time":1700393362087},{"type":"start","time":1700393389087},{"type":"stop","time":1700393400876},{"type":"start","time":1700393407187},{"type":"stop","time":1700393418414},{"type":"start","time":1700393422908},{"type":"stop","time":1700393458570},{"type":"start","time":1700393462077},{"type":"stop","time":1700393492525},{"type":"start","time":1700393524131},{"type":"stop","time":1700393536035},{"type":"start","time":1700393539561},{"type":"stop","time":1700393561538},{"type":"start","time":1700393561540},{"type":"stop","time":1700393565126}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E175">
-        <v>225050</v>
+        <v>13571</v>
       </c>
       <c r="F175">
-        <v>8089</v>
+        <v>169697</v>
       </c>
       <c r="G175">
         <v>0</v>
       </c>
       <c r="H175">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I175">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="J175">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B176" s="2">
-        <v>20250416163259</v>
+        <v>20250314232251</v>
       </c>
       <c r="C176" s="2">
-        <v>1744821245780</v>
+        <v>1741994590641</v>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>{"lastSave":1744821245780,"timeWatchM":33396,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"8a04eb31","watches":[{"actions":[{"type":"start","time":1744821179301},{"type":"stop","time":1744821186196},{"type":"start","time":1744821186197},{"type":"stop","time":1744821189028},{"type":"start","time":1744821222109},{"type":"stop","time":1744821233012},{"type":"start","time":1744821233012},{"type":"stop","time":1744821245779}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1741994590641,"timeWatchM":5074,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"80e7da24","watches":[{"actions":[{"type":"start","time":1741994581710},{"type":"stop","time":1741994586784}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E176">
-        <v>33396</v>
+        <v>5074</v>
       </c>
       <c r="F176">
         <v>0</v>
       </c>
       <c r="G176">
         <v>0</v>
       </c>
       <c r="H176">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I176">
         <v>0</v>
       </c>
       <c r="J176">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B177" s="2">
-        <v>20231118142914</v>
+        <v>20240822153039</v>
       </c>
       <c r="C177" s="2">
-        <v>1700325239223</v>
+        <v>1724346351492</v>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>{"lastSave":1700325239223,"timeWatchM":731581,"timeWatchW":4101764,"timeWatchD":0,"countWatchM":17,"countWatchW":68,"countWatchD":0,"id":"8b47789f","watches":[{"actions":[{"type":"start","time":1700318190275},{"type":"stop","time":1700318324165},{"type":"start","time":1700318328611},{"type":"stop","time":1700318429706},{"type":"start","time":1700319115715},{"type":"stop","time":1700319119036},{"type":"start","time":1700319135715},{"type":"stop","time":1700319143434},{"type":"start","time":1700319909981},{"type":"stop","time":1700319950818},{"type":"start","time":1700319980953},{"type":"stop","time":1700319983119},{"type":"start","time":1700320063106},{"type":"stop","time":1700320105090},{"type":"start","time":1700320530173},{"type":"stop","time":1700320574360},{"type":"start","time":1700320668424},{"type":"stop","time":1700320797528},{"type":"start","time":1700321072589},{"type":"stop","time":1700321076300},{"type":"start","time":1700321295549},{"type":"stop","time":1700321348218},{"type":"start","time":1700323339084},{"type":"stop","time":1700323353942},{"type":"start","time":1700323751841},{"type":"stop","time":1700323828500},{"type":"start","time":1700323845192},{"type":"stop","time":1700323872104},{"type":"start","time":1700324267933},{"type":"stop","time":1700324271756},{"type":"start","time":1700325010015},{"type":"stop","time":1700325025397},{"type":"start","time":1700325092252},{"type":"stop","time":1700325125516}]},{"actions":[{"type":"start","time":1700317753746},{"type":"stop","time":1700318090312},{"type":"start","time":1700318090313},{"type":"stop","time":1700318190274},{"type":"start","time":1700318442307},{"type":"stop","time":1700318538347},{"type":"start","time":1700318538348},{"type":"stop","time":1700318671323},{"type":"start","time":1700318696588},{"type":"stop","time":1700318719292},{"type":"start","time":1700318747175},{"type":"stop","time":1700318765010},{"type":"start","time":1700318778134},{"type":"stop","time":1700319115714},{"type":"start","time":1700319119036},{"type":"stop","time":1700319135715},{"type":"start","time":1700319143434},{"type":"stop","time":1700319179006},{"type":"start","time":1700319179006},{"type":"stop","time":1700319192090},{"type":"start","time":1700319192090},{"type":"stop","time":1700319225813},{"type":"start","time":1700319248759},{"type":"stop","time":1700319390146},{"type":"start","time":1700319390146},{"type":"stop","time":1700319404738},{"type":"start","time":1700319404739},{"type":"stop","time":1700319420413},{"type":"start","time":1700319420413},{"type":"stop","time":1700319847225},{"type":"start","time":1700319847226},{"type":"stop","time":1700319909980},{"type":"start","time":1700319950818},{"type":"stop","time":1700319980952},{"type":"start","time":1700319983120},{"type":"stop","time":1700320030451},{"type":"start","time":1700320030452},{"type":"stop","time":1700320046839},{"type":"start","time":1700320046840},{"type":"stop","time":1700320059378},{"type":"start","time":1700320151383},{"type":"stop","time":1700320161516},{"type":"start","time":1700320574360},{"type":"stop","time":1700320613808},{"type":"start","time":1700320613808},{"type":"stop","time":1700320663165},{"type":"start","time":1700320805627},{"type":"stop","time":1700320866656},{"type":"start","time":1700320907202},{"type":"stop","time":1700320919060},{"type":"start","time":1700320919060},{"type":"stop","time":1700320932196},{"type":"start","time":1700320932197},{"type":"stop","time":1700320966911},{"type":"start","time":1700320972905},{"type":"stop","time":1700321010876},{"type":"start","time":1700321014245},{"type":"stop","time":1700321053052},{"type":"start","time":1700321276983},{"type":"stop","time":1700321295548},{"type":"start","time":1700321355125},{"type":"stop","time":1700321385364},{"type":"start","time":1700322664188},{"type":"stop","time":1700322706050},{"type":"start","time":1700322706050},{"type":"stop","time":1700322898953},{"type":"start","time":1700322898953},{"type":"stop","time":1700323000356},{"type":"start","time":1700323000357},{"type":"stop","time":1700323040616},{"type":"start","time":1700323040617},{"type":"stop","time":1700323070665},{"type":"start","time":1700323070666},{"type":"stop","time":1700323126566},{"type":"start","time":1700323126567},{"type":"stop","time":1700323136159},{"type":"start","time":1700323136159},{"type":"stop","time":1700323160815},{"type":"start","time":1700323160815},{"type":"stop","time":1700323178398},{"type":"start","time":1700323178398},{"type":"stop","time":1700323192959},{"type":"start","time":1700323192960},{"type":"stop","time":1700323251505},{"type":"start","time":1700323259688},{"type":"stop","time":1700323280524},{"type":"start","time":1700323280525},{"type":"stop","time":1700323311792},{"type":"start","time":1700323311793},{"type":"stop","time":1700323325357},{"type":"start","time":1700323325358},{"type":"stop","time":1700323339083},{"type":"start","time":1700323353943},{"type":"stop","time":1700323368038},{"type":"start","time":1700323368039},{"type":"stop","time":1700323456549},{"type":"start","time":1700323456550},{"type":"stop","time":1700323641615},{"type":"start","time":1700323641616},{"type":"stop","time":1700323651537},{"type":"start","time":1700323651537},{"type":"stop","time":1700323681231},{"type":"start","time":1700323700288},{"type":"stop","time":1700323712693},{"type":"start","time":1700323830368},{"type":"stop","time":1700323845191},{"type":"start","time":1700324217763},{"type":"stop","time":1700324244582},{"type":"start","time":1700324250429},{"type":"stop","time":1700324267932},{"type":"start","time":1700324271756},{"type":"stop","time":1700324285349},{"type":"start","time":1700324285350},{"type":"stop","time":1700324324783},{"type":"start","time":1700324324784},{"type":"stop","time":1700324349401},{"type":"start","time":1700324349402},{"type":"stop","time":1700324430994},{"type":"start","time":1700324524614},{"type":"stop","time":1700324579355},{"type":"start","time":1700324579355},{"type":"stop","time":1700324602230},{"type":"start","time":1700324602231},{"type":"stop","time":1700324626547},{"type":"start","time":1700324626548},{"type":"stop","time":1700324655341},{"type":"start","time":1700324655342},{"type":"stop","time":1700324799071},{"type":"start","time":1700324843622},{"type":"stop","time":1700325010014},{"type":"start","time":1700325025398},{"type":"stop","time":1700325092251},{"type":"start","time":1700325125517},{"type":"stop","time":1700325206209},{"type":"start","time":1700325206209},{"type":"stop","time":1700325239223}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1724346351492,"timeWatchM":2563,"timeWatchW":3541,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"817a6669","watches":[{"actions":[{"type":"start","time":1724346343405},{"type":"stop","time":1724346345968}]},{"actions":[{"type":"start","time":1724346346757},{"type":"stop","time":1724346350298}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E177">
-        <v>731581</v>
+        <v>2563</v>
       </c>
       <c r="F177">
-        <v>4101764</v>
+        <v>3541</v>
       </c>
       <c r="G177">
         <v>0</v>
       </c>
       <c r="H177">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="I177">
-        <v>68</v>
+        <v>1</v>
       </c>
       <c r="J177">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B178" s="2">
-        <v>20250416180227</v>
+        <v>20240301184042</v>
       </c>
       <c r="C178" s="2">
-        <v>1744827061014</v>
+        <v>1709321269343</v>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>{"lastSave":1744827061014,"timeWatchM":442128,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"8b81b0cd","watches":[{"actions":[{"type":"start","time":1744826544988},{"type":"stop","time":1744826581885},{"type":"start","time":1744826610372},{"type":"stop","time":1744826837545},{"type":"start","time":1744826852419},{"type":"stop","time":1744827017382},{"type":"start","time":1744827038625},{"type":"stop","time":1744827051720}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1709321269343,"timeWatchM":2083042,"timeWatchW":582317,"timeWatchD":0,"countWatchM":11,"countWatchW":10,"countWatchD":0,"id":"8315ee72","watches":[{"actions":[{"type":"start","time":1709318441489},{"type":"stop","time":1709318501051},{"type":"start","time":1709318502986},{"type":"stop","time":1709318725046},{"type":"start","time":1709318834758},{"type":"stop","time":1709318839906},{"type":"start","time":1709318897020},{"type":"stop","time":1709319761329},{"type":"start","time":1709319788123},{"type":"stop","time":1709319995105},{"type":"start","time":1709320008770},{"type":"stop","time":1709320014822},{"type":"start","time":1709320064492},{"type":"stop","time":1709320093308},{"type":"start","time":1709320109763},{"type":"stop","time":1709320242774},{"type":"start","time":1709320391316},{"type":"stop","time":1709320744523},{"type":"start","time":1709320765529},{"type":"stop","time":1709320835501},{"type":"start","time":1709321135420},{"type":"stop","time":1709321269343}]},{"actions":[{"type":"start","time":1709318734961},{"type":"stop","time":1709318833372},{"type":"start","time":1709318840953},{"type":"stop","time":1709318859900},{"type":"start","time":1709319763137},{"type":"stop","time":1709319770610},{"type":"start","time":1709319770610},{"type":"stop","time":1709319778944},{"type":"start","time":1709319778945},{"type":"stop","time":1709319782656},{"type":"start","time":1709320029218},{"type":"stop","time":1709320048095},{"type":"start","time":1709320048096},{"type":"stop","time":1709320050895},{"type":"start","time":1709320050896},{"type":"stop","time":1709320053327},{"type":"start","time":1709320249737},{"type":"stop","time":1709320380582},{"type":"start","time":1709320842292},{"type":"stop","time":1709321132781}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E178">
-        <v>442128</v>
+        <v>2083042</v>
       </c>
       <c r="F178">
-        <v>0</v>
+        <v>582317</v>
       </c>
       <c r="G178">
         <v>0</v>
       </c>
       <c r="H178">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="I178">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J178">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B179" s="2">
-        <v>20240304180322</v>
+        <v>20250109191957</v>
       </c>
       <c r="C179" s="2">
-        <v>1709580502430</v>
+        <v>1736450557488</v>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>{"lastSave":1709580502430,"timeWatchM":1716556,"timeWatchW":787026,"timeWatchD":125671,"countWatchM":20,"countWatchW":19,"countWatchD":8,"id":"8c7ec6e6","watches":[{"actions":[{"type":"start","time":1709575811702},{"type":"stop","time":1709575959331},{"type":"start","time":1709575972498},{"type":"stop","time":1709576007181},{"type":"start","time":1709576011903},{"type":"stop","time":1709576039390},{"type":"start","time":1709576039391},{"type":"stop","time":1709576042883},{"type":"start","time":1709576070635},{"type":"stop","time":1709576102185},{"type":"start","time":1709576105258},{"type":"stop","time":1709576132113},{"type":"start","time":1709576134374},{"type":"stop","time":1709576167555},{"type":"start","time":1709576193705},{"type":"stop","time":1709576197176},{"type":"start","time":1709576205784},{"type":"stop","time":1709576243346},{"type":"start","time":1709576275708},{"type":"stop","time":1709576291637},{"type":"start","time":1709576343212},{"type":"stop","time":1709576374147},{"type":"start","time":1709576391731},{"type":"stop","time":1709576515828},{"type":"start","time":1709576535343},{"type":"stop","time":1709576583992},{"type":"start","time":1709578537562},{"type":"stop","time":1709578640239},{"type":"start","time":1709578720375},{"type":"stop","time":1709578862433},{"type":"start","time":1709578863807},{"type":"stop","time":1709579199435},{"type":"start","time":1709579248954},{"type":"stop","time":1709579537222},{"type":"start","time":1709579607414},{"type":"stop","time":1709579751338},{"type":"start","time":1709579802589},{"type":"stop","time":1709579927010},{"type":"start","time":1709580041828},{"type":"stop","time":1709580055888}]},{"actions":[{"type":"start","time":1709575692660},{"type":"stop","time":1709575700489},{"type":"start","time":1709575959333},{"type":"stop","time":1709575972496},{"type":"start","time":1709576048456},{"type":"stop","time":1709576070633},{"type":"start","time":1709576515830},{"type":"stop","time":1709576535342},{"type":"start","time":1709578504818},{"type":"stop","time":1709578507874},{"type":"start","time":1709578640242},{"type":"stop","time":1709578663196},{"type":"start","time":1709578682116},{"type":"stop","time":1709578716437},{"type":"start","time":1709578862434},{"type":"stop","time":1709578863805},{"type":"start","time":1709579199438},{"type":"stop","time":1709579248953},{"type":"start","time":1709579537223},{"type":"stop","time":1709579607413},{"type":"start","time":1709579751339},{"type":"stop","time":1709579802587},{"type":"start","time":1709579927012},{"type":"stop","time":1709580041827},{"type":"start","time":1709580091654},{"type":"stop","time":1709580212133},{"type":"start","time":1709580212136},{"type":"stop","time":1709580259957},{"type":"start","time":1709580259959},{"type":"stop","time":1709580298149},{"type":"start","time":1709580298150},{"type":"stop","time":1709580389354},{"type":"start","time":1709580389356},{"type":"stop","time":1709580419159},{"type":"start","time":1709580419161},{"type":"stop","time":1709580442023},{"type":"start","time":1709580442026},{"type":"stop","time":1709580468542}]},{"actions":[{"type":"start","time":1709575412294},{"type":"stop","time":1709575486649},{"type":"start","time":1709575486650},{"type":"stop","time":1709575490400},{"type":"start","time":1709575684358},{"type":"stop","time":1709575692659},{"type":"start","time":1709575700490},{"type":"stop","time":1709575705675},{"type":"start","time":1709576185681},{"type":"stop","time":1709576193704},{"type":"start","time":1709576251450},{"type":"stop","time":1709576260701},{"type":"start","time":1709576334133},{"type":"stop","time":1709576343211},{"type":"start","time":1709576384002},{"type":"stop","time":1709576391730}]}]}</t>
+          <t>{"lastSave":1736450557488,"timeWatchM":53017,"timeWatchW":94055,"timeWatchD":0,"countWatchM":8,"countWatchW":10,"countWatchD":0,"id":"83af6df1","watches":[{"actions":[{"type":"start","time":1736450445150},{"type":"stop","time":1736450447856},{"type":"start","time":1736450473727},{"type":"stop","time":1736450482669},{"type":"start","time":1736450496706},{"type":"stop","time":1736450505859},{"type":"start","time":1736450506376},{"type":"stop","time":1736450515536},{"type":"start","time":1736450516023},{"type":"stop","time":1736450516218},{"type":"start","time":1736450516219},{"type":"stop","time":1736450518344},{"type":"start","time":1736450519152},{"type":"stop","time":1736450531708},{"type":"start","time":1736450533040},{"type":"stop","time":1736450541220}]},{"actions":[{"type":"start","time":1736450396792},{"type":"stop","time":1736450445149},{"type":"start","time":1736450447858},{"type":"stop","time":1736450461182},{"type":"start","time":1736450462008},{"type":"stop","time":1736450466211},{"type":"start","time":1736450466213},{"type":"stop","time":1736450473726},{"type":"start","time":1736450482670},{"type":"stop","time":1736450488634},{"type":"start","time":1736450505862},{"type":"stop","time":1736450506374},{"type":"start","time":1736450515538},{"type":"stop","time":1736450516022},{"type":"start","time":1736450518345},{"type":"stop","time":1736450519151},{"type":"start","time":1736450531709},{"type":"stop","time":1736450533039},{"type":"start","time":1736450541221},{"type":"stop","time":1736450552783}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E179">
-        <v>1716556</v>
+        <v>53017</v>
       </c>
       <c r="F179">
-        <v>787026</v>
+        <v>94055</v>
       </c>
       <c r="G179">
-        <v>125671</v>
+        <v>0</v>
       </c>
       <c r="H179">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I179">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="J179">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B180" s="2">
-        <v>20250923180511</v>
+        <v>20230905112308</v>
       </c>
       <c r="C180" s="2">
-        <v>1758651103593</v>
+        <v>1693913001478</v>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651103593,"timeWatchM":0,"timeWatchW":196186,"timeWatchD":0,"countWatchM":0,"countWatchW":3,"countWatchD":0,"id":"8cb2b94c","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758650711506},{"type":"stop","time":1758650864841},{"type":"start","time":1758651036026},{"type":"stop","time":1758651052292},{"type":"start","time":1758651077008},{"type":"stop","time":1758651103593}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1693913001478,"timeWatchM":7961,"timeWatchW":5418,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"83f7e82","watches":[{"actions":[{"type":"start","time":1693912988098},{"type":"stop","time":1693912996059}]},{"actions":[{"type":"start","time":1693912996060},{"type":"stop","time":1693913001478}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E180">
-        <v>0</v>
+        <v>7961</v>
       </c>
       <c r="F180">
-        <v>196186</v>
+        <v>5418</v>
       </c>
       <c r="G180">
         <v>0</v>
       </c>
       <c r="H180">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I180">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J180">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B181" s="2">
-        <v>20240124103001</v>
+        <v>20250315122029</v>
       </c>
       <c r="C181" s="2">
-        <v>1706092273469</v>
+        <v>1742041357832</v>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>{"lastSave":1706092273469,"timeWatchM":5033,"timeWatchW":49010,"timeWatchD":4584,"countWatchM":2,"countWatchW":5,"countWatchD":1,"id":"8d089eb3","watches":[{"actions":[{"type":"start","time":1706092201504},{"type":"stop","time":1706092205618},{"type":"start","time":1706092205619},{"type":"stop","time":1706092206538}]},{"actions":[{"type":"start","time":1706092206538},{"type":"stop","time":1706092207602},{"type":"start","time":1706092207603},{"type":"stop","time":1706092226085},{"type":"start","time":1706092226086},{"type":"stop","time":1706092228835},{"type":"start","time":1706092228836},{"type":"stop","time":1706092250468},{"type":"start","time":1706092250469},{"type":"stop","time":1706092255552}]},{"actions":[{"type":"start","time":1706092257984},{"type":"stop","time":1706092262568}]}]}</t>
+          <t>{"lastSave":1742041357832,"timeWatchM":128410,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"843a784a","watches":[{"actions":[{"type":"start","time":1742041229422},{"type":"stop","time":1742041357832}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E181">
-        <v>5033</v>
+        <v>128410</v>
       </c>
       <c r="F181">
-        <v>49010</v>
+        <v>0</v>
       </c>
       <c r="G181">
-        <v>4584</v>
+        <v>0</v>
       </c>
       <c r="H181">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I181">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J181">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B182" s="2">
-        <v>20250325174745</v>
+        <v>20230814201400</v>
       </c>
       <c r="C182" s="2">
-        <v>1742926434004</v>
+        <v>1692044040154</v>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>{"lastSave":1742926434004,"timeWatchM":133741,"timeWatchW":0,"timeWatchD":0,"countWatchM":6,"countWatchW":0,"countWatchD":0,"id":"8d2106be","watches":[{"actions":[{"type":"start","time":1742926275521},{"type":"stop","time":1742926281861},{"type":"start","time":1742926296381},{"type":"stop","time":1742926367741},{"type":"start","time":1742926370225},{"type":"stop","time":1742926380287},{"type":"start","time":1742926382317},{"type":"stop","time":1742926403602},{"type":"start","time":1742926405066},{"type":"stop","time":1742926412661},{"type":"start","time":1742926414973},{"type":"stop","time":1742926432072}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1692044040154,"timeWatchM":679,"timeWatchW":982,"timeWatchD":457,"countWatchM":1,"countWatchW":2,"countWatchD":1,"id":"8503eab8","watches":[{"actions":[{"type":"start","time":1692044038028},{"type":"stop","time":1692044038707}]},{"actions":[{"type":"start","time":1692044038710},{"type":"stop","time":1692044039176},{"type":"start","time":1692044039637},{"type":"stop","time":1692044040153}]},{"actions":[{"type":"start","time":1692044039178},{"type":"stop","time":1692044039635}]}]}</t>
         </is>
       </c>
       <c r="E182">
-        <v>133741</v>
+        <v>679</v>
       </c>
       <c r="F182">
-        <v>0</v>
+        <v>982</v>
       </c>
       <c r="G182">
-        <v>0</v>
+        <v>457</v>
       </c>
       <c r="H182">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I182">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J182">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B183" s="2">
-        <v>20230327170635</v>
+        <v>20250821174302</v>
       </c>
       <c r="C183" s="2">
-        <v>1679942620812</v>
+        <v>1755798389298</v>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>{"lastSave":1679942620812,"timeWatchM":1616458,"timeWatchW":3490617,"timeWatchD":0,"countWatchM":25,"countWatchW":48,"countWatchD":0,"id":"8da1336b","watches":[{"actions":[{"type":"start","time":1679937172619},{"type":"stop","time":1679937376318},{"type":"start","time":1679937379951},{"type":"stop","time":1679937382353},{"type":"start","time":1679937382354},{"type":"stop","time":1679937383875},{"type":"start","time":1679937435693},{"type":"stop","time":1679937448978},{"type":"start","time":1679937510092},{"type":"stop","time":1679937575280},{"type":"start","time":1679938688581},{"type":"stop","time":1679938695872},{"type":"start","time":1679939278151},{"type":"stop","time":1679939278650},{"type":"start","time":1679939278651},{"type":"stop","time":1679939285418},{"type":"start","time":1679939287178},{"type":"stop","time":1679939368686},{"type":"start","time":1679939376615},{"type":"stop","time":1679939392575},{"type":"start","time":1679939413456},{"type":"stop","time":1679939416563},{"type":"start","time":1679939421966},{"type":"stop","time":1679939427478},{"type":"start","time":1679939436815},{"type":"stop","time":1679939446854},{"type":"start","time":1679939788855},{"type":"stop","time":1679939865412},{"type":"start","time":1679940034135},{"type":"stop","time":1679940111699},{"type":"start","time":1679940127326},{"type":"stop","time":1679940159307},{"type":"start","time":1679940337879},{"type":"stop","time":1679940455678},{"type":"start","time":1679940461816},{"type":"stop","time":1679940483453},{"type":"start","time":1679940570406},{"type":"stop","time":1679940705048},{"type":"start","time":1679940866970},{"type":"stop","time":1679940937449},{"type":"start","time":1679940979014},{"type":"stop","time":1679941050026},{"type":"start","time":1679941053258},{"type":"stop","time":1679941090834},{"type":"start","time":1679941643729},{"type":"stop","time":1679942195367},{"type":"start","time":1679942319535},{"type":"stop","time":1679942322146},{"type":"start","time":1679942449744},{"type":"stop","time":1679942455928}]},{"actions":[{"type":"start","time":1679936797095},{"type":"stop","time":1679936956433},{"type":"start","time":1679936978818},{"type":"stop","time":1679937170239},{"type":"start","time":1679937385284},{"type":"stop","time":1679937433832},{"type":"start","time":1679937452017},{"type":"stop","time":1679937499747},{"type":"start","time":1679937576581},{"type":"stop","time":1679937655151},{"type":"start","time":1679937671527},{"type":"stop","time":1679937785187},{"type":"start","time":1679937788013},{"type":"stop","time":1679937820672},{"type":"start","time":1679937823905},{"type":"stop","time":1679937996466},{"type":"start","time":1679937999475},{"type":"stop","time":1679938235535},{"type":"start","time":1679938239449},{"type":"stop","time":1679938687010},{"type":"start","time":1679938698623},{"type":"stop","time":1679939014967},{"type":"start","time":1679939154523},{"type":"stop","time":1679939188358},{"type":"start","time":1679939190807},{"type":"stop","time":1679939237892},{"type":"start","time":1679939239760},{"type":"stop","time":1679939276923},{"type":"start","time":1679939393906},{"type":"stop","time":1679939410928},{"type":"start","time":1679939417739},{"type":"stop","time":1679939420570},{"type":"start","time":1679939428747},{"type":"stop","time":1679939435751},{"type":"start","time":1679939448433},{"type":"stop","time":1679939470602},{"type":"start","time":1679939471755},{"type":"stop","time":1679939684603},{"type":"start","time":1679939686108},{"type":"stop","time":1679939761285},{"type":"start","time":1679939769329},{"type":"stop","time":1679939787437},{"type":"start","time":1679939868778},{"type":"stop","time":1679939896872},{"type":"start","time":1679939974226},{"type":"stop","time":1679940032906},{"type":"start","time":1679940112882},{"type":"stop","time":1679940126155},{"type":"start","time":1679940162376},{"type":"stop","time":1679940181364},{"type":"start","time":1679940182231},{"type":"stop","time":1679940272253},{"type":"start","time":1679940277982},{"type":"stop","time":1679940302513},{"type":"start","time":1679940303598},{"type":"stop","time":1679940318126},{"type":"start","time":1679940320849},{"type":"stop","time":1679940336852},{"type":"start","time":1679940456784},{"type":"stop","time":1679940460769},{"type":"start","time":1679940484716},{"type":"stop","time":1679940547109},{"type":"start","time":1679940548797},{"type":"stop","time":1679940568707},{"type":"start","time":1679940714196},{"type":"stop","time":1679940859257},{"type":"start","time":1679940943616},{"type":"stop","time":1679940977747},{"type":"start","time":1679941095610},{"type":"stop","time":1679941122101},{"type":"start","time":1679941155262},{"type":"stop","time":1679941175586},{"type":"start","time":1679941196844},{"type":"stop","time":1679941210210},{"type":"start","time":1679941211796},{"type":"stop","time":1679941483480},{"type":"start","time":1679941583734},{"type":"stop","time":1679941642311},{"type":"start","time":1679942210812},{"type":"stop","time":1679942234473},{"type":"start","time":1679942246530},{"type":"stop","time":1679942318437},{"type":"start","time":1679942323373},{"type":"stop","time":1679942333275},{"type":"start","time":1679942335147},{"type":"stop","time":1679942384465},{"type":"start","time":1679942389469},{"type":"stop","time":1679942426721},{"type":"start","time":1679942435369},{"type":"stop","time":1679942448056},{"type":"start","time":1679942457007},{"type":"stop","time":1679942479050},{"type":"start","time":1679942480087},{"type":"stop","time":1679942500085},{"type":"start","time":1679942505377},{"type":"stop","time":1679942511491}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755798389298,"timeWatchM":166154,"timeWatchW":33151,"timeWatchD":0,"countWatchM":3,"countWatchW":2,"countWatchD":0,"id":"85dfc455","watches":[{"actions":[{"type":"start","time":1755798181277},{"type":"stop","time":1755798215762},{"type":"start","time":1755798215762},{"type":"stop","time":1755798217262},{"type":"start","time":1755798238362},{"type":"stop","time":1755798368531}]},{"actions":[{"type":"start","time":1755798218562},{"type":"stop","time":1755798236412},{"type":"start","time":1755798370981},{"type":"stop","time":1755798386282}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E183">
-        <v>1616458</v>
+        <v>166154</v>
       </c>
       <c r="F183">
-        <v>3490617</v>
+        <v>33151</v>
       </c>
       <c r="G183">
         <v>0</v>
       </c>
       <c r="H183">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="I183">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="J183">
         <v>0</v>
       </c>
     </row>
     <row r="184">
-      <c r="A184" t="s">
-        <v>183</v>
+      <c r="A184">
+        <v>87818286</v>
       </c>
       <c r="B184" s="2">
-        <v>20230911170859</v>
+        <v>20250109194525</v>
       </c>
       <c r="C184" s="2">
-        <v>1698948939136</v>
+        <v>1736452031458</v>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>{"lastSave":1698948939136,"timeWatchM":469437,"timeWatchW":757066,"timeWatchD":438083,"countWatchM":4,"countWatchW":7,"countWatchD":6,"id":"8e36c8d6","watches":[{"actions":[{"type":"start","time":1694452328643},{"type":"stop","time":1694452342295},{"type":"start","time":1694452544228},{"type":"stop","time":1694452565110},{"type":"start","time":1694452571387},{"type":"stop","time":1694452906670},{"type":"start","time":1694453540620},{"type":"stop","time":1694453640240}]},{"actions":[{"type":"start","time":1694452306376},{"type":"stop","time":1694452327320},{"type":"start","time":1694452918543},{"type":"stop","time":1694453022054},{"type":"start","time":1694453022054},{"type":"stop","time":1694453071439},{"type":"start","time":1694453071447},{"type":"stop","time":1694453343233},{"type":"start","time":1694453343236},{"type":"stop","time":1694453496106},{"type":"start","time":1694453658710},{"type":"stop","time":1694453686945},{"type":"start","time":1694453836718},{"type":"stop","time":1694453967053}]},{"actions":[{"type":"start","time":1694452142986},{"type":"stop","time":1694452274361},{"type":"start","time":1694452274371},{"type":"stop","time":1694452277919},{"type":"start","time":1694452343430},{"type":"stop","time":1694452371580},{"type":"start","time":1694452394818},{"type":"stop","time":1694452498465},{"type":"start","time":1694453690555},{"type":"stop","time":1694453836716},{"type":"start","time":1694453996451},{"type":"stop","time":1694454021653}]}]}</t>
+          <t>{"lastSave":1736452031458,"timeWatchM":3730,"timeWatchW":61815,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"87818286","watches":[{"actions":[{"type":"start","time":1736451924883},{"type":"stop","time":1736451928613}]},{"actions":[{"type":"start","time":1736451932729},{"type":"stop","time":1736451987020},{"type":"start","time":1736452023934},{"type":"stop","time":1736452031458}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E184">
-        <v>469437</v>
+        <v>3730</v>
       </c>
       <c r="F184">
-        <v>757066</v>
+        <v>61815</v>
       </c>
       <c r="G184">
-        <v>438083</v>
+        <v>0</v>
       </c>
       <c r="H184">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I184">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J184">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="185">
-      <c r="A185" t="s">
-        <v>184</v>
+      <c r="A185">
+        <v>8788407</v>
       </c>
       <c r="B185" s="2">
-        <v>20240816180701</v>
+        <v>20250923184420</v>
       </c>
       <c r="C185" s="2">
-        <v>1723831663806</v>
+        <v>1758653379399</v>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>{"lastSave":1723831663806,"timeWatchM":6068,"timeWatchW":7899,"timeWatchD":15623,"countWatchM":2,"countWatchW":3,"countWatchD":2,"id":"90bfdbb5","watches":[{"actions":[{"type":"start","time":1723831638898},{"type":"stop","time":1723831643257},{"type":"start","time":1723831652032},{"type":"stop","time":1723831653741}]},{"actions":[{"type":"start","time":1723831636309},{"type":"stop","time":1723831638896},{"type":"start","time":1723831643259},{"type":"stop","time":1723831647727},{"type":"start","time":1723831653742},{"type":"stop","time":1723831654586}]},{"actions":[{"type":"start","time":1723831622377},{"type":"stop","time":1723831633698},{"type":"start","time":1723831647729},{"type":"stop","time":1723831652031}]}]}</t>
+          <t>{"lastSave":1758653379399,"timeWatchM":231044,"timeWatchW":104660,"timeWatchD":0,"countWatchM":2,"countWatchW":4,"countWatchD":0,"id":"8788407","watches":[{"actions":[{"type":"start","time":1758653060605},{"type":"stop","time":1758653201168},{"type":"start","time":1758653204553},{"type":"stop","time":1758653295034}]},{"actions":[{"type":"start","time":1758653038989},{"type":"stop","time":1758653060603},{"type":"start","time":1758653201170},{"type":"stop","time":1758653204552},{"type":"start","time":1758653295035},{"type":"stop","time":1758653301666},{"type":"start","time":1758653303485},{"type":"stop","time":1758653376518}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E185">
-        <v>6068</v>
+        <v>231044</v>
       </c>
       <c r="F185">
-        <v>7899</v>
+        <v>104660</v>
       </c>
       <c r="G185">
-        <v>15623</v>
+        <v>0</v>
       </c>
       <c r="H185">
         <v>2</v>
       </c>
       <c r="I185">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J185">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B186" s="2">
-        <v>20250524130624</v>
+        <v>20230309233141</v>
       </c>
       <c r="C186" s="2">
-        <v>1748093168408</v>
+        <v>1678404716020</v>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>{"lastSave":1748093168408,"timeWatchM":788287,"timeWatchW":156190,"timeWatchD":0,"countWatchM":5,"countWatchW":1,"countWatchD":0,"id":"90ee5ccf","watches":[{"actions":[{"type":"start","time":1748092019187},{"type":"stop","time":1748092055431},{"type":"start","time":1748092249939},{"type":"stop","time":1748092367174},{"type":"start","time":1748092431414},{"type":"stop","time":1748092453519},{"type":"start","time":1748092469022},{"type":"stop","time":1748093056822},{"type":"start","time":1748093075184},{"type":"stop","time":1748093100087}]},{"actions":[{"type":"start","time":1748092064712},{"type":"stop","time":1748092220902}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1678404716020,"timeWatchM":9313,"timeWatchW":0,"timeWatchD":4114,"countWatchM":1,"countWatchW":0,"countWatchD":1,"id":"87e55a04","watches":[{"actions":[{"type":"start","time":1678404701342},{"type":"stop","time":1678404710655}]},{"actions":[]},{"actions":[{"type":"start","time":1678404710656},{"type":"stop","time":1678404714770}]}]}</t>
         </is>
       </c>
       <c r="E186">
-        <v>788287</v>
+        <v>9313</v>
       </c>
       <c r="F186">
-        <v>156190</v>
+        <v>0</v>
       </c>
       <c r="G186">
-        <v>0</v>
+        <v>4114</v>
       </c>
       <c r="H186">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I186">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J186">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B187" s="2">
-        <v>20250411201407</v>
+        <v>20230430135813</v>
       </c>
       <c r="C187" s="2">
-        <v>1744402475936</v>
+        <v>1682863110986</v>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>{"lastSave":1744402475936,"timeWatchM":3377,"timeWatchW":13402,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"93d89d33","watches":[{"actions":[{"type":"start","time":1744402447674},{"type":"stop","time":1744402449821},{"type":"start","time":1744402449822},{"type":"stop","time":1744402451052}]},{"actions":[{"type":"start","time":1744402451053},{"type":"stop","time":1744402453587},{"type":"start","time":1744402453588},{"type":"stop","time":1744402464456}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1682863110986,"timeWatchM":0,"timeWatchW":0,"timeWatchD":12472,"countWatchM":0,"countWatchW":0,"countWatchD":4,"id":"88d0cb0","watches":[{"actions":[]},{"actions":[]},{"actions":[{"type":"start","time":1682863093771},{"type":"stop","time":1682863096144},{"type":"start","time":1682863100883},{"type":"stop","time":1682863105367},{"type":"start","time":1682863105369},{"type":"stop","time":1682863107485},{"type":"start","time":1682863107487},{"type":"stop","time":1682863110986}]}]}</t>
         </is>
       </c>
       <c r="E187">
-        <v>3377</v>
+        <v>0</v>
       </c>
       <c r="F187">
-        <v>13402</v>
+        <v>0</v>
       </c>
       <c r="G187">
-        <v>0</v>
+        <v>12472</v>
       </c>
       <c r="H187">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I187">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J187">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="188">
-      <c r="A188" t="s">
-        <v>187</v>
+      <c r="A188">
+        <v>89874502</v>
       </c>
       <c r="B188" s="2">
-        <v>20250315121555</v>
+        <v>20250418135105</v>
       </c>
       <c r="C188" s="2">
-        <v>1742041222703</v>
+        <v>1744984498638</v>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>{"lastSave":1742041222703,"timeWatchM":256397,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"95576dac","watches":[{"actions":[{"type":"start","time":1742040954974},{"type":"stop","time":1742041037322},{"type":"start","time":1742041037324},{"type":"stop","time":1742041157207},{"type":"start","time":1742041157208},{"type":"stop","time":1742041159354},{"type":"start","time":1742041168250},{"type":"stop","time":1742041220270}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744984498638,"timeWatchM":225050,"timeWatchW":8089,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"89874502","watches":[{"actions":[{"type":"start","time":1744984265498},{"type":"stop","time":1744984490548}]},{"actions":[{"type":"start","time":1744984490549},{"type":"stop","time":1744984498638}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E188">
-        <v>256397</v>
+        <v>225050</v>
       </c>
       <c r="F188">
-        <v>0</v>
+        <v>8089</v>
       </c>
       <c r="G188">
         <v>0</v>
       </c>
       <c r="H188">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I188">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J188">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>188</v>
       </c>
       <c r="B189" s="2">
-        <v>20231118131539</v>
+        <v>20250416163259</v>
       </c>
       <c r="C189" s="2">
-        <v>1700317577247</v>
+        <v>1744821245780</v>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>{"lastSave":1700317577247,"timeWatchM":891382,"timeWatchW":1492457,"timeWatchD":0,"countWatchM":33,"countWatchW":42,"countWatchD":0,"id":"958f7d8c","watches":[{"actions":[{"type":"start","time":1700313338833},{"type":"stop","time":1700313490362},{"type":"start","time":1700313626170},{"type":"stop","time":1700313713449},{"type":"start","time":1700313832379},{"type":"stop","time":1700313953519},{"type":"start","time":1700314235903},{"type":"stop","time":1700314244057},{"type":"start","time":1700314263165},{"type":"stop","time":1700314286098},{"type":"start","time":1700314295016},{"type":"stop","time":1700314302931},{"type":"start","time":1700314411700},{"type":"stop","time":1700314422900},{"type":"start","time":1700314441461},{"type":"stop","time":1700314445048},{"type":"start","time":1700314557679},{"type":"stop","time":1700314575858},{"type":"start","time":1700314646027},{"type":"stop","time":1700314690309},{"type":"start","time":1700314770557},{"type":"stop","time":1700314783215},{"type":"start","time":1700314829398},{"type":"stop","time":1700314857997},{"type":"start","time":1700314911496},{"type":"stop","time":1700314939958},{"type":"start","time":1700315001427},{"type":"stop","time":1700315031235},{"type":"start","time":1700315047635},{"type":"stop","time":1700315049699},{"type":"start","time":1700315049700},{"type":"stop","time":1700315052592},{"type":"start","time":1700315103556},{"type":"stop","time":1700315134884},{"type":"start","time":1700315186250},{"type":"stop","time":1700315194300},{"type":"start","time":1700315574215},{"type":"stop","time":1700315603817},{"type":"start","time":1700315610396},{"type":"stop","time":1700315615116},{"type":"start","time":1700315615117},{"type":"stop","time":1700315615702},{"type":"start","time":1700315615702},{"type":"stop","time":1700315617939},{"type":"start","time":1700315668007},{"type":"stop","time":1700315703025},{"type":"start","time":1700315781562},{"type":"stop","time":1700315789993},{"type":"start","time":1700315827253},{"type":"stop","time":1700315833338},{"type":"start","time":1700315872160},{"type":"stop","time":1700315888423},{"type":"start","time":1700316131912},{"type":"stop","time":1700316196317},{"type":"start","time":1700316216509},{"type":"stop","time":1700316235893},{"type":"start","time":1700316349003},{"type":"stop","time":1700316372398},{"type":"start","time":1700316412058},{"type":"stop","time":1700316415422},{"type":"start","time":1700316421274},{"type":"stop","time":1700316434631},{"type":"start","time":1700316629244},{"type":"stop","time":1700316644699},{"type":"start","time":1700316822329},{"type":"stop","time":1700316851351}]},{"actions":[{"type":"start","time":1700313490363},{"type":"stop","time":1700313624315},{"type":"start","time":1700313751037},{"type":"stop","time":1700313784647},{"type":"start","time":1700313953519},{"type":"stop","time":1700313978417},{"type":"start","time":1700314255162},{"type":"stop","time":1700314263165},{"type":"start","time":1700314317604},{"type":"stop","time":1700314344236},{"type":"start","time":1700314362924},{"type":"stop","time":1700314387931},{"type":"start","time":1700314395570},{"type":"stop","time":1700314411700},{"type":"start","time":1700314422900},{"type":"stop","time":1700314441461},{"type":"start","time":1700314445049},{"type":"stop","time":1700314450635},{"type":"start","time":1700314575858},{"type":"stop","time":1700314593841},{"type":"start","time":1700314593842},{"type":"stop","time":1700314618150},{"type":"start","time":1700314625931},{"type":"stop","time":1700314646027},{"type":"start","time":1700314696996},{"type":"stop","time":1700314705880},{"type":"start","time":1700314722449},{"type":"stop","time":1700314765270},{"type":"start","time":1700314788694},{"type":"stop","time":1700314814050},{"type":"start","time":1700314817848},{"type":"stop","time":1700314826465},{"type":"start","time":1700314939958},{"type":"stop","time":1700314992658},{"type":"start","time":1700315068218},{"type":"stop","time":1700315081890},{"type":"start","time":1700315145293},{"type":"stop","time":1700315175673},{"type":"start","time":1700315175673},{"type":"stop","time":1700315184680},{"type":"start","time":1700315226724},{"type":"stop","time":1700315244022},{"type":"start","time":1700315343944},{"type":"stop","time":1700315382228},{"type":"start","time":1700315617940},{"type":"stop","time":1700315648882},{"type":"start","time":1700315888424},{"type":"stop","time":1700316114332},{"type":"start","time":1700316254511},{"type":"stop","time":1700316349002},{"type":"start","time":1700316439629},{"type":"stop","time":1700316504578},{"type":"start","time":1700316511885},{"type":"stop","time":1700316556058},{"type":"start","time":1700316574354},{"type":"stop","time":1700316578784},{"type":"start","time":1700316586149},{"type":"stop","time":1700316617975},{"type":"start","time":1700316658724},{"type":"stop","time":1700316723582},{"type":"start","time":1700316743524},{"type":"stop","time":1700316792948},{"type":"start","time":1700316792949},{"type":"stop","time":1700316818150},{"type":"start","time":1700316861037},{"type":"stop","time":1700316878399},{"type":"start","time":1700317126409},{"type":"stop","time":1700317139050},{"type":"start","time":1700317139051},{"type":"stop","time":1700317162076},{"type":"start","time":1700317167097},{"type":"stop","time":1700317196573},{"type":"start","time":1700317219876},{"type":"stop","time":1700317250075},{"type":"start","time":1700317267888},{"type":"stop","time":1700317287781},{"type":"start","time":1700317299064},{"type":"stop","time":1700317307905},{"type":"start","time":1700317333390},{"type":"stop","time":1700317375709},{"type":"start","time":1700317406347},{"type":"stop","time":1700317431108},{"type":"start","time":1700317443877},{"type":"stop","time":1700317489830}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744821245780,"timeWatchM":33396,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"8a04eb31","watches":[{"actions":[{"type":"start","time":1744821179301},{"type":"stop","time":1744821186196},{"type":"start","time":1744821186197},{"type":"stop","time":1744821189028},{"type":"start","time":1744821222109},{"type":"stop","time":1744821233012},{"type":"start","time":1744821233012},{"type":"stop","time":1744821245779}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E189">
-        <v>891382</v>
+        <v>33396</v>
       </c>
       <c r="F189">
-        <v>1492457</v>
+        <v>0</v>
       </c>
       <c r="G189">
         <v>0</v>
       </c>
       <c r="H189">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="I189">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="J189">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>189</v>
       </c>
       <c r="B190" s="2">
-        <v>20250524125213</v>
+        <v>20231118142914</v>
       </c>
       <c r="C190" s="2">
-        <v>1748092006788</v>
+        <v>1700325239223</v>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>{"lastSave":1748092006788,"timeWatchM":500865,"timeWatchW":150110,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"959cb83b","watches":[{"actions":[{"type":"start","time":1748091392269},{"type":"stop","time":1748091680940},{"type":"start","time":1748091724894},{"type":"stop","time":1748091937088}]},{"actions":[{"type":"start","time":1748091168452},{"type":"stop","time":1748091311202},{"type":"start","time":1748091383084},{"type":"stop","time":1748091390444}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1700325239223,"timeWatchM":731581,"timeWatchW":4101764,"timeWatchD":0,"countWatchM":17,"countWatchW":68,"countWatchD":0,"id":"8b47789f","watches":[{"actions":[{"type":"start","time":1700318190275},{"type":"stop","time":1700318324165},{"type":"start","time":1700318328611},{"type":"stop","time":1700318429706},{"type":"start","time":1700319115715},{"type":"stop","time":1700319119036},{"type":"start","time":1700319135715},{"type":"stop","time":1700319143434},{"type":"start","time":1700319909981},{"type":"stop","time":1700319950818},{"type":"start","time":1700319980953},{"type":"stop","time":1700319983119},{"type":"start","time":1700320063106},{"type":"stop","time":1700320105090},{"type":"start","time":1700320530173},{"type":"stop","time":1700320574360},{"type":"start","time":1700320668424},{"type":"stop","time":1700320797528},{"type":"start","time":1700321072589},{"type":"stop","time":1700321076300},{"type":"start","time":1700321295549},{"type":"stop","time":1700321348218},{"type":"start","time":1700323339084},{"type":"stop","time":1700323353942},{"type":"start","time":1700323751841},{"type":"stop","time":1700323828500},{"type":"start","time":1700323845192},{"type":"stop","time":1700323872104},{"type":"start","time":1700324267933},{"type":"stop","time":1700324271756},{"type":"start","time":1700325010015},{"type":"stop","time":1700325025397},{"type":"start","time":1700325092252},{"type":"stop","time":1700325125516}]},{"actions":[{"type":"start","time":1700317753746},{"type":"stop","time":1700318090312},{"type":"start","time":1700318090313},{"type":"stop","time":1700318190274},{"type":"start","time":1700318442307},{"type":"stop","time":1700318538347},{"type":"start","time":1700318538348},{"type":"stop","time":1700318671323},{"type":"start","time":1700318696588},{"type":"stop","time":1700318719292},{"type":"start","time":1700318747175},{"type":"stop","time":1700318765010},{"type":"start","time":1700318778134},{"type":"stop","time":1700319115714},{"type":"start","time":1700319119036},{"type":"stop","time":1700319135715},{"type":"start","time":1700319143434},{"type":"stop","time":1700319179006},{"type":"start","time":1700319179006},{"type":"stop","time":1700319192090},{"type":"start","time":1700319192090},{"type":"stop","time":1700319225813},{"type":"start","time":1700319248759},{"type":"stop","time":1700319390146},{"type":"start","time":1700319390146},{"type":"stop","time":1700319404738},{"type":"start","time":1700319404739},{"type":"stop","time":1700319420413},{"type":"start","time":1700319420413},{"type":"stop","time":1700319847225},{"type":"start","time":1700319847226},{"type":"stop","time":1700319909980},{"type":"start","time":1700319950818},{"type":"stop","time":1700319980952},{"type":"start","time":1700319983120},{"type":"stop","time":1700320030451},{"type":"start","time":1700320030452},{"type":"stop","time":1700320046839},{"type":"start","time":1700320046840},{"type":"stop","time":1700320059378},{"type":"start","time":1700320151383},{"type":"stop","time":1700320161516},{"type":"start","time":1700320574360},{"type":"stop","time":1700320613808},{"type":"start","time":1700320613808},{"type":"stop","time":1700320663165},{"type":"start","time":1700320805627},{"type":"stop","time":1700320866656},{"type":"start","time":1700320907202},{"type":"stop","time":1700320919060},{"type":"start","time":1700320919060},{"type":"stop","time":1700320932196},{"type":"start","time":1700320932197},{"type":"stop","time":1700320966911},{"type":"start","time":1700320972905},{"type":"stop","time":1700321010876},{"type":"start","time":1700321014245},{"type":"stop","time":1700321053052},{"type":"start","time":1700321276983},{"type":"stop","time":1700321295548},{"type":"start","time":1700321355125},{"type":"stop","time":1700321385364},{"type":"start","time":1700322664188},{"type":"stop","time":1700322706050},{"type":"start","time":1700322706050},{"type":"stop","time":1700322898953},{"type":"start","time":1700322898953},{"type":"stop","time":1700323000356},{"type":"start","time":1700323000357},{"type":"stop","time":1700323040616},{"type":"start","time":1700323040617},{"type":"stop","time":1700323070665},{"type":"start","time":1700323070666},{"type":"stop","time":1700323126566},{"type":"start","time":1700323126567},{"type":"stop","time":1700323136159},{"type":"start","time":1700323136159},{"type":"stop","time":1700323160815},{"type":"start","time":1700323160815},{"type":"stop","time":1700323178398},{"type":"start","time":1700323178398},{"type":"stop","time":1700323192959},{"type":"start","time":1700323192960},{"type":"stop","time":1700323251505},{"type":"start","time":1700323259688},{"type":"stop","time":1700323280524},{"type":"start","time":1700323280525},{"type":"stop","time":1700323311792},{"type":"start","time":1700323311793},{"type":"stop","time":1700323325357},{"type":"start","time":1700323325358},{"type":"stop","time":1700323339083},{"type":"start","time":1700323353943},{"type":"stop","time":1700323368038},{"type":"start","time":1700323368039},{"type":"stop","time":1700323456549},{"type":"start","time":1700323456550},{"type":"stop","time":1700323641615},{"type":"start","time":1700323641616},{"type":"stop","time":1700323651537},{"type":"start","time":1700323651537},{"type":"stop","time":1700323681231},{"type":"start","time":1700323700288},{"type":"stop","time":1700323712693},{"type":"start","time":1700323830368},{"type":"stop","time":1700323845191},{"type":"start","time":1700324217763},{"type":"stop","time":1700324244582},{"type":"start","time":1700324250429},{"type":"stop","time":1700324267932},{"type":"start","time":1700324271756},{"type":"stop","time":1700324285349},{"type":"start","time":1700324285350},{"type":"stop","time":1700324324783},{"type":"start","time":1700324324784},{"type":"stop","time":1700324349401},{"type":"start","time":1700324349402},{"type":"stop","time":1700324430994},{"type":"start","time":1700324524614},{"type":"stop","time":1700324579355},{"type":"start","time":1700324579355},{"type":"stop","time":1700324602230},{"type":"start","time":1700324602231},{"type":"stop","time":1700324626547},{"type":"start","time":1700324626548},{"type":"stop","time":1700324655341},{"type":"start","time":1700324655342},{"type":"stop","time":1700324799071},{"type":"start","time":1700324843622},{"type":"stop","time":1700325010014},{"type":"start","time":1700325025398},{"type":"stop","time":1700325092251},{"type":"start","time":1700325125517},{"type":"stop","time":1700325206209},{"type":"start","time":1700325206209},{"type":"stop","time":1700325239223}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E190">
-        <v>500865</v>
+        <v>731581</v>
       </c>
       <c r="F190">
-        <v>150110</v>
+        <v>4101764</v>
       </c>
       <c r="G190">
         <v>0</v>
       </c>
       <c r="H190">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="I190">
-        <v>2</v>
+        <v>68</v>
       </c>
       <c r="J190">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>190</v>
       </c>
       <c r="B191" s="2">
-        <v>20250923185017</v>
+        <v>20250416180227</v>
       </c>
       <c r="C191" s="2">
-        <v>1758653725528</v>
+        <v>1744827061014</v>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>{"lastSave":1758653725528,"timeWatchM":96614,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"966eb41c","watches":[{"actions":[{"type":"start","time":1758653417633},{"type":"stop","time":1758653466398},{"type":"start","time":1758653677679},{"type":"stop","time":1758653725528}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744827061014,"timeWatchM":442128,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"8b81b0cd","watches":[{"actions":[{"type":"start","time":1744826544988},{"type":"stop","time":1744826581885},{"type":"start","time":1744826610372},{"type":"stop","time":1744826837545},{"type":"start","time":1744826852419},{"type":"stop","time":1744827017382},{"type":"start","time":1744827038625},{"type":"stop","time":1744827051720}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E191">
-        <v>96614</v>
+        <v>442128</v>
       </c>
       <c r="F191">
         <v>0</v>
       </c>
       <c r="G191">
         <v>0</v>
       </c>
       <c r="H191">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I191">
         <v>0</v>
       </c>
       <c r="J191">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>191</v>
       </c>
       <c r="B192" s="2">
-        <v>20230703190120</v>
+        <v>20240304180322</v>
       </c>
       <c r="C192" s="2">
-        <v>1689941318401</v>
+        <v>1709580502430</v>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>{"lastSave":1689941318401,"timeWatchM":230190,"timeWatchW":111705,"timeWatchD":0,"countWatchM":15,"countWatchW":13,"countWatchD":0,"id":"977ce36f","watches":[{"actions":[{"type":"start","time":1688410945382},{"type":"stop","time":1688410961860},{"type":"start","time":1688410961861},{"type":"stop","time":1688410962762},{"type":"start","time":1688410974344},{"type":"stop","time":1688410991119},{"type":"start","time":1688410994592},{"type":"stop","time":1688411030941},{"type":"start","time":1688411049126},{"type":"stop","time":1688411055933},{"type":"start","time":1688411058313},{"type":"stop","time":1688411063220},{"type":"start","time":1688411077280},{"type":"stop","time":1688411104564},{"type":"start","time":1688411127972},{"type":"stop","time":1688411141784},{"type":"start","time":1688411141785},{"type":"stop","time":1688411150163},{"type":"start","time":1688411362052},{"type":"stop","time":1688411372898},{"type":"start","time":1688411436604},{"type":"stop","time":1688411484702},{"type":"start","time":1688411484703},{"type":"stop","time":1688411515075},{"type":"start","time":1688411515076},{"type":"stop","time":1688411519469},{"type":"start","time":1689941306745},{"type":"stop","time":1689941310235},{"type":"start","time":1689941312158},{"type":"stop","time":1689941313458}]},{"actions":[{"type":"start","time":1688410962762},{"type":"stop","time":1688410967015},{"type":"start","time":1688410967016},{"type":"stop","time":1688410973049},{"type":"start","time":1688410973049},{"type":"stop","time":1688410974343},{"type":"start","time":1688410991119},{"type":"stop","time":1688410994591},{"type":"start","time":1688411030942},{"type":"stop","time":1688411049126},{"type":"start","time":1688411055934},{"type":"stop","time":1688411058312},{"type":"start","time":1688411069277},{"type":"stop","time":1688411077280},{"type":"start","time":1688411104565},{"type":"stop","time":1688411123761},{"type":"start","time":1688411123761},{"type":"stop","time":1688411127972},{"type":"start","time":1688411331695},{"type":"stop","time":1688411362051},{"type":"start","time":1688411427882},{"type":"stop","time":1688411436603},{"type":"start","time":1689941310236},{"type":"stop","time":1689941312157},{"type":"start","time":1689941314718},{"type":"stop","time":1689941318401}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1709580502430,"timeWatchM":1716556,"timeWatchW":787026,"timeWatchD":125671,"countWatchM":20,"countWatchW":19,"countWatchD":8,"id":"8c7ec6e6","watches":[{"actions":[{"type":"start","time":1709575811702},{"type":"stop","time":1709575959331},{"type":"start","time":1709575972498},{"type":"stop","time":1709576007181},{"type":"start","time":1709576011903},{"type":"stop","time":1709576039390},{"type":"start","time":1709576039391},{"type":"stop","time":1709576042883},{"type":"start","time":1709576070635},{"type":"stop","time":1709576102185},{"type":"start","time":1709576105258},{"type":"stop","time":1709576132113},{"type":"start","time":1709576134374},{"type":"stop","time":1709576167555},{"type":"start","time":1709576193705},{"type":"stop","time":1709576197176},{"type":"start","time":1709576205784},{"type":"stop","time":1709576243346},{"type":"start","time":1709576275708},{"type":"stop","time":1709576291637},{"type":"start","time":1709576343212},{"type":"stop","time":1709576374147},{"type":"start","time":1709576391731},{"type":"stop","time":1709576515828},{"type":"start","time":1709576535343},{"type":"stop","time":1709576583992},{"type":"start","time":1709578537562},{"type":"stop","time":1709578640239},{"type":"start","time":1709578720375},{"type":"stop","time":1709578862433},{"type":"start","time":1709578863807},{"type":"stop","time":1709579199435},{"type":"start","time":1709579248954},{"type":"stop","time":1709579537222},{"type":"start","time":1709579607414},{"type":"stop","time":1709579751338},{"type":"start","time":1709579802589},{"type":"stop","time":1709579927010},{"type":"start","time":1709580041828},{"type":"stop","time":1709580055888}]},{"actions":[{"type":"start","time":1709575692660},{"type":"stop","time":1709575700489},{"type":"start","time":1709575959333},{"type":"stop","time":1709575972496},{"type":"start","time":1709576048456},{"type":"stop","time":1709576070633},{"type":"start","time":1709576515830},{"type":"stop","time":1709576535342},{"type":"start","time":1709578504818},{"type":"stop","time":1709578507874},{"type":"start","time":1709578640242},{"type":"stop","time":1709578663196},{"type":"start","time":1709578682116},{"type":"stop","time":1709578716437},{"type":"start","time":1709578862434},{"type":"stop","time":1709578863805},{"type":"start","time":1709579199438},{"type":"stop","time":1709579248953},{"type":"start","time":1709579537223},{"type":"stop","time":1709579607413},{"type":"start","time":1709579751339},{"type":"stop","time":1709579802587},{"type":"start","time":1709579927012},{"type":"stop","time":1709580041827},{"type":"start","time":1709580091654},{"type":"stop","time":1709580212133},{"type":"start","time":1709580212136},{"type":"stop","time":1709580259957},{"type":"start","time":1709580259959},{"type":"stop","time":1709580298149},{"type":"start","time":1709580298150},{"type":"stop","time":1709580389354},{"type":"start","time":1709580389356},{"type":"stop","time":1709580419159},{"type":"start","time":1709580419161},{"type":"stop","time":1709580442023},{"type":"start","time":1709580442026},{"type":"stop","time":1709580468542}]},{"actions":[{"type":"start","time":1709575412294},{"type":"stop","time":1709575486649},{"type":"start","time":1709575486650},{"type":"stop","time":1709575490400},{"type":"start","time":1709575684358},{"type":"stop","time":1709575692659},{"type":"start","time":1709575700490},{"type":"stop","time":1709575705675},{"type":"start","time":1709576185681},{"type":"stop","time":1709576193704},{"type":"start","time":1709576251450},{"type":"stop","time":1709576260701},{"type":"start","time":1709576334133},{"type":"stop","time":1709576343211},{"type":"start","time":1709576384002},{"type":"stop","time":1709576391730}]}]}</t>
         </is>
       </c>
       <c r="E192">
-        <v>230190</v>
+        <v>1716556</v>
       </c>
       <c r="F192">
-        <v>111705</v>
+        <v>787026</v>
       </c>
       <c r="G192">
-        <v>0</v>
+        <v>125671</v>
       </c>
       <c r="H192">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I192">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="J192">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>192</v>
       </c>
       <c r="B193" s="2">
-        <v>20230310173636</v>
+        <v>20250923180511</v>
       </c>
       <c r="C193" s="2">
-        <v>1678469841256</v>
+        <v>1758651103593</v>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>{"lastSave":1678469841256,"timeWatchM":14014,"timeWatchW":14670,"timeWatchD":0,"countWatchM":4,"countWatchW":5,"countWatchD":0,"id":"98fee1c8","watches":[{"actions":[{"type":"start","time":1678469796055},{"type":"stop","time":1678469799565},{"type":"start","time":1678469799566},{"type":"stop","time":1678469804827},{"type":"start","time":1678469828453},{"type":"stop","time":1678469829194},{"type":"start","time":1678469830232},{"type":"stop","time":1678469834734}]},{"actions":[{"type":"start","time":1678469814607},{"type":"stop","time":1678469817663},{"type":"start","time":1678469817664},{"type":"stop","time":1678469820963},{"type":"start","time":1678469824891},{"type":"stop","time":1678469828451},{"type":"start","time":1678469829195},{"type":"stop","time":1678469830231},{"type":"start","time":1678469834735},{"type":"stop","time":1678469838454}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758651103593,"timeWatchM":0,"timeWatchW":196186,"timeWatchD":0,"countWatchM":0,"countWatchW":3,"countWatchD":0,"id":"8cb2b94c","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758650711506},{"type":"stop","time":1758650864841},{"type":"start","time":1758651036026},{"type":"stop","time":1758651052292},{"type":"start","time":1758651077008},{"type":"stop","time":1758651103593}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E193">
-        <v>14014</v>
+        <v>0</v>
       </c>
       <c r="F193">
-        <v>14670</v>
+        <v>196186</v>
       </c>
       <c r="G193">
         <v>0</v>
       </c>
       <c r="H193">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I193">
+        <v>3</v>
+      </c>
+      <c r="J193">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>193</v>
+      </c>
+      <c r="B194" s="2">
+        <v>20240124103001</v>
+      </c>
+      <c r="C194" s="2">
+        <v>1706092273469</v>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>{"lastSave":1706092273469,"timeWatchM":5033,"timeWatchW":49010,"timeWatchD":4584,"countWatchM":2,"countWatchW":5,"countWatchD":1,"id":"8d089eb3","watches":[{"actions":[{"type":"start","time":1706092201504},{"type":"stop","time":1706092205618},{"type":"start","time":1706092205619},{"type":"stop","time":1706092206538}]},{"actions":[{"type":"start","time":1706092206538},{"type":"stop","time":1706092207602},{"type":"start","time":1706092207603},{"type":"stop","time":1706092226085},{"type":"start","time":1706092226086},{"type":"stop","time":1706092228835},{"type":"start","time":1706092228836},{"type":"stop","time":1706092250468},{"type":"start","time":1706092250469},{"type":"stop","time":1706092255552}]},{"actions":[{"type":"start","time":1706092257984},{"type":"stop","time":1706092262568}]}]}</t>
+        </is>
+      </c>
+      <c r="E194">
+        <v>5033</v>
+      </c>
+      <c r="F194">
+        <v>49010</v>
+      </c>
+      <c r="G194">
+        <v>4584</v>
+      </c>
+      <c r="H194">
+        <v>2</v>
+      </c>
+      <c r="I194">
         <v>5</v>
       </c>
-      <c r="J193">
-[...32 lines deleted...]
-      </c>
       <c r="J194">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B195" s="2">
-        <v>20250923172819</v>
+        <v>20250325174745</v>
       </c>
       <c r="C195" s="2">
-        <v>1758648558653</v>
+        <v>1742926434004</v>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>{"lastSave":1758648558653,"timeWatchM":59715,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"99629c81","watches":[{"actions":[{"type":"start","time":1758648498938},{"type":"stop","time":1758648558653}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742926434004,"timeWatchM":133741,"timeWatchW":0,"timeWatchD":0,"countWatchM":6,"countWatchW":0,"countWatchD":0,"id":"8d2106be","watches":[{"actions":[{"type":"start","time":1742926275521},{"type":"stop","time":1742926281861},{"type":"start","time":1742926296381},{"type":"stop","time":1742926367741},{"type":"start","time":1742926370225},{"type":"stop","time":1742926380287},{"type":"start","time":1742926382317},{"type":"stop","time":1742926403602},{"type":"start","time":1742926405066},{"type":"stop","time":1742926412661},{"type":"start","time":1742926414973},{"type":"stop","time":1742926432072}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E195">
-        <v>59715</v>
+        <v>133741</v>
       </c>
       <c r="F195">
         <v>0</v>
       </c>
       <c r="G195">
         <v>0</v>
       </c>
       <c r="H195">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I195">
         <v>0</v>
       </c>
       <c r="J195">
         <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B196" s="2">
-        <v>20240324100812</v>
+        <v>20230327170635</v>
       </c>
       <c r="C196" s="2">
-        <v>1711280200080</v>
+        <v>1679942620812</v>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>{"lastSave":1711280200080,"timeWatchM":0,"timeWatchW":403061,"timeWatchD":0,"countWatchM":0,"countWatchW":3,"countWatchD":0,"id":"99642e69","watches":[{"actions":[]},{"actions":[{"type":"start","time":1711274891965},{"type":"stop","time":1711274950024},{"type":"start","time":1711274950026},{"type":"stop","time":1711274992121},{"type":"start","time":1711274994806},{"type":"stop","time":1711275297713}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1679942620812,"timeWatchM":1616458,"timeWatchW":3490617,"timeWatchD":0,"countWatchM":25,"countWatchW":48,"countWatchD":0,"id":"8da1336b","watches":[{"actions":[{"type":"start","time":1679937172619},{"type":"stop","time":1679937376318},{"type":"start","time":1679937379951},{"type":"stop","time":1679937382353},{"type":"start","time":1679937382354},{"type":"stop","time":1679937383875},{"type":"start","time":1679937435693},{"type":"stop","time":1679937448978},{"type":"start","time":1679937510092},{"type":"stop","time":1679937575280},{"type":"start","time":1679938688581},{"type":"stop","time":1679938695872},{"type":"start","time":1679939278151},{"type":"stop","time":1679939278650},{"type":"start","time":1679939278651},{"type":"stop","time":1679939285418},{"type":"start","time":1679939287178},{"type":"stop","time":1679939368686},{"type":"start","time":1679939376615},{"type":"stop","time":1679939392575},{"type":"start","time":1679939413456},{"type":"stop","time":1679939416563},{"type":"start","time":1679939421966},{"type":"stop","time":1679939427478},{"type":"start","time":1679939436815},{"type":"stop","time":1679939446854},{"type":"start","time":1679939788855},{"type":"stop","time":1679939865412},{"type":"start","time":1679940034135},{"type":"stop","time":1679940111699},{"type":"start","time":1679940127326},{"type":"stop","time":1679940159307},{"type":"start","time":1679940337879},{"type":"stop","time":1679940455678},{"type":"start","time":1679940461816},{"type":"stop","time":1679940483453},{"type":"start","time":1679940570406},{"type":"stop","time":1679940705048},{"type":"start","time":1679940866970},{"type":"stop","time":1679940937449},{"type":"start","time":1679940979014},{"type":"stop","time":1679941050026},{"type":"start","time":1679941053258},{"type":"stop","time":1679941090834},{"type":"start","time":1679941643729},{"type":"stop","time":1679942195367},{"type":"start","time":1679942319535},{"type":"stop","time":1679942322146},{"type":"start","time":1679942449744},{"type":"stop","time":1679942455928}]},{"actions":[{"type":"start","time":1679936797095},{"type":"stop","time":1679936956433},{"type":"start","time":1679936978818},{"type":"stop","time":1679937170239},{"type":"start","time":1679937385284},{"type":"stop","time":1679937433832},{"type":"start","time":1679937452017},{"type":"stop","time":1679937499747},{"type":"start","time":1679937576581},{"type":"stop","time":1679937655151},{"type":"start","time":1679937671527},{"type":"stop","time":1679937785187},{"type":"start","time":1679937788013},{"type":"stop","time":1679937820672},{"type":"start","time":1679937823905},{"type":"stop","time":1679937996466},{"type":"start","time":1679937999475},{"type":"stop","time":1679938235535},{"type":"start","time":1679938239449},{"type":"stop","time":1679938687010},{"type":"start","time":1679938698623},{"type":"stop","time":1679939014967},{"type":"start","time":1679939154523},{"type":"stop","time":1679939188358},{"type":"start","time":1679939190807},{"type":"stop","time":1679939237892},{"type":"start","time":1679939239760},{"type":"stop","time":1679939276923},{"type":"start","time":1679939393906},{"type":"stop","time":1679939410928},{"type":"start","time":1679939417739},{"type":"stop","time":1679939420570},{"type":"start","time":1679939428747},{"type":"stop","time":1679939435751},{"type":"start","time":1679939448433},{"type":"stop","time":1679939470602},{"type":"start","time":1679939471755},{"type":"stop","time":1679939684603},{"type":"start","time":1679939686108},{"type":"stop","time":1679939761285},{"type":"start","time":1679939769329},{"type":"stop","time":1679939787437},{"type":"start","time":1679939868778},{"type":"stop","time":1679939896872},{"type":"start","time":1679939974226},{"type":"stop","time":1679940032906},{"type":"start","time":1679940112882},{"type":"stop","time":1679940126155},{"type":"start","time":1679940162376},{"type":"stop","time":1679940181364},{"type":"start","time":1679940182231},{"type":"stop","time":1679940272253},{"type":"start","time":1679940277982},{"type":"stop","time":1679940302513},{"type":"start","time":1679940303598},{"type":"stop","time":1679940318126},{"type":"start","time":1679940320849},{"type":"stop","time":1679940336852},{"type":"start","time":1679940456784},{"type":"stop","time":1679940460769},{"type":"start","time":1679940484716},{"type":"stop","time":1679940547109},{"type":"start","time":1679940548797},{"type":"stop","time":1679940568707},{"type":"start","time":1679940714196},{"type":"stop","time":1679940859257},{"type":"start","time":1679940943616},{"type":"stop","time":1679940977747},{"type":"start","time":1679941095610},{"type":"stop","time":1679941122101},{"type":"start","time":1679941155262},{"type":"stop","time":1679941175586},{"type":"start","time":1679941196844},{"type":"stop","time":1679941210210},{"type":"start","time":1679941211796},{"type":"stop","time":1679941483480},{"type":"start","time":1679941583734},{"type":"stop","time":1679941642311},{"type":"start","time":1679942210812},{"type":"stop","time":1679942234473},{"type":"start","time":1679942246530},{"type":"stop","time":1679942318437},{"type":"start","time":1679942323373},{"type":"stop","time":1679942333275},{"type":"start","time":1679942335147},{"type":"stop","time":1679942384465},{"type":"start","time":1679942389469},{"type":"stop","time":1679942426721},{"type":"start","time":1679942435369},{"type":"stop","time":1679942448056},{"type":"start","time":1679942457007},{"type":"stop","time":1679942479050},{"type":"start","time":1679942480087},{"type":"stop","time":1679942500085},{"type":"start","time":1679942505377},{"type":"stop","time":1679942511491}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E196">
-        <v>0</v>
+        <v>1616458</v>
       </c>
       <c r="F196">
-        <v>403061</v>
+        <v>3490617</v>
       </c>
       <c r="G196">
         <v>0</v>
       </c>
       <c r="H196">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="I196">
-        <v>3</v>
+        <v>48</v>
       </c>
       <c r="J196">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B197" s="2">
-        <v>20250315144647</v>
+        <v>20230911170859</v>
       </c>
       <c r="C197" s="2">
-        <v>1742051567467</v>
+        <v>1698948939136</v>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>{"lastSave":1742051567467,"timeWatchM":789216,"timeWatchW":617734,"timeWatchD":0,"countWatchM":10,"countWatchW":11,"countWatchD":0,"id":"99a226e1","watches":[{"actions":[{"type":"start","time":1742050117547},{"type":"stop","time":1742050127912},{"type":"start","time":1742050137081},{"type":"stop","time":1742050317392},{"type":"start","time":1742050317394},{"type":"stop","time":1742050474590},{"type":"start","time":1742050864852},{"type":"stop","time":1742050929865},{"type":"start","time":1742050942798},{"type":"stop","time":1742051017707},{"type":"start","time":1742051027760},{"type":"stop","time":1742051095191},{"type":"start","time":1742051162289},{"type":"stop","time":1742051272371},{"type":"start","time":1742051273136},{"type":"stop","time":1742051277136},{"type":"start","time":1742051301638},{"type":"stop","time":1742051417050},{"type":"start","time":1742051558616},{"type":"stop","time":1742051563113}]},{"actions":[{"type":"start","time":1742050007123},{"type":"stop","time":1742050113795},{"type":"start","time":1742050483006},{"type":"stop","time":1742050490105},{"type":"start","time":1742050490106},{"type":"stop","time":1742050492554},{"type":"start","time":1742050501888},{"type":"stop","time":1742050642818},{"type":"start","time":1742050650637},{"type":"stop","time":1742050786099},{"type":"start","time":1742050794250},{"type":"stop","time":1742050862598},{"type":"start","time":1742051112290},{"type":"stop","time":1742051134508},{"type":"start","time":1742051134510},{"type":"stop","time":1742051136239},{"type":"start","time":1742051143923},{"type":"stop","time":1742051154323},{"type":"start","time":1742051278655},{"type":"stop","time":1742051299686},{"type":"start","time":1742051420884},{"type":"stop","time":1742051522281}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1698948939136,"timeWatchM":469437,"timeWatchW":757066,"timeWatchD":438083,"countWatchM":4,"countWatchW":7,"countWatchD":6,"id":"8e36c8d6","watches":[{"actions":[{"type":"start","time":1694452328643},{"type":"stop","time":1694452342295},{"type":"start","time":1694452544228},{"type":"stop","time":1694452565110},{"type":"start","time":1694452571387},{"type":"stop","time":1694452906670},{"type":"start","time":1694453540620},{"type":"stop","time":1694453640240}]},{"actions":[{"type":"start","time":1694452306376},{"type":"stop","time":1694452327320},{"type":"start","time":1694452918543},{"type":"stop","time":1694453022054},{"type":"start","time":1694453022054},{"type":"stop","time":1694453071439},{"type":"start","time":1694453071447},{"type":"stop","time":1694453343233},{"type":"start","time":1694453343236},{"type":"stop","time":1694453496106},{"type":"start","time":1694453658710},{"type":"stop","time":1694453686945},{"type":"start","time":1694453836718},{"type":"stop","time":1694453967053}]},{"actions":[{"type":"start","time":1694452142986},{"type":"stop","time":1694452274361},{"type":"start","time":1694452274371},{"type":"stop","time":1694452277919},{"type":"start","time":1694452343430},{"type":"stop","time":1694452371580},{"type":"start","time":1694452394818},{"type":"stop","time":1694452498465},{"type":"start","time":1694453690555},{"type":"stop","time":1694453836716},{"type":"start","time":1694453996451},{"type":"stop","time":1694454021653}]}]}</t>
         </is>
       </c>
       <c r="E197">
-        <v>789216</v>
+        <v>469437</v>
       </c>
       <c r="F197">
-        <v>617734</v>
+        <v>757066</v>
       </c>
       <c r="G197">
-        <v>0</v>
+        <v>438083</v>
       </c>
       <c r="H197">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I197">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="J197">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B198" s="2">
-        <v>20250923170826</v>
+        <v>20240816180701</v>
       </c>
       <c r="C198" s="2">
-        <v>1758647323150</v>
+        <v>1723831663806</v>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647323150,"timeWatchM":17282,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"9a7af82f","watches":[{"actions":[{"type":"start","time":1758647305868},{"type":"stop","time":1758647323150}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1723831663806,"timeWatchM":6068,"timeWatchW":7899,"timeWatchD":15623,"countWatchM":2,"countWatchW":3,"countWatchD":2,"id":"90bfdbb5","watches":[{"actions":[{"type":"start","time":1723831638898},{"type":"stop","time":1723831643257},{"type":"start","time":1723831652032},{"type":"stop","time":1723831653741}]},{"actions":[{"type":"start","time":1723831636309},{"type":"stop","time":1723831638896},{"type":"start","time":1723831643259},{"type":"stop","time":1723831647727},{"type":"start","time":1723831653742},{"type":"stop","time":1723831654586}]},{"actions":[{"type":"start","time":1723831622377},{"type":"stop","time":1723831633698},{"type":"start","time":1723831647729},{"type":"stop","time":1723831652031}]}]}</t>
         </is>
       </c>
       <c r="E198">
-        <v>17282</v>
+        <v>6068</v>
       </c>
       <c r="F198">
-        <v>0</v>
+        <v>7899</v>
       </c>
       <c r="G198">
-        <v>0</v>
+        <v>15623</v>
       </c>
       <c r="H198">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I198">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J198">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B199" s="2">
-        <v>20250307092401</v>
+        <v>20250524130624</v>
       </c>
       <c r="C199" s="2">
-        <v>1741339453937</v>
+        <v>1748093168408</v>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>{"lastSave":1741339453937,"timeWatchM":13048,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"9ad74d43","watches":[{"actions":[{"type":"start","time":1741339440889},{"type":"stop","time":1741339449688},{"type":"start","time":1741339449688},{"type":"stop","time":1741339453937}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748093168408,"timeWatchM":788287,"timeWatchW":156190,"timeWatchD":0,"countWatchM":5,"countWatchW":1,"countWatchD":0,"id":"90ee5ccf","watches":[{"actions":[{"type":"start","time":1748092019187},{"type":"stop","time":1748092055431},{"type":"start","time":1748092249939},{"type":"stop","time":1748092367174},{"type":"start","time":1748092431414},{"type":"stop","time":1748092453519},{"type":"start","time":1748092469022},{"type":"stop","time":1748093056822},{"type":"start","time":1748093075184},{"type":"stop","time":1748093100087}]},{"actions":[{"type":"start","time":1748092064712},{"type":"stop","time":1748092220902}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E199">
-        <v>13048</v>
+        <v>788287</v>
       </c>
       <c r="F199">
-        <v>0</v>
+        <v>156190</v>
       </c>
       <c r="G199">
         <v>0</v>
       </c>
       <c r="H199">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I199">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J199">
         <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B200" s="2">
-        <v>20250622203003</v>
+        <v>20250411201407</v>
       </c>
       <c r="C200" s="2">
-        <v>1750624310018</v>
+        <v>1744402475936</v>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>{"lastSave":1750624310018,"timeWatchM":29721,"timeWatchW":14416,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"9aec9509","watches":[{"actions":[{"type":"start","time":1750624229528},{"type":"stop","time":1750624259249}]},{"actions":[{"type":"start","time":1750624260597},{"type":"stop","time":1750624272335},{"type":"start","time":1750624303325},{"type":"stop","time":1750624306003}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744402475936,"timeWatchM":3377,"timeWatchW":13402,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"93d89d33","watches":[{"actions":[{"type":"start","time":1744402447674},{"type":"stop","time":1744402449821},{"type":"start","time":1744402449822},{"type":"stop","time":1744402451052}]},{"actions":[{"type":"start","time":1744402451053},{"type":"stop","time":1744402453587},{"type":"start","time":1744402453588},{"type":"stop","time":1744402464456}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E200">
-        <v>29721</v>
+        <v>3377</v>
       </c>
       <c r="F200">
-        <v>14416</v>
+        <v>13402</v>
       </c>
       <c r="G200">
         <v>0</v>
       </c>
       <c r="H200">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I200">
         <v>2</v>
       </c>
       <c r="J200">
         <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B201" s="2">
-        <v>20250923173630</v>
+        <v>20250315121555</v>
       </c>
       <c r="C201" s="2">
-        <v>1758649023904</v>
+        <v>1742041222703</v>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>{"lastSave":1758649023904,"timeWatchM":33632,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"9b72ead1","watches":[{"actions":[{"type":"start","time":1758648990271},{"type":"stop","time":1758649023903}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742041222703,"timeWatchM":256397,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"95576dac","watches":[{"actions":[{"type":"start","time":1742040954974},{"type":"stop","time":1742041037322},{"type":"start","time":1742041037324},{"type":"stop","time":1742041157207},{"type":"start","time":1742041157208},{"type":"stop","time":1742041159354},{"type":"start","time":1742041168250},{"type":"stop","time":1742041220270}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E201">
-        <v>33632</v>
+        <v>256397</v>
       </c>
       <c r="F201">
         <v>0</v>
       </c>
       <c r="G201">
         <v>0</v>
       </c>
       <c r="H201">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I201">
         <v>0</v>
       </c>
       <c r="J201">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B202" s="2">
-        <v>20240105183127</v>
+        <v>20231118131539</v>
       </c>
       <c r="C202" s="2">
-        <v>1728675064717</v>
+        <v>1700317577247</v>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>{"lastSave":1728675064717,"timeWatchM":2607230,"timeWatchW":2149865,"timeWatchD":25670,"countWatchM":28,"countWatchW":37,"countWatchD":1,"id":"9d466ace","watches":[{"actions":[{"type":"start","time":1728668680994},{"type":"stop","time":1728669244808},{"type":"start","time":1728669270235},{"type":"stop","time":1728669289305},{"type":"start","time":1728669305331},{"type":"stop","time":1728669322919},{"type":"start","time":1728669352552},{"type":"stop","time":1728669382841},{"type":"start","time":1728669402752},{"type":"stop","time":1728669549240},{"type":"start","time":1728669556265},{"type":"stop","time":1728669567993},{"type":"start","time":1728669579122},{"type":"stop","time":1728669586110},{"type":"start","time":1728669588412},{"type":"stop","time":1728669595841},{"type":"start","time":1728669597207},{"type":"stop","time":1728669603887},{"type":"start","time":1728669712210},{"type":"stop","time":1728669744450},{"type":"start","time":1728670261741},{"type":"stop","time":1728670293806},{"type":"start","time":1728670330350},{"type":"stop","time":1728670333727},{"type":"start","time":1728670344615},{"type":"stop","time":1728670364088},{"type":"start","time":1728670364886},{"type":"stop","time":1728670376787},{"type":"start","time":1728670392501},{"type":"stop","time":1728670424666},{"type":"start","time":1728670430440},{"type":"stop","time":1728670444594},{"type":"start","time":1728671369983},{"type":"stop","time":1728671582256},{"type":"start","time":1728671587438},{"type":"stop","time":1728671640970},{"type":"start","time":1728671648968},{"type":"stop","time":1728671662062},{"type":"start","time":1728672459370},{"type":"stop","time":1728672470530},{"type":"start","time":1728672558734},{"type":"stop","time":1728672602221},{"type":"start","time":1728672738695},{"type":"stop","time":1728672765817},{"type":"start","time":1728672855248},{"type":"stop","time":1728672864689},{"type":"start","time":1728673079832},{"type":"stop","time":1728673985632},{"type":"start","time":1728674061075},{"type":"stop","time":1728674195957},{"type":"start","time":1728674244423},{"type":"stop","time":1728674278828},{"type":"start","time":1728674337375},{"type":"stop","time":1728674463530},{"type":"start","time":1728674984287},{"type":"stop","time":1728675064717}]},{"actions":[{"type":"start","time":1728667918603},{"type":"stop","time":1728668005507},{"type":"start","time":1728668466079},{"type":"stop","time":1728668514232},{"type":"start","time":1728668606046},{"type":"stop","time":1728668680993},{"type":"start","time":1728669244809},{"type":"stop","time":1728669270234},{"type":"start","time":1728669289306},{"type":"stop","time":1728669292917},{"type":"start","time":1728669297795},{"type":"stop","time":1728669305330},{"type":"start","time":1728669324038},{"type":"stop","time":1728669325712},{"type":"start","time":1728669326629},{"type":"stop","time":1728669352551},{"type":"start","time":1728669549241},{"type":"stop","time":1728669556264},{"type":"start","time":1728669567994},{"type":"stop","time":1728669578502},{"type":"start","time":1728669595842},{"type":"stop","time":1728669597206},{"type":"start","time":1728669603887},{"type":"stop","time":1728669695139},{"type":"start","time":1728669698035},{"type":"stop","time":1728669712209},{"type":"start","time":1728670207491},{"type":"stop","time":1728670261740},{"type":"start","time":1728670293807},{"type":"stop","time":1728670328651},{"type":"start","time":1728670334371},{"type":"stop","time":1728670339304},{"type":"start","time":1728670341236},{"type":"stop","time":1728670344059},{"type":"start","time":1728670377544},{"type":"stop","time":1728670392500},{"type":"start","time":1728671306077},{"type":"stop","time":1728671369446},{"type":"start","time":1728671749425},{"type":"stop","time":1728672420033},{"type":"start","time":1728672473267},{"type":"stop","time":1728672477074},{"type":"start","time":1728672479187},{"type":"stop","time":1728672553077},{"type":"start","time":1728672602931},{"type":"stop","time":1728672709410},{"type":"start","time":1728672711728},{"type":"stop","time":1728672736240},{"type":"start","time":1728672765818},{"type":"stop","time":1728672817497},{"type":"start","time":1728672848313},{"type":"stop","time":1728672855247},{"type":"start","time":1728672869329},{"type":"stop","time":1728672919378},{"type":"start","time":1728672934219},{"type":"stop","time":1728672953981},{"type":"start","time":1728673043552},{"type":"stop","time":1728673055401},{"type":"start","time":1728673060408},{"type":"stop","time":1728673078015},{"type":"start","time":1728674026335},{"type":"stop","time":1728674061074},{"type":"start","time":1728674207579},{"type":"stop","time":1728674222669},{"type":"start","time":1728674280294},{"type":"stop","time":1728674288782},{"type":"start","time":1728674319789},{"type":"stop","time":1728674323658},{"type":"start","time":1728674324447},{"type":"stop","time":1728674337375},{"type":"start","time":1728674463531},{"type":"stop","time":1728674884048},{"type":"start","time":1728674912847},{"type":"stop","time":1728674956239}]},{"actions":[{"type":"start","time":1728672822642},{"type":"stop","time":1728672848312}]}]}</t>
+          <t>{"lastSave":1700317577247,"timeWatchM":891382,"timeWatchW":1492457,"timeWatchD":0,"countWatchM":33,"countWatchW":42,"countWatchD":0,"id":"958f7d8c","watches":[{"actions":[{"type":"start","time":1700313338833},{"type":"stop","time":1700313490362},{"type":"start","time":1700313626170},{"type":"stop","time":1700313713449},{"type":"start","time":1700313832379},{"type":"stop","time":1700313953519},{"type":"start","time":1700314235903},{"type":"stop","time":1700314244057},{"type":"start","time":1700314263165},{"type":"stop","time":1700314286098},{"type":"start","time":1700314295016},{"type":"stop","time":1700314302931},{"type":"start","time":1700314411700},{"type":"stop","time":1700314422900},{"type":"start","time":1700314441461},{"type":"stop","time":1700314445048},{"type":"start","time":1700314557679},{"type":"stop","time":1700314575858},{"type":"start","time":1700314646027},{"type":"stop","time":1700314690309},{"type":"start","time":1700314770557},{"type":"stop","time":1700314783215},{"type":"start","time":1700314829398},{"type":"stop","time":1700314857997},{"type":"start","time":1700314911496},{"type":"stop","time":1700314939958},{"type":"start","time":1700315001427},{"type":"stop","time":1700315031235},{"type":"start","time":1700315047635},{"type":"stop","time":1700315049699},{"type":"start","time":1700315049700},{"type":"stop","time":1700315052592},{"type":"start","time":1700315103556},{"type":"stop","time":1700315134884},{"type":"start","time":1700315186250},{"type":"stop","time":1700315194300},{"type":"start","time":1700315574215},{"type":"stop","time":1700315603817},{"type":"start","time":1700315610396},{"type":"stop","time":1700315615116},{"type":"start","time":1700315615117},{"type":"stop","time":1700315615702},{"type":"start","time":1700315615702},{"type":"stop","time":1700315617939},{"type":"start","time":1700315668007},{"type":"stop","time":1700315703025},{"type":"start","time":1700315781562},{"type":"stop","time":1700315789993},{"type":"start","time":1700315827253},{"type":"stop","time":1700315833338},{"type":"start","time":1700315872160},{"type":"stop","time":1700315888423},{"type":"start","time":1700316131912},{"type":"stop","time":1700316196317},{"type":"start","time":1700316216509},{"type":"stop","time":1700316235893},{"type":"start","time":1700316349003},{"type":"stop","time":1700316372398},{"type":"start","time":1700316412058},{"type":"stop","time":1700316415422},{"type":"start","time":1700316421274},{"type":"stop","time":1700316434631},{"type":"start","time":1700316629244},{"type":"stop","time":1700316644699},{"type":"start","time":1700316822329},{"type":"stop","time":1700316851351}]},{"actions":[{"type":"start","time":1700313490363},{"type":"stop","time":1700313624315},{"type":"start","time":1700313751037},{"type":"stop","time":1700313784647},{"type":"start","time":1700313953519},{"type":"stop","time":1700313978417},{"type":"start","time":1700314255162},{"type":"stop","time":1700314263165},{"type":"start","time":1700314317604},{"type":"stop","time":1700314344236},{"type":"start","time":1700314362924},{"type":"stop","time":1700314387931},{"type":"start","time":1700314395570},{"type":"stop","time":1700314411700},{"type":"start","time":1700314422900},{"type":"stop","time":1700314441461},{"type":"start","time":1700314445049},{"type":"stop","time":1700314450635},{"type":"start","time":1700314575858},{"type":"stop","time":1700314593841},{"type":"start","time":1700314593842},{"type":"stop","time":1700314618150},{"type":"start","time":1700314625931},{"type":"stop","time":1700314646027},{"type":"start","time":1700314696996},{"type":"stop","time":1700314705880},{"type":"start","time":1700314722449},{"type":"stop","time":1700314765270},{"type":"start","time":1700314788694},{"type":"stop","time":1700314814050},{"type":"start","time":1700314817848},{"type":"stop","time":1700314826465},{"type":"start","time":1700314939958},{"type":"stop","time":1700314992658},{"type":"start","time":1700315068218},{"type":"stop","time":1700315081890},{"type":"start","time":1700315145293},{"type":"stop","time":1700315175673},{"type":"start","time":1700315175673},{"type":"stop","time":1700315184680},{"type":"start","time":1700315226724},{"type":"stop","time":1700315244022},{"type":"start","time":1700315343944},{"type":"stop","time":1700315382228},{"type":"start","time":1700315617940},{"type":"stop","time":1700315648882},{"type":"start","time":1700315888424},{"type":"stop","time":1700316114332},{"type":"start","time":1700316254511},{"type":"stop","time":1700316349002},{"type":"start","time":1700316439629},{"type":"stop","time":1700316504578},{"type":"start","time":1700316511885},{"type":"stop","time":1700316556058},{"type":"start","time":1700316574354},{"type":"stop","time":1700316578784},{"type":"start","time":1700316586149},{"type":"stop","time":1700316617975},{"type":"start","time":1700316658724},{"type":"stop","time":1700316723582},{"type":"start","time":1700316743524},{"type":"stop","time":1700316792948},{"type":"start","time":1700316792949},{"type":"stop","time":1700316818150},{"type":"start","time":1700316861037},{"type":"stop","time":1700316878399},{"type":"start","time":1700317126409},{"type":"stop","time":1700317139050},{"type":"start","time":1700317139051},{"type":"stop","time":1700317162076},{"type":"start","time":1700317167097},{"type":"stop","time":1700317196573},{"type":"start","time":1700317219876},{"type":"stop","time":1700317250075},{"type":"start","time":1700317267888},{"type":"stop","time":1700317287781},{"type":"start","time":1700317299064},{"type":"stop","time":1700317307905},{"type":"start","time":1700317333390},{"type":"stop","time":1700317375709},{"type":"start","time":1700317406347},{"type":"stop","time":1700317431108},{"type":"start","time":1700317443877},{"type":"stop","time":1700317489830}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E202">
-        <v>2607230</v>
+        <v>891382</v>
       </c>
       <c r="F202">
-        <v>2149865</v>
+        <v>1492457</v>
       </c>
       <c r="G202">
-        <v>25670</v>
+        <v>0</v>
       </c>
       <c r="H202">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I202">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="J202">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B203" s="2">
-        <v>20240504102714</v>
+        <v>20250524125213</v>
       </c>
       <c r="C203" s="2">
-        <v>1714818482149</v>
+        <v>1748092006788</v>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>{"lastSave":1714818482149,"timeWatchM":8532,"timeWatchW":16696,"timeWatchD":0,"countWatchM":1,"countWatchW":3,"countWatchD":0,"id":"9d483e2d","watches":[{"actions":[{"type":"start","time":1714818434804},{"type":"stop","time":1714818443336}]},{"actions":[{"type":"start","time":1714818447621},{"type":"stop","time":1714818454119},{"type":"start","time":1714818454121},{"type":"stop","time":1714818458504},{"type":"start","time":1714818464005},{"type":"stop","time":1714818469820}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748092006788,"timeWatchM":500865,"timeWatchW":150110,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"959cb83b","watches":[{"actions":[{"type":"start","time":1748091392269},{"type":"stop","time":1748091680940},{"type":"start","time":1748091724894},{"type":"stop","time":1748091937088}]},{"actions":[{"type":"start","time":1748091168452},{"type":"stop","time":1748091311202},{"type":"start","time":1748091383084},{"type":"stop","time":1748091390444}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E203">
-        <v>8532</v>
+        <v>500865</v>
       </c>
       <c r="F203">
-        <v>16696</v>
+        <v>150110</v>
       </c>
       <c r="G203">
         <v>0</v>
       </c>
       <c r="H203">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I203">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J203">
         <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B204" s="2">
-        <v>20250222141400</v>
+        <v>20250923185017</v>
       </c>
       <c r="C204" s="2">
-        <v>1740233657022</v>
+        <v>1758653725528</v>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>{"lastSave":1740233657022,"timeWatchM":19559,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"9e1b6394","watches":[{"actions":[{"type":"start","time":1740233637463},{"type":"stop","time":1740233657022}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758653725528,"timeWatchM":96614,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"966eb41c","watches":[{"actions":[{"type":"start","time":1758653417633},{"type":"stop","time":1758653466398},{"type":"start","time":1758653677679},{"type":"stop","time":1758653725528}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E204">
-        <v>19559</v>
+        <v>96614</v>
       </c>
       <c r="F204">
         <v>0</v>
       </c>
       <c r="G204">
         <v>0</v>
       </c>
       <c r="H204">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I204">
         <v>0</v>
       </c>
       <c r="J204">
         <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B205" s="2">
-        <v>20250402090220</v>
+        <v>20230703190120</v>
       </c>
       <c r="C205" s="2">
-        <v>1743584544767</v>
+        <v>1689941318401</v>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>{"lastSave":1743584544767,"timeWatchM":3861,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"9ec762b2","watches":[{"actions":[{"type":"start","time":1743584540906},{"type":"stop","time":1743584544767}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1689941318401,"timeWatchM":230190,"timeWatchW":111705,"timeWatchD":0,"countWatchM":15,"countWatchW":13,"countWatchD":0,"id":"977ce36f","watches":[{"actions":[{"type":"start","time":1688410945382},{"type":"stop","time":1688410961860},{"type":"start","time":1688410961861},{"type":"stop","time":1688410962762},{"type":"start","time":1688410974344},{"type":"stop","time":1688410991119},{"type":"start","time":1688410994592},{"type":"stop","time":1688411030941},{"type":"start","time":1688411049126},{"type":"stop","time":1688411055933},{"type":"start","time":1688411058313},{"type":"stop","time":1688411063220},{"type":"start","time":1688411077280},{"type":"stop","time":1688411104564},{"type":"start","time":1688411127972},{"type":"stop","time":1688411141784},{"type":"start","time":1688411141785},{"type":"stop","time":1688411150163},{"type":"start","time":1688411362052},{"type":"stop","time":1688411372898},{"type":"start","time":1688411436604},{"type":"stop","time":1688411484702},{"type":"start","time":1688411484703},{"type":"stop","time":1688411515075},{"type":"start","time":1688411515076},{"type":"stop","time":1688411519469},{"type":"start","time":1689941306745},{"type":"stop","time":1689941310235},{"type":"start","time":1689941312158},{"type":"stop","time":1689941313458}]},{"actions":[{"type":"start","time":1688410962762},{"type":"stop","time":1688410967015},{"type":"start","time":1688410967016},{"type":"stop","time":1688410973049},{"type":"start","time":1688410973049},{"type":"stop","time":1688410974343},{"type":"start","time":1688410991119},{"type":"stop","time":1688410994591},{"type":"start","time":1688411030942},{"type":"stop","time":1688411049126},{"type":"start","time":1688411055934},{"type":"stop","time":1688411058312},{"type":"start","time":1688411069277},{"type":"stop","time":1688411077280},{"type":"start","time":1688411104565},{"type":"stop","time":1688411123761},{"type":"start","time":1688411123761},{"type":"stop","time":1688411127972},{"type":"start","time":1688411331695},{"type":"stop","time":1688411362051},{"type":"start","time":1688411427882},{"type":"stop","time":1688411436603},{"type":"start","time":1689941310236},{"type":"stop","time":1689941312157},{"type":"start","time":1689941314718},{"type":"stop","time":1689941318401}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E205">
-        <v>3861</v>
+        <v>230190</v>
       </c>
       <c r="F205">
-        <v>0</v>
+        <v>111705</v>
       </c>
       <c r="G205">
         <v>0</v>
       </c>
       <c r="H205">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I205">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="J205">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B206" s="2">
-        <v>20250923170728</v>
+        <v>20230310173636</v>
       </c>
       <c r="C206" s="2">
-        <v>1758647276518</v>
+        <v>1678469841256</v>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647276518,"timeWatchM":27949,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"9f6c900c","watches":[{"actions":[{"type":"start","time":1758647248568},{"type":"stop","time":1758647276517}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1678469841256,"timeWatchM":14014,"timeWatchW":14670,"timeWatchD":0,"countWatchM":4,"countWatchW":5,"countWatchD":0,"id":"98fee1c8","watches":[{"actions":[{"type":"start","time":1678469796055},{"type":"stop","time":1678469799565},{"type":"start","time":1678469799566},{"type":"stop","time":1678469804827},{"type":"start","time":1678469828453},{"type":"stop","time":1678469829194},{"type":"start","time":1678469830232},{"type":"stop","time":1678469834734}]},{"actions":[{"type":"start","time":1678469814607},{"type":"stop","time":1678469817663},{"type":"start","time":1678469817664},{"type":"stop","time":1678469820963},{"type":"start","time":1678469824891},{"type":"stop","time":1678469828451},{"type":"start","time":1678469829195},{"type":"stop","time":1678469830231},{"type":"start","time":1678469834735},{"type":"stop","time":1678469838454}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E206">
-        <v>27949</v>
+        <v>14014</v>
       </c>
       <c r="F206">
-        <v>0</v>
+        <v>14670</v>
       </c>
       <c r="G206">
         <v>0</v>
       </c>
       <c r="H206">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I206">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J206">
         <v>0</v>
       </c>
     </row>
     <row r="207">
-      <c r="A207" t="s">
-        <v>205</v>
+      <c r="A207">
+        <v>99526036</v>
       </c>
       <c r="B207" s="2">
-        <v>20230224100146</v>
+        <v>20250923180308</v>
       </c>
       <c r="C207" s="2">
-        <v>1680867156485</v>
+        <v>1758650709341</v>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>{"lastSave":1680867156485,"timeWatchM":145634,"timeWatchW":1137578,"timeWatchD":0,"countWatchM":9,"countWatchW":26,"countWatchD":0,"id":"a0b9296f","watches":[{"actions":[{"type":"start","time":1677233057768},{"type":"stop","time":1677233079847},{"type":"start","time":1677233397582},{"type":"stop","time":1677233436977},{"type":"start","time":1677233545750},{"type":"stop","time":1677233553211},{"type":"start","time":1677233566439},{"type":"stop","time":1677233570188},{"type":"start","time":1677233598411},{"type":"stop","time":1677233601552},{"type":"start","time":1677233613900},{"type":"stop","time":1677233615058},{"type":"start","time":1677233656643},{"type":"stop","time":1677233682837},{"type":"start","time":1677233768934},{"type":"stop","time":1677233805459},{"type":"start","time":1677234031265},{"type":"stop","time":1677234037197}]},{"actions":[{"type":"start","time":1677232907863},{"type":"stop","time":1677232958367},{"type":"start","time":1677232958368},{"type":"stop","time":1677232988302},{"type":"start","time":1677232988303},{"type":"stop","time":1677233012002},{"type":"start","time":1677233012003},{"type":"stop","time":1677233042056},{"type":"start","time":1677233042057},{"type":"stop","time":1677233057768},{"type":"start","time":1677233079848},{"type":"stop","time":1677233122785},{"type":"start","time":1677233122786},{"type":"stop","time":1677233134257},{"type":"start","time":1677233134258},{"type":"stop","time":1677233211748},{"type":"start","time":1677233211749},{"type":"stop","time":1677233236174},{"type":"start","time":1677233236174},{"type":"stop","time":1677233271310},{"type":"start","time":1677233271311},{"type":"stop","time":1677233354160},{"type":"start","time":1677233354160},{"type":"stop","time":1677233366641},{"type":"start","time":1677233366642},{"type":"stop","time":1677233397581},{"type":"start","time":1677233439171},{"type":"stop","time":1677233545749},{"type":"start","time":1677233553212},{"type":"stop","time":1677233566437},{"type":"start","time":1677233570189},{"type":"stop","time":1677233598410},{"type":"start","time":1677233601553},{"type":"stop","time":1677233613899},{"type":"start","time":1677233615059},{"type":"stop","time":1677233656642},{"type":"start","time":1677233682838},{"type":"stop","time":1677233768933},{"type":"start","time":1677233808178},{"type":"stop","time":1677233871447},{"type":"start","time":1677233871448},{"type":"stop","time":1677233871891},{"type":"start","time":1677233871892},{"type":"stop","time":1677233874045},{"type":"start","time":1677233874046},{"type":"stop","time":1677233885075},{"type":"start","time":1677233897663},{"type":"stop","time":1677234031264},{"type":"start","time":1677234037198},{"type":"stop","time":1677234207883},{"type":"start","time":1680867148513},{"type":"stop","time":1680867149234}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758650709341,"timeWatchM":121284,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"99526036","watches":[{"actions":[{"type":"start","time":1758650588057},{"type":"stop","time":1758650709341}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E207">
-        <v>145634</v>
+        <v>121284</v>
       </c>
       <c r="F207">
-        <v>1137578</v>
+        <v>0</v>
       </c>
       <c r="G207">
         <v>0</v>
       </c>
       <c r="H207">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="I207">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="J207">
         <v>0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>206</v>
       </c>
       <c r="B208" s="2">
-        <v>20250911171230</v>
+        <v>20250923172819</v>
       </c>
       <c r="C208" s="2">
-        <v>1757620101484</v>
+        <v>1758648558653</v>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>{"lastSave":1757620101484,"timeWatchM":4000854,"timeWatchW":2454740,"timeWatchD":0,"countWatchM":41,"countWatchW":27,"countWatchD":0,"id":"a0f85554","watches":[{"actions":[{"type":"start","time":1757610750874},{"type":"stop","time":1757610898660},{"type":"start","time":1757610928294},{"type":"stop","time":1757610934833},{"type":"start","time":1757610942448},{"type":"stop","time":1757610971454},{"type":"start","time":1757610980447},{"type":"stop","time":1757611590209},{"type":"start","time":1757611675553},{"type":"stop","time":1757611684154},{"type":"start","time":1757611689711},{"type":"stop","time":1757611695139},{"type":"start","time":1757611858346},{"type":"stop","time":1757612038818},{"type":"start","time":1757612166330},{"type":"stop","time":1757612452584},{"type":"start","time":1757612574637},{"type":"stop","time":1757612687901},{"type":"start","time":1757612690640},{"type":"stop","time":1757612784935},{"type":"start","time":1757612785688},{"type":"stop","time":1757612845878},{"type":"start","time":1757612899674},{"type":"stop","time":1757612937737},{"type":"start","time":1757613072047},{"type":"stop","time":1757613153672},{"type":"start","time":1757613184133},{"type":"stop","time":1757613218905},{"type":"start","time":1757613224988},{"type":"stop","time":1757613458943},{"type":"start","time":1757613544465},{"type":"stop","time":1757613694499},{"type":"start","time":1757613696462},{"type":"stop","time":1757613699421},{"type":"start","time":1757613776533},{"type":"stop","time":1757613902545},{"type":"start","time":1757613905363},{"type":"stop","time":1757613967210},{"type":"start","time":1757613970873},{"type":"stop","time":1757614015605},{"type":"start","time":1757614038643},{"type":"stop","time":1757614067436},{"type":"start","time":1757614068696},{"type":"stop","time":1757614106100},{"type":"start","time":1757614120171},{"type":"stop","time":1757614157259},{"type":"start","time":1757614163128},{"type":"stop","time":1757614167853},{"type":"start","time":1757614169329},{"type":"stop","time":1757614170763},{"type":"start","time":1757614171582},{"type":"stop","time":1757614189145},{"type":"start","time":1757614189866},{"type":"stop","time":1757614191533},{"type":"start","time":1757614193300},{"type":"stop","time":1757614196367},{"type":"start","time":1757614215376},{"type":"stop","time":1757614221571},{"type":"start","time":1757615055762},{"type":"stop","time":1757615408747},{"type":"start","time":1757615410057},{"type":"stop","time":1757615508854},{"type":"start","time":1757615596653},{"type":"stop","time":1757615881286},{"type":"start","time":1757616091873},{"type":"stop","time":1757616374422},{"type":"start","time":1757616643785},{"type":"stop","time":1757616650386},{"type":"start","time":1757616684639},{"type":"stop","time":1757616730336},{"type":"start","time":1757616731297},{"type":"stop","time":1757616731738},{"type":"start","time":1757616732258},{"type":"stop","time":1757616732641},{"type":"start","time":1757616733010},{"type":"stop","time":1757616733441},{"type":"start","time":1757617708613},{"type":"stop","time":1757617810714},{"type":"start","time":1757619726688},{"type":"stop","time":1757620021558},{"type":"start","time":1757620023649},{"type":"stop","time":1757620101483}]},{"actions":[{"type":"start","time":1757610898661},{"type":"stop","time":1757610908571},{"type":"start","time":1757610912034},{"type":"stop","time":1757610925580},{"type":"start","time":1757610925581},{"type":"stop","time":1757610927490},{"type":"start","time":1757610934834},{"type":"stop","time":1757610942446},{"type":"start","time":1757610971455},{"type":"stop","time":1757610980446},{"type":"start","time":1757611590235},{"type":"stop","time":1757611675552},{"type":"start","time":1757611684155},{"type":"stop","time":1757611689710},{"type":"start","time":1757611696944},{"type":"stop","time":1757611858345},{"type":"start","time":1757612039530},{"type":"stop","time":1757612166329},{"type":"start","time":1757612452586},{"type":"stop","time":1757612572331},{"type":"start","time":1757612850756},{"type":"stop","time":1757612895050},{"type":"start","time":1757612938484},{"type":"stop","time":1757613040768},{"type":"start","time":1757613161229},{"type":"stop","time":1757613184131},{"type":"start","time":1757613458944},{"type":"stop","time":1757613544464},{"type":"start","time":1757613699423},{"type":"stop","time":1757613773946},{"type":"start","time":1757614015607},{"type":"stop","time":1757614038265},{"type":"start","time":1757614167854},{"type":"stop","time":1757614169328},{"type":"start","time":1757614189148},{"type":"stop","time":1757614189865},{"type":"start","time":1757614196368},{"type":"stop","time":1757614215375},{"type":"start","time":1757615508856},{"type":"stop","time":1757615596651},{"type":"start","time":1757615881288},{"type":"stop","time":1757616091860},{"type":"start","time":1757616374850},{"type":"stop","time":1757616627417},{"type":"start","time":1757616650388},{"type":"stop","time":1757616663028},{"type":"start","time":1757616730338},{"type":"stop","time":1757616731296},{"type":"start","time":1757616731739},{"type":"stop","time":1757616732257},{"type":"start","time":1757616732643},{"type":"stop","time":1757616733009},{"type":"start","time":1757616733443},{"type":"stop","time":1757617708603}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758648558653,"timeWatchM":59715,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"99629c81","watches":[{"actions":[{"type":"start","time":1758648498938},{"type":"stop","time":1758648558653}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E208">
-        <v>4000854</v>
+        <v>59715</v>
       </c>
       <c r="F208">
-        <v>2454740</v>
+        <v>0</v>
       </c>
       <c r="G208">
         <v>0</v>
       </c>
       <c r="H208">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="I208">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="J208">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>207</v>
       </c>
       <c r="B209" s="2">
-        <v>20250731171532</v>
+        <v>20240324100812</v>
       </c>
       <c r="C209" s="2">
-        <v>1753990972929</v>
+        <v>1711280200080</v>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>{"lastSave":1753990972929,"timeWatchM":2623159,"timeWatchW":2804358,"timeWatchD":0,"countWatchM":104,"countWatchW":112,"countWatchD":0,"id":"a13bad2b","watches":[{"actions":[{"type":"start","time":1753982148285},{"type":"stop","time":1753982157210},{"type":"start","time":1753982157212},{"type":"stop","time":1753982158016},{"type":"start","time":1753982160902},{"type":"stop","time":1753982180818},{"type":"start","time":1753982502715},{"type":"stop","time":1753982535474},{"type":"start","time":1753982597838},{"type":"stop","time":1753982631682},{"type":"start","time":1753982647297},{"type":"stop","time":1753982648297},{"type":"start","time":1753982690776},{"type":"stop","time":1753982698943},{"type":"start","time":1753982826488},{"type":"stop","time":1753982855905},{"type":"start","time":1753982897816},{"type":"stop","time":1753982981412},{"type":"start","time":1753982981413},{"type":"stop","time":1753982984123},{"type":"start","time":1753983025159},{"type":"stop","time":1753983092334},{"type":"start","time":1753983094064},{"type":"stop","time":1753983099522},{"type":"start","time":1753983180037},{"type":"stop","time":1753983243573},{"type":"start","time":1753983291657},{"type":"stop","time":1753983299763},{"type":"start","time":1753983354366},{"type":"stop","time":1753983399231},{"type":"start","time":1753983399231},{"type":"stop","time":1753983458215},{"type":"start","time":1753983459963},{"type":"stop","time":1753983485404},{"type":"start","time":1753983485405},{"type":"stop","time":1753983539980},{"type":"start","time":1753983557182},{"type":"stop","time":1753983576093},{"type":"start","time":1753983577767},{"type":"stop","time":1753983584543},{"type":"start","time":1753983740815},{"type":"stop","time":1753983764724},{"type":"start","time":1753983771020},{"type":"stop","time":1753983783001},{"type":"start","time":1753983880865},{"type":"stop","time":1753983893693},{"type":"start","time":1753984025531},{"type":"stop","time":1753984028640},{"type":"start","time":1753984028640},{"type":"stop","time":1753984033531},{"type":"start","time":1753984033531},{"type":"stop","time":1753984062953},{"type":"start","time":1753984062954},{"type":"stop","time":1753984098233},{"type":"start","time":1753984170142},{"type":"stop","time":1753984196732},{"type":"start","time":1753984222498},{"type":"stop","time":1753984227854},{"type":"start","time":1753984263267},{"type":"stop","time":1753984312288},{"type":"start","time":1753984319385},{"type":"stop","time":1753984320630},{"type":"start","time":1753984320630},{"type":"stop","time":1753984331501},{"type":"start","time":1753984486551},{"type":"stop","time":1753984496468},{"type":"start","time":1753984520315},{"type":"stop","time":1753984568485},{"type":"start","time":1753984577306},{"type":"stop","time":1753984597188},{"type":"start","time":1753984597189},{"type":"stop","time":1753984621809},{"type":"start","time":1753984621809},{"type":"stop","time":1753984656004},{"type":"start","time":1753984656005},{"type":"stop","time":1753984722784},{"type":"start","time":1753984857204},{"type":"stop","time":1753984889394},{"type":"start","time":1753984936474},{"type":"stop","time":1753984950144},{"type":"start","time":1753985015329},{"type":"stop","time":1753985019864},{"type":"start","time":1753985020504},{"type":"stop","time":1753985021483},{"type":"start","time":1753985023520},{"type":"stop","time":1753985040613},{"type":"start","time":1753985045518},{"type":"stop","time":1753985058186},{"type":"start","time":1753985059801},{"type":"stop","time":1753985060719},{"type":"start","time":1753985062760},{"type":"stop","time":1753985063793},{"type":"start","time":1753985106558},{"type":"stop","time":1753985109691},{"type":"start","time":1753985109692},{"type":"stop","time":1753985120752},{"type":"start","time":1753985127110},{"type":"stop","time":1753985128082},{"type":"start","time":1753985166357},{"type":"stop","time":1753985185346},{"type":"start","time":1753985220712},{"type":"stop","time":1753985285356},{"type":"start","time":1753985294768},{"type":"stop","time":1753985318383},{"type":"start","time":1753985402916},{"type":"stop","time":1753985410040},{"type":"start","time":1753985410041},{"type":"stop","time":1753985418018},{"type":"start","time":1753985418019},{"type":"stop","time":1753985438486},{"type":"start","time":1753985457016},{"type":"stop","time":1753985467520},{"type":"start","time":1753985467522},{"type":"stop","time":1753985497383},{"type":"start","time":1753985506427},{"type":"stop","time":1753985522852},{"type":"start","time":1753985522854},{"type":"stop","time":1753985548418},{"type":"start","time":1753985561490},{"type":"stop","time":1753985568385},{"type":"start","time":1753988243037},{"type":"stop","time":1753988244138},{"type":"start","time":1753988247318},{"type":"stop","time":1753988252883},{"type":"start","time":1753988258393},{"type":"stop","time":1753988264978},{"type":"start","time":1753988339744},{"type":"stop","time":1753988349502},{"type":"start","time":1753988358526},{"type":"stop","time":1753988367536},{"type":"start","time":1753988405562},{"type":"stop","time":1753988480725},{"type":"start","time":1753988485500},{"type":"stop","time":1753988499149},{"type":"start","time":1753988499151},{"type":"stop","time":1753988532407},{"type":"start","time":1753988548857},{"type":"stop","time":1753988567492},{"type":"start","time":1753988572056},{"type":"stop","time":1753988583145},{"type":"start","time":1753988583146},{"type":"stop","time":1753988588430},{"type":"start","time":1753988639482},{"type":"stop","time":1753988644899},{"type":"start","time":1753988675742},{"type":"stop","time":1753988731221},{"type":"start","time":1753988776716},{"type":"stop","time":1753988794886},{"type":"start","time":1753988805826},{"type":"stop","time":1753988812667},{"type":"start","time":1753988858715},{"type":"stop","time":1753988866589},{"type":"start","time":1753989054631},{"type":"stop","time":1753989055538},{"type":"start","time":1753989056880},{"type":"stop","time":1753989068617},{"type":"start","time":1753989097487},{"type":"stop","time":1753989106253},{"type":"start","time":1753989150196},{"type":"stop","time":1753989173247},{"type":"start","time":1753989287841},{"type":"stop","time":1753989325246},{"type":"start","time":1753989347726},{"type":"stop","time":1753989353690},{"type":"start","time":1753989353691},{"type":"stop","time":1753989485063},{"type":"start","time":1753989511611},{"type":"stop","time":1753989514722},{"type":"start","time":1753989514723},{"type":"stop","time":1753989535923},{"type":"start","time":1753989535926},{"type":"stop","time":1753989616851},{"type":"start","time":1753989744783},{"type":"stop","time":1753989781479},{"type":"start","time":1753989781481},{"type":"stop","time":1753989819573},{"type":"start","time":1753989819575},{"type":"stop","time":1753989824539},{"type":"start","time":1753989830332},{"type":"stop","time":1753989945762},{"type":"start","time":1753989945763},{"type":"stop","time":1753989947387},{"type":"start","time":1753989947388},{"type":"stop","time":1753989975345},{"type":"start","time":1753989975346},{"type":"stop","time":1753990020942},{"type":"start","time":1753990025510},{"type":"stop","time":1753990037264},{"type":"start","time":1753990037266},{"type":"stop","time":1753990081167},{"type":"start","time":1753990149815},{"type":"stop","time":1753990267197},{"type":"start","time":1753990338272},{"type":"stop","time":1753990462865},{"type":"start","time":1753990573236},{"type":"stop","time":1753990574511},{"type":"start","time":1753990671672},{"type":"stop","time":1753990712883},{"type":"start","time":1753990714246},{"type":"stop","time":1753990741011},{"type":"start","time":1753990741012},{"type":"stop","time":1753990785857},{"type":"start","time":1753990795680},{"type":"stop","time":1753990796511},{"type":"start","time":1753990810289},{"type":"stop","time":1753990814355},{"type":"start","time":1753990897804},{"type":"stop","time":1753990903321}]},{"actions":[{"type":"start","time":1753982131534},{"type":"stop","time":1753982148285},{"type":"start","time":1753982158016},{"type":"stop","time":1753982160901},{"type":"start","time":1753982180818},{"type":"stop","time":1753982188316},{"type":"start","time":1753982188316},{"type":"stop","time":1753982221178},{"type":"start","time":1753982226946},{"type":"stop","time":1753982298840},{"type":"start","time":1753982298841},{"type":"stop","time":1753982342945},{"type":"start","time":1753982345404},{"type":"stop","time":1753982401602},{"type":"start","time":1753982401602},{"type":"stop","time":1753982437149},{"type":"start","time":1753982464836},{"type":"stop","time":1753982467260},{"type":"start","time":1753982467261},{"type":"stop","time":1753982499020},{"type":"start","time":1753982535475},{"type":"stop","time":1753982565588},{"type":"start","time":1753982578187},{"type":"stop","time":1753982597838},{"type":"start","time":1753982631683},{"type":"stop","time":1753982647296},{"type":"start","time":1753982648297},{"type":"stop","time":1753982657009},{"type":"start","time":1753982657009},{"type":"stop","time":1753982690775},{"type":"start","time":1753982699755},{"type":"stop","time":1753982727111},{"type":"start","time":1753982744478},{"type":"stop","time":1753982756329},{"type":"start","time":1753982760629},{"type":"stop","time":1753982826488},{"type":"start","time":1753982855906},{"type":"stop","time":1753982897815},{"type":"start","time":1753982984123},{"type":"stop","time":1753983009716},{"type":"start","time":1753983101134},{"type":"stop","time":1753983151142},{"type":"start","time":1753983154115},{"type":"stop","time":1753983169175},{"type":"start","time":1753983243574},{"type":"stop","time":1753983291656},{"type":"start","time":1753983299764},{"type":"stop","time":1753983352409},{"type":"start","time":1753983539981},{"type":"stop","time":1753983555952},{"type":"start","time":1753983595185},{"type":"stop","time":1753983712727},{"type":"start","time":1753983735367},{"type":"stop","time":1753983738640},{"type":"start","time":1753983764725},{"type":"stop","time":1753983771019},{"type":"start","time":1753983795925},{"type":"stop","time":1753983825411},{"type":"start","time":1753983893694},{"type":"stop","time":1753983914059},{"type":"start","time":1753983973297},{"type":"stop","time":1753983988227},{"type":"start","time":1753983988228},{"type":"stop","time":1753984025530},{"type":"start","time":1753984098234},{"type":"stop","time":1753984150746},{"type":"start","time":1753984227855},{"type":"stop","time":1753984262328},{"type":"start","time":1753984312289},{"type":"stop","time":1753984319385},{"type":"start","time":1753984331502},{"type":"stop","time":1753984347961},{"type":"start","time":1753984352211},{"type":"stop","time":1753984381730},{"type":"start","time":1753984385114},{"type":"stop","time":1753984400981},{"type":"start","time":1753984400982},{"type":"stop","time":1753984412310},{"type":"start","time":1753984418307},{"type":"stop","time":1753984436703},{"type":"start","time":1753984447183},{"type":"stop","time":1753984486550},{"type":"start","time":1753984496469},{"type":"stop","time":1753984520314},{"type":"start","time":1753984726766},{"type":"stop","time":1753984760965},{"type":"start","time":1753984765034},{"type":"stop","time":1753984772992},{"type":"start","time":1753984772993},{"type":"stop","time":1753984844102},{"type":"start","time":1753984910675},{"type":"stop","time":1753984936473},{"type":"start","time":1753984965516},{"type":"stop","time":1753985015328},{"type":"start","time":1753985019865},{"type":"stop","time":1753985020503},{"type":"start","time":1753985040615},{"type":"stop","time":1753985043844},{"type":"start","time":1753985058187},{"type":"stop","time":1753985059800},{"type":"start","time":1753985060720},{"type":"stop","time":1753985062758},{"type":"start","time":1753985063794},{"type":"stop","time":1753985106557},{"type":"start","time":1753985120753},{"type":"stop","time":1753985127110},{"type":"start","time":1753985128083},{"type":"stop","time":1753985139673},{"type":"start","time":1753985139674},{"type":"stop","time":1753985151849},{"type":"start","time":1753985185348},{"type":"stop","time":1753985194267},{"type":"start","time":1753985197414},{"type":"stop","time":1753985213649},{"type":"start","time":1753985213649},{"type":"stop","time":1753985220711},{"type":"start","time":1753985285357},{"type":"stop","time":1753985289031},{"type":"start","time":1753985318385},{"type":"stop","time":1753985336353},{"type":"start","time":1753985344122},{"type":"stop","time":1753985351162},{"type":"start","time":1753985351164},{"type":"stop","time":1753985396499},{"type":"start","time":1753985396500},{"type":"stop","time":1753985400170},{"type":"start","time":1753985400171},{"type":"stop","time":1753985402915},{"type":"start","time":1753985439711},{"type":"stop","time":1753985457015},{"type":"start","time":1753985497384},{"type":"stop","time":1753985506426},{"type":"start","time":1753985548419},{"type":"stop","time":1753985561488},{"type":"start","time":1753988241669},{"type":"stop","time":1753988243037},{"type":"start","time":1753988244139},{"type":"stop","time":1753988244497},{"type":"start","time":1753988244499},{"type":"stop","time":1753988247317},{"type":"start","time":1753988264979},{"type":"stop","time":1753988269341},{"type":"start","time":1753988278491},{"type":"stop","time":1753988292399},{"type":"start","time":1753988300151},{"type":"stop","time":1753988308303},{"type":"start","time":1753988321246},{"type":"stop","time":1753988339743},{"type":"start","time":1753988354768},{"type":"stop","time":1753988355606},{"type":"start","time":1753988383843},{"type":"stop","time":1753988405561},{"type":"start","time":1753988540548},{"type":"stop","time":1753988548856},{"type":"start","time":1753988567494},{"type":"stop","time":1753988572055},{"type":"start","time":1753988588431},{"type":"stop","time":1753988600579},{"type":"start","time":1753988610892},{"type":"stop","time":1753988639481},{"type":"start","time":1753988644900},{"type":"stop","time":1753988664991},{"type":"start","time":1753988664992},{"type":"stop","time":1753988675741},{"type":"start","time":1753988731223},{"type":"stop","time":1753988764085},{"type":"start","time":1753988794888},{"type":"stop","time":1753988805825},{"type":"start","time":1753988858103},{"type":"stop","time":1753988858714},{"type":"start","time":1753988866591},{"type":"stop","time":1753988873389},{"type":"start","time":1753988881876},{"type":"stop","time":1753988904155},{"type":"start","time":1753988904156},{"type":"stop","time":1753988920013},{"type":"start","time":1753988920015},{"type":"stop","time":1753988984776},{"type":"start","time":1753988993507},{"type":"stop","time":1753989054629},{"type":"start","time":1753989055539},{"type":"stop","time":1753989056879},{"type":"start","time":1753989090320},{"type":"stop","time":1753989097487},{"type":"start","time":1753989106255},{"type":"stop","time":1753989146314},{"type":"start","time":1753989173248},{"type":"stop","time":1753989210725},{"type":"start","time":1753989210728},{"type":"stop","time":1753989287028},{"type":"start","time":1753989325248},{"type":"stop","time":1753989344441},{"type":"start","time":1753989344443},{"type":"stop","time":1753989347725},{"type":"start","time":1753989616853},{"type":"stop","time":1753989624001},{"type":"start","time":1753989624003},{"type":"stop","time":1753989744782},{"type":"start","time":1753989824540},{"type":"stop","time":1753989830330},{"type":"start","time":1753990081168},{"type":"stop","time":1753990149814},{"type":"start","time":1753990267199},{"type":"stop","time":1753990290889},{"type":"start","time":1753990293040},{"type":"stop","time":1753990338270},{"type":"start","time":1753990465571},{"type":"stop","time":1753990518204},{"type":"start","time":1753990518205},{"type":"stop","time":1753990573233},{"type":"start","time":1753990574512},{"type":"stop","time":1753990671671},{"type":"start","time":1753990712885},{"type":"stop","time":1753990714245},{"type":"start","time":1753990785858},{"type":"stop","time":1753990795678},{"type":"start","time":1753990796513},{"type":"stop","time":1753990810288},{"type":"start","time":1753990814356},{"type":"stop","time":1753990832000},{"type":"start","time":1753990833449},{"type":"stop","time":1753990897802},{"type":"start","time":1753990903323},{"type":"stop","time":1753990904610}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1711280200080,"timeWatchM":0,"timeWatchW":403061,"timeWatchD":0,"countWatchM":0,"countWatchW":3,"countWatchD":0,"id":"99642e69","watches":[{"actions":[]},{"actions":[{"type":"start","time":1711274891965},{"type":"stop","time":1711274950024},{"type":"start","time":1711274950026},{"type":"stop","time":1711274992121},{"type":"start","time":1711274994806},{"type":"stop","time":1711275297713}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E209">
-        <v>2623159</v>
+        <v>0</v>
       </c>
       <c r="F209">
-        <v>2804358</v>
+        <v>403061</v>
       </c>
       <c r="G209">
         <v>0</v>
       </c>
       <c r="H209">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="I209">
-        <v>112</v>
+        <v>3</v>
       </c>
       <c r="J209">
         <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>208</v>
       </c>
       <c r="B210" s="2">
-        <v>20231119113242</v>
+        <v>20251023171557</v>
       </c>
       <c r="C210" s="2">
-        <v>1700394706200</v>
+        <v>1761248938783</v>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>{"lastSave":1700394706200,"timeWatchM":13707,"timeWatchW":243010,"timeWatchD":0,"countWatchM":1,"countWatchW":7,"countWatchD":0,"id":"a172cadb","watches":[{"actions":[{"type":"start","time":1700394669103},{"type":"stop","time":1700394682810}]},{"actions":[{"type":"start","time":1700393573132},{"type":"stop","time":1700393617214},{"type":"start","time":1700393636357},{"type":"stop","time":1700393667929},{"type":"start","time":1700393670309},{"type":"stop","time":1700393704789},{"type":"start","time":1700393781142},{"type":"stop","time":1700393803650},{"type":"start","time":1700393810263},{"type":"stop","time":1700393885978},{"type":"start","time":1700394648156},{"type":"stop","time":1700394669102},{"type":"start","time":1700394682811},{"type":"stop","time":1700394696518}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1761248938783,"timeWatchM":4108770,"timeWatchW":190952,"timeWatchD":0,"countWatchM":43,"countWatchW":6,"countWatchD":0,"id":"9974159d","watches":[{"actions":[{"type":"start","time":1761239975753},{"type":"stop","time":1761239981159},{"type":"start","time":1761240046629},{"type":"stop","time":1761240806638},{"type":"start","time":1761242645318},{"type":"stop","time":1761242743688},{"type":"start","time":1761242770363},{"type":"stop","time":1761242873741},{"type":"start","time":1761242878480},{"type":"stop","time":1761243003059},{"type":"start","time":1761243003916},{"type":"stop","time":1761243071028},{"type":"start","time":1761243074803},{"type":"stop","time":1761243178686},{"type":"start","time":1761243190453},{"type":"stop","time":1761243211745},{"type":"start","time":1761243227046},{"type":"stop","time":1761243335626},{"type":"start","time":1761243355950},{"type":"stop","time":1761243391693},{"type":"start","time":1761243403160},{"type":"stop","time":1761243419500},{"type":"start","time":1761244701286},{"type":"stop","time":1761244716494},{"type":"start","time":1761244716496},{"type":"stop","time":1761244717280},{"type":"start","time":1761244717281},{"type":"stop","time":1761244718525},{"type":"start","time":1761244776397},{"type":"stop","time":1761244805599},{"type":"start","time":1761244818727},{"type":"stop","time":1761244889219},{"type":"start","time":1761244890378},{"type":"stop","time":1761245084890},{"type":"start","time":1761245103078},{"type":"stop","time":1761245118311},{"type":"start","time":1761245132652},{"type":"stop","time":1761245155049},{"type":"start","time":1761245162733},{"type":"stop","time":1761245279094},{"type":"start","time":1761245282193},{"type":"stop","time":1761245316777},{"type":"start","time":1761245332860},{"type":"stop","time":1761245349415},{"type":"start","time":1761245354792},{"type":"stop","time":1761245405520},{"type":"start","time":1761245433560},{"type":"stop","time":1761245487800},{"type":"start","time":1761245523317},{"type":"stop","time":1761245550860},{"type":"start","time":1761245574864},{"type":"stop","time":1761245637568},{"type":"start","time":1761245640750},{"type":"stop","time":1761245660749},{"type":"start","time":1761245661909},{"type":"stop","time":1761245759821},{"type":"start","time":1761245763015},{"type":"stop","time":1761245870398},{"type":"start","time":1761245871455},{"type":"stop","time":1761245911606},{"type":"start","time":1761245922535},{"type":"stop","time":1761246035132},{"type":"start","time":1761246179173},{"type":"stop","time":1761246206668},{"type":"start","time":1761246259137},{"type":"stop","time":1761246279875},{"type":"start","time":1761246357283},{"type":"stop","time":1761246372090},{"type":"start","time":1761246437965},{"type":"stop","time":1761246450656},{"type":"start","time":1761246557909},{"type":"stop","time":1761246577121},{"type":"start","time":1761246577122},{"type":"stop","time":1761246590345},{"type":"start","time":1761246590347},{"type":"stop","time":1761246627199},{"type":"start","time":1761246898159},{"type":"stop","time":1761247899593},{"type":"start","time":1761247900438},{"type":"stop","time":1761248115365},{"type":"start","time":1761248117653},{"type":"stop","time":1761248252782},{"type":"start","time":1761248847091},{"type":"stop","time":1761248874361},{"type":"start","time":1761248880763},{"type":"stop","time":1761248931234}]},{"actions":[{"type":"start","time":1761245407117},{"type":"stop","time":1761245432355},{"type":"start","time":1761245498823},{"type":"stop","time":1761245515754},{"type":"start","time":1761245515755},{"type":"stop","time":1761245517756},{"type":"start","time":1761246036149},{"type":"stop","time":1761246119800},{"type":"start","time":1761246148982},{"type":"stop","time":1761246178221},{"type":"start","time":1761246283991},{"type":"stop","time":1761246317883}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E210">
-        <v>13707</v>
+        <v>4108770</v>
       </c>
       <c r="F210">
-        <v>243010</v>
+        <v>190952</v>
       </c>
       <c r="G210">
         <v>0</v>
       </c>
       <c r="H210">
-        <v>1</v>
+        <v>43</v>
       </c>
       <c r="I210">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J210">
         <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>209</v>
       </c>
       <c r="B211" s="2">
-        <v>20240126174533</v>
+        <v>20250315144647</v>
       </c>
       <c r="C211" s="2">
-        <v>1706291147326</v>
+        <v>1742051567467</v>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>{"lastSave":1706291147326,"timeWatchM":11673,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"a24f85f2","watches":[{"actions":[{"type":"start","time":1706291135651},{"type":"stop","time":1706291137014},{"type":"start","time":1706291137015},{"type":"stop","time":1706291145200},{"type":"start","time":1706291145201},{"type":"stop","time":1706291147326}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742051567467,"timeWatchM":789216,"timeWatchW":617734,"timeWatchD":0,"countWatchM":10,"countWatchW":11,"countWatchD":0,"id":"99a226e1","watches":[{"actions":[{"type":"start","time":1742050117547},{"type":"stop","time":1742050127912},{"type":"start","time":1742050137081},{"type":"stop","time":1742050317392},{"type":"start","time":1742050317394},{"type":"stop","time":1742050474590},{"type":"start","time":1742050864852},{"type":"stop","time":1742050929865},{"type":"start","time":1742050942798},{"type":"stop","time":1742051017707},{"type":"start","time":1742051027760},{"type":"stop","time":1742051095191},{"type":"start","time":1742051162289},{"type":"stop","time":1742051272371},{"type":"start","time":1742051273136},{"type":"stop","time":1742051277136},{"type":"start","time":1742051301638},{"type":"stop","time":1742051417050},{"type":"start","time":1742051558616},{"type":"stop","time":1742051563113}]},{"actions":[{"type":"start","time":1742050007123},{"type":"stop","time":1742050113795},{"type":"start","time":1742050483006},{"type":"stop","time":1742050490105},{"type":"start","time":1742050490106},{"type":"stop","time":1742050492554},{"type":"start","time":1742050501888},{"type":"stop","time":1742050642818},{"type":"start","time":1742050650637},{"type":"stop","time":1742050786099},{"type":"start","time":1742050794250},{"type":"stop","time":1742050862598},{"type":"start","time":1742051112290},{"type":"stop","time":1742051134508},{"type":"start","time":1742051134510},{"type":"stop","time":1742051136239},{"type":"start","time":1742051143923},{"type":"stop","time":1742051154323},{"type":"start","time":1742051278655},{"type":"stop","time":1742051299686},{"type":"start","time":1742051420884},{"type":"stop","time":1742051522281}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E211">
-        <v>11673</v>
+        <v>789216</v>
       </c>
       <c r="F211">
-        <v>0</v>
+        <v>617734</v>
       </c>
       <c r="G211">
         <v>0</v>
       </c>
       <c r="H211">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I211">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="J211">
         <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>210</v>
       </c>
       <c r="B212" s="2">
-        <v>20240817130153</v>
+        <v>20251014175243</v>
       </c>
       <c r="C212" s="2">
-        <v>1723905878939</v>
+        <v>1760464673762</v>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>{"lastSave":1723905878939,"timeWatchM":2243476,"timeWatchW":1148283,"timeWatchD":309033,"countWatchM":59,"countWatchW":31,"countWatchD":9,"id":"a25713be","watches":[{"actions":[{"type":"start","time":1723899715939},{"type":"stop","time":1723899753414},{"type":"start","time":1723899754761},{"type":"stop","time":1723899778078},{"type":"start","time":1723899778749},{"type":"stop","time":1723899789158},{"type":"start","time":1723899789886},{"type":"stop","time":1723899793931},{"type":"start","time":1723899795726},{"type":"stop","time":1723899804467},{"type":"start","time":1723899811158},{"type":"stop","time":1723899848874},{"type":"start","time":1723899870343},{"type":"stop","time":1723899929228},{"type":"start","time":1723899937871},{"type":"stop","time":1723899942948},{"type":"start","time":1723899952309},{"type":"stop","time":1723899957600},{"type":"start","time":1723899975417},{"type":"stop","time":1723899978489},{"type":"start","time":1723899978491},{"type":"stop","time":1723900076879},{"type":"start","time":1723900092680},{"type":"stop","time":1723900170686},{"type":"start","time":1723900201137},{"type":"stop","time":1723900266562},{"type":"start","time":1723900270643},{"type":"stop","time":1723900293415},{"type":"start","time":1723900301938},{"type":"stop","time":1723900303930},{"type":"start","time":1723900364265},{"type":"stop","time":1723900367815},{"type":"start","time":1723900369178},{"type":"stop","time":1723900389512},{"type":"start","time":1723900393637},{"type":"stop","time":1723900402399},{"type":"start","time":1723900407467},{"type":"stop","time":1723900616466},{"type":"start","time":1723900631677},{"type":"stop","time":1723900640077},{"type":"start","time":1723900643120},{"type":"stop","time":1723900727993},{"type":"start","time":1723900739109},{"type":"stop","time":1723900807724},{"type":"start","time":1723900808510},{"type":"stop","time":1723900834952},{"type":"start","time":1723900834955},{"type":"stop","time":1723900842964},{"type":"start","time":1723900848754},{"type":"stop","time":1723900906362},{"type":"start","time":1723901051648},{"type":"stop","time":1723901063427},{"type":"start","time":1723901069926},{"type":"stop","time":1723901098469},{"type":"start","time":1723901100297},{"type":"stop","time":1723901165706},{"type":"start","time":1723901179239},{"type":"stop","time":1723901201532},{"type":"start","time":1723901203344},{"type":"stop","time":1723901230622},{"type":"start","time":1723901276958},{"type":"stop","time":1723901473204},{"type":"start","time":1723901875806},{"type":"stop","time":1723901932010},{"type":"start","time":1723901977805},{"type":"stop","time":1723902101668},{"type":"start","time":1723902350557},{"type":"stop","time":1723902353864},{"type":"start","time":1723902437891},{"type":"stop","time":1723902539653},{"type":"start","time":1723902544020},{"type":"stop","time":1723902664926},{"type":"start","time":1723902726459},{"type":"stop","time":1723902729461},{"type":"start","time":1723902804682},{"type":"stop","time":1723902806697},{"type":"start","time":1723902824363},{"type":"stop","time":1723902838741},{"type":"start","time":1723902848011},{"type":"stop","time":1723902857445},{"type":"start","time":1723902896129},{"type":"stop","time":1723902907932},{"type":"start","time":1723902984560},{"type":"stop","time":1723902991605},{"type":"start","time":1723903063589},{"type":"stop","time":1723903071463},{"type":"start","time":1723903071465},{"type":"stop","time":1723903074036},{"type":"start","time":1723903084643},{"type":"stop","time":1723903086644},{"type":"start","time":1723903095881},{"type":"stop","time":1723903155136},{"type":"start","time":1723903157708},{"type":"stop","time":1723903165192},{"type":"start","time":1723903168063},{"type":"stop","time":1723903182561},{"type":"start","time":1723904650418},{"type":"stop","time":1723904661498},{"type":"start","time":1723905102046},{"type":"stop","time":1723905238931},{"type":"start","time":1723905386844},{"type":"stop","time":1723905412066},{"type":"start","time":1723905412069},{"type":"stop","time":1723905421499},{"type":"start","time":1723905421502},{"type":"stop","time":1723905429479},{"type":"start","time":1723905429481},{"type":"stop","time":1723905490963},{"type":"start","time":1723905618243},{"type":"stop","time":1723905620946},{"type":"start","time":1723905628238},{"type":"stop","time":1723905695093},{"type":"start","time":1723905695096},{"type":"stop","time":1723905696709},{"type":"start","time":1723905722882},{"type":"stop","time":1723905763394},{"type":"start","time":1723905806103},{"type":"stop","time":1723905830667}]},{"actions":[{"type":"start","time":1723900081324},{"type":"stop","time":1723900086171},{"type":"start","time":1723900170688},{"type":"stop","time":1723900201134},{"type":"start","time":1723900267262},{"type":"stop","time":1723900270111},{"type":"start","time":1723900303932},{"type":"stop","time":1723900307289},{"type":"start","time":1723900307291},{"type":"stop","time":1723900307862},{"type":"start","time":1723900316002},{"type":"stop","time":1723900363025},{"type":"start","time":1723900640079},{"type":"stop","time":1723900640700},{"type":"start","time":1723900640702},{"type":"stop","time":1723900641162},{"type":"start","time":1723900907738},{"type":"stop","time":1723901051646},{"type":"start","time":1723901201534},{"type":"stop","time":1723901203342},{"type":"start","time":1723901496601},{"type":"stop","time":1723901601588},{"type":"start","time":1723901618223},{"type":"stop","time":1723901625860},{"type":"start","time":1723901625862},{"type":"stop","time":1723901626788},{"type":"start","time":1723901626790},{"type":"stop","time":1723901683014},{"type":"start","time":1723901932013},{"type":"stop","time":1723901977488},{"type":"start","time":1723902134800},{"type":"stop","time":1723902339474},{"type":"start","time":1723902388108},{"type":"stop","time":1723902433896},{"type":"start","time":1723902667467},{"type":"stop","time":1723902723513},{"type":"start","time":1723902761296},{"type":"stop","time":1723902790428},{"type":"start","time":1723902790430},{"type":"stop","time":1723902797184},{"type":"start","time":1723902863379},{"type":"stop","time":1723902884021},{"type":"start","time":1723902937139},{"type":"stop","time":1723902951148},{"type":"start","time":1723902955438},{"type":"stop","time":1723902975321},{"type":"start","time":1723902975323},{"type":"stop","time":1723902978599},{"type":"start","time":1723902996630},{"type":"stop","time":1723903003349},{"type":"start","time":1723903009801},{"type":"stop","time":1723903041885},{"type":"start","time":1723903077785},{"type":"stop","time":1723903080195},{"type":"start","time":1723904661501},{"type":"stop","time":1723904769643},{"type":"start","time":1723904769658},{"type":"stop","time":1723904885754},{"type":"start","time":1723904888676},{"type":"stop","time":1723904898895},{"type":"start","time":1723905697767},{"type":"stop","time":1723905719037}]},{"actions":[{"type":"start","time":1723901711720},{"type":"stop","time":1723901863283},{"type":"start","time":1723902741491},{"type":"stop","time":1723902750125},{"type":"start","time":1723902750127},{"type":"stop","time":1723902750893},{"type":"start","time":1723902750896},{"type":"stop","time":1723902751556},{"type":"start","time":1723902807997},{"type":"stop","time":1723902816884},{"type":"start","time":1723903047443},{"type":"stop","time":1723903055210},{"type":"start","time":1723904885757},{"type":"stop","time":1723904888674},{"type":"start","time":1723905376210},{"type":"stop","time":1723905382367},{"type":"start","time":1723905490965},{"type":"stop","time":1723905612647}]}]}</t>
+          <t>{"lastSave":1760464673762,"timeWatchM":140486,"timeWatchW":123940,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"99ed7723","watches":[{"actions":[{"type":"start","time":1760464363858},{"type":"stop","time":1760464456455},{"type":"start","time":1760464620400},{"type":"stop","time":1760464668289}]},{"actions":[{"type":"start","time":1760464458196},{"type":"stop","time":1760464492256},{"type":"start","time":1760464509948},{"type":"stop","time":1760464599828}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E212">
-        <v>2243476</v>
+        <v>140486</v>
       </c>
       <c r="F212">
-        <v>1148283</v>
+        <v>123940</v>
       </c>
       <c r="G212">
-        <v>309033</v>
+        <v>0</v>
       </c>
       <c r="H212">
-        <v>59</v>
+        <v>2</v>
       </c>
       <c r="I212">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="J212">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>211</v>
       </c>
       <c r="B213" s="2">
-        <v>20250416171603</v>
+        <v>20250923170826</v>
       </c>
       <c r="C213" s="2">
-        <v>1744823973197</v>
+        <v>1758647323150</v>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>{"lastSave":1744823973197,"timeWatchM":209764,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"a3496f2e","watches":[{"actions":[{"type":"start","time":1744823761386},{"type":"stop","time":1744823971150}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758647323150,"timeWatchM":17282,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"9a7af82f","watches":[{"actions":[{"type":"start","time":1758647305868},{"type":"stop","time":1758647323150}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E213">
-        <v>209764</v>
+        <v>17282</v>
       </c>
       <c r="F213">
         <v>0</v>
       </c>
       <c r="G213">
         <v>0</v>
       </c>
       <c r="H213">
         <v>1</v>
       </c>
       <c r="I213">
         <v>0</v>
       </c>
       <c r="J213">
         <v>0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>212</v>
       </c>
       <c r="B214" s="2">
-        <v>20250923170846</v>
+        <v>20250307092401</v>
       </c>
       <c r="C214" s="2">
-        <v>1758647355817</v>
+        <v>1741339453937</v>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647355817,"timeWatchM":29716,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"a401e48d","watches":[{"actions":[{"type":"start","time":1758647326101},{"type":"stop","time":1758647355817}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1741339453937,"timeWatchM":13048,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"9ad74d43","watches":[{"actions":[{"type":"start","time":1741339440889},{"type":"stop","time":1741339449688},{"type":"start","time":1741339449688},{"type":"stop","time":1741339453937}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E214">
-        <v>29716</v>
+        <v>13048</v>
       </c>
       <c r="F214">
         <v>0</v>
       </c>
       <c r="G214">
         <v>0</v>
       </c>
       <c r="H214">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I214">
         <v>0</v>
       </c>
       <c r="J214">
         <v>0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>213</v>
       </c>
       <c r="B215" s="2">
-        <v>20250222143231</v>
+        <v>20250622203003</v>
       </c>
       <c r="C215" s="2">
-        <v>1740235861173</v>
+        <v>1750624310018</v>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>{"lastSave":1740235861173,"timeWatchM":673,"timeWatchW":1111975,"timeWatchD":0,"countWatchM":1.5,"countWatchW":1,"countWatchD":0,"id":"a45ad00b","watches":[{"actions":[{"type":"start","time":1740235860499},{"type":"stop","time":1740235861172},{"type":"start","time":1740235861173}]},{"actions":[{"type":"start","time":1740234748522},{"type":"stop","time":1740235860497}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1750624310018,"timeWatchM":29721,"timeWatchW":14416,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"9aec9509","watches":[{"actions":[{"type":"start","time":1750624229528},{"type":"stop","time":1750624259249}]},{"actions":[{"type":"start","time":1750624260597},{"type":"stop","time":1750624272335},{"type":"start","time":1750624303325},{"type":"stop","time":1750624306003}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E215">
-        <v>673</v>
+        <v>29721</v>
       </c>
       <c r="F215">
-        <v>1111975</v>
+        <v>14416</v>
       </c>
       <c r="G215">
         <v>0</v>
       </c>
       <c r="H215">
+        <v>1</v>
+      </c>
+      <c r="I215">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J215">
         <v>0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>214</v>
       </c>
       <c r="B216" s="2">
-        <v>20241116102916</v>
+        <v>20250923173630</v>
       </c>
       <c r="C216" s="2">
-        <v>1731753408959</v>
+        <v>1758649023904</v>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>{"lastSave":1731753408959,"timeWatchM":45762,"timeWatchW":406510,"timeWatchD":0,"countWatchM":3,"countWatchW":7,"countWatchD":0,"id":"a6ee9592","watches":[{"actions":[{"type":"start","time":1731752956679},{"type":"stop","time":1731752966251},{"type":"start","time":1731753047823},{"type":"stop","time":1731753048646},{"type":"start","time":1731753107823},{"type":"stop","time":1731753143190}]},{"actions":[{"type":"start","time":1731752966252},{"type":"stop","time":1731752994738},{"type":"start","time":1731752994739},{"type":"stop","time":1731753047822},{"type":"start","time":1731753048646},{"type":"stop","time":1731753068033},{"type":"start","time":1731753068034},{"type":"stop","time":1731753107822},{"type":"start","time":1731753143191},{"type":"stop","time":1731753165622},{"type":"start","time":1731753165623},{"type":"stop","time":1731753239227},{"type":"start","time":1731753239228},{"type":"stop","time":1731753408959}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758649023904,"timeWatchM":33632,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"9b72ead1","watches":[{"actions":[{"type":"start","time":1758648990271},{"type":"stop","time":1758649023903}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E216">
-        <v>45762</v>
+        <v>33632</v>
       </c>
       <c r="F216">
-        <v>406510</v>
+        <v>0</v>
       </c>
       <c r="G216">
         <v>0</v>
       </c>
       <c r="H216">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I216">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="J216">
         <v>0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>215</v>
       </c>
       <c r="B217" s="2">
-        <v>20250315142029</v>
+        <v>20240105183127</v>
       </c>
       <c r="C217" s="2">
-        <v>1742049670223</v>
+        <v>1728675064717</v>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>{"lastSave":1742049670223,"timeWatchM":1237942,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"a8f5ade5","watches":[{"actions":[{"type":"start","time":1742048429848},{"type":"stop","time":1742049667790}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1728675064717,"timeWatchM":2607230,"timeWatchW":2149865,"timeWatchD":25670,"countWatchM":28,"countWatchW":37,"countWatchD":1,"id":"9d466ace","watches":[{"actions":[{"type":"start","time":1728668680994},{"type":"stop","time":1728669244808},{"type":"start","time":1728669270235},{"type":"stop","time":1728669289305},{"type":"start","time":1728669305331},{"type":"stop","time":1728669322919},{"type":"start","time":1728669352552},{"type":"stop","time":1728669382841},{"type":"start","time":1728669402752},{"type":"stop","time":1728669549240},{"type":"start","time":1728669556265},{"type":"stop","time":1728669567993},{"type":"start","time":1728669579122},{"type":"stop","time":1728669586110},{"type":"start","time":1728669588412},{"type":"stop","time":1728669595841},{"type":"start","time":1728669597207},{"type":"stop","time":1728669603887},{"type":"start","time":1728669712210},{"type":"stop","time":1728669744450},{"type":"start","time":1728670261741},{"type":"stop","time":1728670293806},{"type":"start","time":1728670330350},{"type":"stop","time":1728670333727},{"type":"start","time":1728670344615},{"type":"stop","time":1728670364088},{"type":"start","time":1728670364886},{"type":"stop","time":1728670376787},{"type":"start","time":1728670392501},{"type":"stop","time":1728670424666},{"type":"start","time":1728670430440},{"type":"stop","time":1728670444594},{"type":"start","time":1728671369983},{"type":"stop","time":1728671582256},{"type":"start","time":1728671587438},{"type":"stop","time":1728671640970},{"type":"start","time":1728671648968},{"type":"stop","time":1728671662062},{"type":"start","time":1728672459370},{"type":"stop","time":1728672470530},{"type":"start","time":1728672558734},{"type":"stop","time":1728672602221},{"type":"start","time":1728672738695},{"type":"stop","time":1728672765817},{"type":"start","time":1728672855248},{"type":"stop","time":1728672864689},{"type":"start","time":1728673079832},{"type":"stop","time":1728673985632},{"type":"start","time":1728674061075},{"type":"stop","time":1728674195957},{"type":"start","time":1728674244423},{"type":"stop","time":1728674278828},{"type":"start","time":1728674337375},{"type":"stop","time":1728674463530},{"type":"start","time":1728674984287},{"type":"stop","time":1728675064717}]},{"actions":[{"type":"start","time":1728667918603},{"type":"stop","time":1728668005507},{"type":"start","time":1728668466079},{"type":"stop","time":1728668514232},{"type":"start","time":1728668606046},{"type":"stop","time":1728668680993},{"type":"start","time":1728669244809},{"type":"stop","time":1728669270234},{"type":"start","time":1728669289306},{"type":"stop","time":1728669292917},{"type":"start","time":1728669297795},{"type":"stop","time":1728669305330},{"type":"start","time":1728669324038},{"type":"stop","time":1728669325712},{"type":"start","time":1728669326629},{"type":"stop","time":1728669352551},{"type":"start","time":1728669549241},{"type":"stop","time":1728669556264},{"type":"start","time":1728669567994},{"type":"stop","time":1728669578502},{"type":"start","time":1728669595842},{"type":"stop","time":1728669597206},{"type":"start","time":1728669603887},{"type":"stop","time":1728669695139},{"type":"start","time":1728669698035},{"type":"stop","time":1728669712209},{"type":"start","time":1728670207491},{"type":"stop","time":1728670261740},{"type":"start","time":1728670293807},{"type":"stop","time":1728670328651},{"type":"start","time":1728670334371},{"type":"stop","time":1728670339304},{"type":"start","time":1728670341236},{"type":"stop","time":1728670344059},{"type":"start","time":1728670377544},{"type":"stop","time":1728670392500},{"type":"start","time":1728671306077},{"type":"stop","time":1728671369446},{"type":"start","time":1728671749425},{"type":"stop","time":1728672420033},{"type":"start","time":1728672473267},{"type":"stop","time":1728672477074},{"type":"start","time":1728672479187},{"type":"stop","time":1728672553077},{"type":"start","time":1728672602931},{"type":"stop","time":1728672709410},{"type":"start","time":1728672711728},{"type":"stop","time":1728672736240},{"type":"start","time":1728672765818},{"type":"stop","time":1728672817497},{"type":"start","time":1728672848313},{"type":"stop","time":1728672855247},{"type":"start","time":1728672869329},{"type":"stop","time":1728672919378},{"type":"start","time":1728672934219},{"type":"stop","time":1728672953981},{"type":"start","time":1728673043552},{"type":"stop","time":1728673055401},{"type":"start","time":1728673060408},{"type":"stop","time":1728673078015},{"type":"start","time":1728674026335},{"type":"stop","time":1728674061074},{"type":"start","time":1728674207579},{"type":"stop","time":1728674222669},{"type":"start","time":1728674280294},{"type":"stop","time":1728674288782},{"type":"start","time":1728674319789},{"type":"stop","time":1728674323658},{"type":"start","time":1728674324447},{"type":"stop","time":1728674337375},{"type":"start","time":1728674463531},{"type":"stop","time":1728674884048},{"type":"start","time":1728674912847},{"type":"stop","time":1728674956239}]},{"actions":[{"type":"start","time":1728672822642},{"type":"stop","time":1728672848312}]}]}</t>
         </is>
       </c>
       <c r="E217">
-        <v>1237942</v>
+        <v>2607230</v>
       </c>
       <c r="F217">
-        <v>0</v>
+        <v>2149865</v>
       </c>
       <c r="G217">
-        <v>0</v>
+        <v>25670</v>
       </c>
       <c r="H217">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="I217">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="J217">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>216</v>
       </c>
       <c r="B218" s="2">
-        <v>20250206185129</v>
+        <v>20240504102714</v>
       </c>
       <c r="C218" s="2">
-        <v>1738867897259</v>
+        <v>1714818482149</v>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>{"lastSave":1738867897259,"timeWatchM":6195,"timeWatchW":1762,"timeWatchD":0,"countWatchM":4,"countWatchW":2.5,"countWatchD":0,"id":"aacc5038","watches":[{"actions":[{"type":"start","time":1738867889297},{"type":"stop","time":1738867890651},{"type":"start","time":1738867890652},{"type":"stop","time":1738867892658},{"type":"start","time":1738867892659},{"type":"stop","time":1738867894011},{"type":"start","time":1738867894011},{"type":"stop","time":1738867895494}]},{"actions":[{"type":"start","time":1738867895495},{"type":"stop","time":1738867896352},{"type":"start","time":1738867896353},{"type":"stop","time":1738867897258},{"type":"start","time":1738867897259}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1714818482149,"timeWatchM":8532,"timeWatchW":16696,"timeWatchD":0,"countWatchM":1,"countWatchW":3,"countWatchD":0,"id":"9d483e2d","watches":[{"actions":[{"type":"start","time":1714818434804},{"type":"stop","time":1714818443336}]},{"actions":[{"type":"start","time":1714818447621},{"type":"stop","time":1714818454119},{"type":"start","time":1714818454121},{"type":"stop","time":1714818458504},{"type":"start","time":1714818464005},{"type":"stop","time":1714818469820}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E218">
-        <v>6195</v>
+        <v>8532</v>
       </c>
       <c r="F218">
-        <v>1762</v>
+        <v>16696</v>
       </c>
       <c r="G218">
         <v>0</v>
       </c>
       <c r="H218">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I218">
         <v>3</v>
       </c>
       <c r="J218">
         <v>0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>217</v>
       </c>
       <c r="B219" s="2">
-        <v>20230816193502</v>
+        <v>20250222141400</v>
       </c>
       <c r="C219" s="2">
-        <v>1692214510058</v>
+        <v>1740233657022</v>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>{"lastSave":1692214510058,"timeWatchM":7307,"timeWatchW":0,"timeWatchD":0,"countWatchM":12,"countWatchW":0,"countWatchD":0,"id":"ac247f87","watches":[{"actions":[{"type":"start","time":1692214502712},{"type":"stop","time":1692214504474},{"type":"start","time":1692214504478},{"type":"stop","time":1692214504683},{"type":"start","time":1692214504686},{"type":"stop","time":1692214504846},{"type":"start","time":1692214504849},{"type":"stop","time":1692214505022},{"type":"start","time":1692214505026},{"type":"stop","time":1692214505283},{"type":"start","time":1692214505286},{"type":"stop","time":1692214507587},{"type":"start","time":1692214507591},{"type":"stop","time":1692214507843},{"type":"start","time":1692214507847},{"type":"stop","time":1692214508004},{"type":"start","time":1692214508007},{"type":"stop","time":1692214508368},{"type":"start","time":1692214508373},{"type":"stop","time":1692214508557},{"type":"start","time":1692214508559},{"type":"stop","time":1692214508767},{"type":"start","time":1692214508770},{"type":"stop","time":1692214510057}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1740233657022,"timeWatchM":19559,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"9e1b6394","watches":[{"actions":[{"type":"start","time":1740233637463},{"type":"stop","time":1740233657022}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E219">
-        <v>7307</v>
+        <v>19559</v>
       </c>
       <c r="F219">
         <v>0</v>
       </c>
       <c r="G219">
         <v>0</v>
       </c>
       <c r="H219">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I219">
         <v>0</v>
       </c>
       <c r="J219">
         <v>0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>218</v>
       </c>
       <c r="B220" s="2">
-        <v>20230911174711</v>
+        <v>20250402090220</v>
       </c>
       <c r="C220" s="2">
-        <v>1694454431397</v>
+        <v>1743584544767</v>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>{"lastSave":1694454431397,"timeWatchM":0,"timeWatchW":0,"timeWatchD":0,"countWatchM":0.5,"countWatchW":0,"countWatchD":0,"id":"acbf05e0","watches":[{"actions":[{"type":"start","time":1694454431397}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1743584544767,"timeWatchM":3861,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"9ec762b2","watches":[{"actions":[{"type":"start","time":1743584540906},{"type":"stop","time":1743584544767}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E220">
-        <v>0</v>
+        <v>3861</v>
       </c>
       <c r="F220">
         <v>0</v>
       </c>
       <c r="G220">
         <v>0</v>
       </c>
       <c r="H220">
         <v>1</v>
       </c>
       <c r="I220">
         <v>0</v>
       </c>
       <c r="J220">
         <v>0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>219</v>
       </c>
       <c r="B221" s="2">
-        <v>20250418135501</v>
+        <v>20250923170728</v>
       </c>
       <c r="C221" s="2">
-        <v>1744988388620</v>
+        <v>1758647276518</v>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>{"lastSave":1744988388620,"timeWatchM":3914,"timeWatchW":4631,"timeWatchD":11073,"countWatchM":2,"countWatchW":2,"countWatchD":2,"id":"ad5cea7a","watches":[{"actions":[{"type":"start","time":1744984512013},{"type":"stop","time":1744984514539},{"type":"start","time":1744984519178},{"type":"stop","time":1744984520566}]},{"actions":[{"type":"start","time":1744984509550},{"type":"stop","time":1744984512012},{"type":"start","time":1744984514539},{"type":"stop","time":1744984516708}]},{"actions":[{"type":"start","time":1744984500947},{"type":"stop","time":1744984509550},{"type":"start","time":1744984516708},{"type":"stop","time":1744984519178}]}]}</t>
+          <t>{"lastSave":1758647276518,"timeWatchM":27949,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"9f6c900c","watches":[{"actions":[{"type":"start","time":1758647248568},{"type":"stop","time":1758647276517}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E221">
-        <v>3914</v>
+        <v>27949</v>
       </c>
       <c r="F221">
-        <v>4631</v>
+        <v>0</v>
       </c>
       <c r="G221">
-        <v>11073</v>
+        <v>0</v>
       </c>
       <c r="H221">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I221">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J221">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>220</v>
       </c>
       <c r="B222" s="2">
-        <v>20250524160433</v>
+        <v>20230224100146</v>
       </c>
       <c r="C222" s="2">
-        <v>1748103873481</v>
+        <v>1680867156485</v>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>{"lastSave":1748103873481,"timeWatchM":717043,"timeWatchW":373339,"timeWatchD":0,"countWatchM":4,"countWatchW":5,"countWatchD":0,"id":"adac9509","watches":[{"actions":[{"type":"start","time":1748102931752},{"type":"stop","time":1748103105516},{"type":"start","time":1748103171688},{"type":"stop","time":1748103173754},{"type":"start","time":1748103181970},{"type":"stop","time":1748103368116},{"type":"start","time":1748103375626},{"type":"stop","time":1748103730693}]},{"actions":[{"type":"start","time":1748102708663},{"type":"stop","time":1748102917662},{"type":"start","time":1748103114240},{"type":"stop","time":1748103169216},{"type":"start","time":1748103369122},{"type":"stop","time":1748103373633},{"type":"start","time":1748103742185},{"type":"stop","time":1748103833459},{"type":"start","time":1748103842323},{"type":"stop","time":1748103855902}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1680867156485,"timeWatchM":145634,"timeWatchW":1137578,"timeWatchD":0,"countWatchM":9,"countWatchW":26,"countWatchD":0,"id":"a0b9296f","watches":[{"actions":[{"type":"start","time":1677233057768},{"type":"stop","time":1677233079847},{"type":"start","time":1677233397582},{"type":"stop","time":1677233436977},{"type":"start","time":1677233545750},{"type":"stop","time":1677233553211},{"type":"start","time":1677233566439},{"type":"stop","time":1677233570188},{"type":"start","time":1677233598411},{"type":"stop","time":1677233601552},{"type":"start","time":1677233613900},{"type":"stop","time":1677233615058},{"type":"start","time":1677233656643},{"type":"stop","time":1677233682837},{"type":"start","time":1677233768934},{"type":"stop","time":1677233805459},{"type":"start","time":1677234031265},{"type":"stop","time":1677234037197}]},{"actions":[{"type":"start","time":1677232907863},{"type":"stop","time":1677232958367},{"type":"start","time":1677232958368},{"type":"stop","time":1677232988302},{"type":"start","time":1677232988303},{"type":"stop","time":1677233012002},{"type":"start","time":1677233012003},{"type":"stop","time":1677233042056},{"type":"start","time":1677233042057},{"type":"stop","time":1677233057768},{"type":"start","time":1677233079848},{"type":"stop","time":1677233122785},{"type":"start","time":1677233122786},{"type":"stop","time":1677233134257},{"type":"start","time":1677233134258},{"type":"stop","time":1677233211748},{"type":"start","time":1677233211749},{"type":"stop","time":1677233236174},{"type":"start","time":1677233236174},{"type":"stop","time":1677233271310},{"type":"start","time":1677233271311},{"type":"stop","time":1677233354160},{"type":"start","time":1677233354160},{"type":"stop","time":1677233366641},{"type":"start","time":1677233366642},{"type":"stop","time":1677233397581},{"type":"start","time":1677233439171},{"type":"stop","time":1677233545749},{"type":"start","time":1677233553212},{"type":"stop","time":1677233566437},{"type":"start","time":1677233570189},{"type":"stop","time":1677233598410},{"type":"start","time":1677233601553},{"type":"stop","time":1677233613899},{"type":"start","time":1677233615059},{"type":"stop","time":1677233656642},{"type":"start","time":1677233682838},{"type":"stop","time":1677233768933},{"type":"start","time":1677233808178},{"type":"stop","time":1677233871447},{"type":"start","time":1677233871448},{"type":"stop","time":1677233871891},{"type":"start","time":1677233871892},{"type":"stop","time":1677233874045},{"type":"start","time":1677233874046},{"type":"stop","time":1677233885075},{"type":"start","time":1677233897663},{"type":"stop","time":1677234031264},{"type":"start","time":1677234037198},{"type":"stop","time":1677234207883},{"type":"start","time":1680867148513},{"type":"stop","time":1680867149234}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E222">
-        <v>717043</v>
+        <v>145634</v>
       </c>
       <c r="F222">
-        <v>373339</v>
+        <v>1137578</v>
       </c>
       <c r="G222">
         <v>0</v>
       </c>
       <c r="H222">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I222">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="J222">
         <v>0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>221</v>
       </c>
       <c r="B223" s="2">
-        <v>20230612051333</v>
+        <v>20250911171230</v>
       </c>
       <c r="C223" s="2">
-        <v>1686546851127</v>
+        <v>1757620101484</v>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>{"lastSave":1686546851127,"timeWatchM":5145,"timeWatchW":7386,"timeWatchD":5036,"countWatchM":2,"countWatchW":2,"countWatchD":1,"id":"adff859c","watches":[{"actions":[{"type":"start","time":1686546812859},{"type":"stop","time":1686546815062},{"type":"start","time":1686546827489},{"type":"stop","time":1686546830431}]},{"actions":[{"type":"start","time":1686546815064},{"type":"stop","time":1686546818160},{"type":"start","time":1686546823198},{"type":"stop","time":1686546827488}]},{"actions":[{"type":"start","time":1686546818161},{"type":"stop","time":1686546823197}]}]}</t>
+          <t>{"lastSave":1757620101484,"timeWatchM":4000854,"timeWatchW":2454740,"timeWatchD":0,"countWatchM":41,"countWatchW":27,"countWatchD":0,"id":"a0f85554","watches":[{"actions":[{"type":"start","time":1757610750874},{"type":"stop","time":1757610898660},{"type":"start","time":1757610928294},{"type":"stop","time":1757610934833},{"type":"start","time":1757610942448},{"type":"stop","time":1757610971454},{"type":"start","time":1757610980447},{"type":"stop","time":1757611590209},{"type":"start","time":1757611675553},{"type":"stop","time":1757611684154},{"type":"start","time":1757611689711},{"type":"stop","time":1757611695139},{"type":"start","time":1757611858346},{"type":"stop","time":1757612038818},{"type":"start","time":1757612166330},{"type":"stop","time":1757612452584},{"type":"start","time":1757612574637},{"type":"stop","time":1757612687901},{"type":"start","time":1757612690640},{"type":"stop","time":1757612784935},{"type":"start","time":1757612785688},{"type":"stop","time":1757612845878},{"type":"start","time":1757612899674},{"type":"stop","time":1757612937737},{"type":"start","time":1757613072047},{"type":"stop","time":1757613153672},{"type":"start","time":1757613184133},{"type":"stop","time":1757613218905},{"type":"start","time":1757613224988},{"type":"stop","time":1757613458943},{"type":"start","time":1757613544465},{"type":"stop","time":1757613694499},{"type":"start","time":1757613696462},{"type":"stop","time":1757613699421},{"type":"start","time":1757613776533},{"type":"stop","time":1757613902545},{"type":"start","time":1757613905363},{"type":"stop","time":1757613967210},{"type":"start","time":1757613970873},{"type":"stop","time":1757614015605},{"type":"start","time":1757614038643},{"type":"stop","time":1757614067436},{"type":"start","time":1757614068696},{"type":"stop","time":1757614106100},{"type":"start","time":1757614120171},{"type":"stop","time":1757614157259},{"type":"start","time":1757614163128},{"type":"stop","time":1757614167853},{"type":"start","time":1757614169329},{"type":"stop","time":1757614170763},{"type":"start","time":1757614171582},{"type":"stop","time":1757614189145},{"type":"start","time":1757614189866},{"type":"stop","time":1757614191533},{"type":"start","time":1757614193300},{"type":"stop","time":1757614196367},{"type":"start","time":1757614215376},{"type":"stop","time":1757614221571},{"type":"start","time":1757615055762},{"type":"stop","time":1757615408747},{"type":"start","time":1757615410057},{"type":"stop","time":1757615508854},{"type":"start","time":1757615596653},{"type":"stop","time":1757615881286},{"type":"start","time":1757616091873},{"type":"stop","time":1757616374422},{"type":"start","time":1757616643785},{"type":"stop","time":1757616650386},{"type":"start","time":1757616684639},{"type":"stop","time":1757616730336},{"type":"start","time":1757616731297},{"type":"stop","time":1757616731738},{"type":"start","time":1757616732258},{"type":"stop","time":1757616732641},{"type":"start","time":1757616733010},{"type":"stop","time":1757616733441},{"type":"start","time":1757617708613},{"type":"stop","time":1757617810714},{"type":"start","time":1757619726688},{"type":"stop","time":1757620021558},{"type":"start","time":1757620023649},{"type":"stop","time":1757620101483}]},{"actions":[{"type":"start","time":1757610898661},{"type":"stop","time":1757610908571},{"type":"start","time":1757610912034},{"type":"stop","time":1757610925580},{"type":"start","time":1757610925581},{"type":"stop","time":1757610927490},{"type":"start","time":1757610934834},{"type":"stop","time":1757610942446},{"type":"start","time":1757610971455},{"type":"stop","time":1757610980446},{"type":"start","time":1757611590235},{"type":"stop","time":1757611675552},{"type":"start","time":1757611684155},{"type":"stop","time":1757611689710},{"type":"start","time":1757611696944},{"type":"stop","time":1757611858345},{"type":"start","time":1757612039530},{"type":"stop","time":1757612166329},{"type":"start","time":1757612452586},{"type":"stop","time":1757612572331},{"type":"start","time":1757612850756},{"type":"stop","time":1757612895050},{"type":"start","time":1757612938484},{"type":"stop","time":1757613040768},{"type":"start","time":1757613161229},{"type":"stop","time":1757613184131},{"type":"start","time":1757613458944},{"type":"stop","time":1757613544464},{"type":"start","time":1757613699423},{"type":"stop","time":1757613773946},{"type":"start","time":1757614015607},{"type":"stop","time":1757614038265},{"type":"start","time":1757614167854},{"type":"stop","time":1757614169328},{"type":"start","time":1757614189148},{"type":"stop","time":1757614189865},{"type":"start","time":1757614196368},{"type":"stop","time":1757614215375},{"type":"start","time":1757615508856},{"type":"stop","time":1757615596651},{"type":"start","time":1757615881288},{"type":"stop","time":1757616091860},{"type":"start","time":1757616374850},{"type":"stop","time":1757616627417},{"type":"start","time":1757616650388},{"type":"stop","time":1757616663028},{"type":"start","time":1757616730338},{"type":"stop","time":1757616731296},{"type":"start","time":1757616731739},{"type":"stop","time":1757616732257},{"type":"start","time":1757616732643},{"type":"stop","time":1757616733009},{"type":"start","time":1757616733443},{"type":"stop","time":1757617708603}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E223">
-        <v>5145</v>
+        <v>4000854</v>
       </c>
       <c r="F223">
-        <v>7386</v>
+        <v>2454740</v>
       </c>
       <c r="G223">
-        <v>5036</v>
+        <v>0</v>
       </c>
       <c r="H223">
-        <v>2</v>
+        <v>41</v>
       </c>
       <c r="I223">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="J223">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>222</v>
       </c>
       <c r="B224" s="2">
-        <v>20231215180218</v>
+        <v>20250731171532</v>
       </c>
       <c r="C224" s="2">
-        <v>1706288489848</v>
+        <v>1753990972929</v>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>{"lastSave":1706288489848,"timeWatchM":1244020,"timeWatchW":1008900,"timeWatchD":123016,"countWatchM":18,"countWatchW":20,"countWatchD":6,"id":"af3a1fd5","watches":[{"actions":[{"type":"start","time":1702663734692},{"type":"stop","time":1702663841118},{"type":"start","time":1702664073444},{"type":"stop","time":1702664171641},{"type":"start","time":1702664175313},{"type":"stop","time":1702664235580},{"type":"start","time":1702664270233},{"type":"stop","time":1702664286567},{"type":"start","time":1702664288365},{"type":"stop","time":1702664314486},{"type":"start","time":1702664346417},{"type":"stop","time":1702664364933},{"type":"start","time":1702665623488},{"type":"stop","time":1702665637762},{"type":"start","time":1702665725039},{"type":"stop","time":1702665784279},{"type":"start","time":1702665885474},{"type":"stop","time":1702666021535},{"type":"start","time":1702666098605},{"type":"stop","time":1702666217659},{"type":"start","time":1702666224447},{"type":"stop","time":1702666331518},{"type":"start","time":1702666342177},{"type":"stop","time":1702666378623},{"type":"start","time":1702666418903},{"type":"stop","time":1702666434513},{"type":"start","time":1702666450563},{"type":"stop","time":1702666528114},{"type":"start","time":1702666592758},{"type":"stop","time":1702666780388},{"type":"start","time":1702666826203},{"type":"stop","time":1702666908669},{"type":"start","time":1702666948693},{"type":"stop","time":1702666961739},{"type":"start","time":1702667010180},{"type":"stop","time":1702667079890}]},{"actions":[{"type":"start","time":1702663337336},{"type":"stop","time":1702663487180},{"type":"start","time":1702663727601},{"type":"stop","time":1702663733252},{"type":"start","time":1702663859555},{"type":"stop","time":1702663871119},{"type":"start","time":1702663872555},{"type":"stop","time":1702663903087},{"type":"start","time":1702663926829},{"type":"stop","time":1702663947846},{"type":"start","time":1702663958225},{"type":"stop","time":1702663968341},{"type":"start","time":1702663969638},{"type":"stop","time":1702664009044},{"type":"start","time":1702665283200},{"type":"stop","time":1702665574406},{"type":"start","time":1702665606252},{"type":"stop","time":1702665623487},{"type":"start","time":1702665645878},{"type":"stop","time":1702665661001},{"type":"start","time":1702665700287},{"type":"stop","time":1702665723139},{"type":"start","time":1702665794096},{"type":"stop","time":1702665811168},{"type":"start","time":1702666023859},{"type":"stop","time":1702666098604},{"type":"start","time":1702666217660},{"type":"stop","time":1702666224446},{"type":"start","time":1702666378624},{"type":"stop","time":1702666418902},{"type":"start","time":1702666434514},{"type":"stop","time":1702666450563},{"type":"start","time":1702666528115},{"type":"stop","time":1702666536144},{"type":"start","time":1702666908669},{"type":"stop","time":1702666938890},{"type":"start","time":1702666961740},{"type":"stop","time":1702667010179},{"type":"start","time":1702667325180},{"type":"stop","time":1702667477915}]},{"actions":[{"type":"start","time":1702664026114},{"type":"stop","time":1702664029398},{"type":"start","time":1702664029399},{"type":"stop","time":1702664033094},{"type":"start","time":1702666331519},{"type":"stop","time":1702666342176},{"type":"start","time":1702666536145},{"type":"stop","time":1702666592757},{"type":"start","time":1702666780388},{"type":"stop","time":1702666819354},{"type":"start","time":1702666938890},{"type":"stop","time":1702666948692}]}]}</t>
+          <t>{"lastSave":1753990972929,"timeWatchM":2623159,"timeWatchW":2804358,"timeWatchD":0,"countWatchM":104,"countWatchW":112,"countWatchD":0,"id":"a13bad2b","watches":[{"actions":[{"type":"start","time":1753982148285},{"type":"stop","time":1753982157210},{"type":"start","time":1753982157212},{"type":"stop","time":1753982158016},{"type":"start","time":1753982160902},{"type":"stop","time":1753982180818},{"type":"start","time":1753982502715},{"type":"stop","time":1753982535474},{"type":"start","time":1753982597838},{"type":"stop","time":1753982631682},{"type":"start","time":1753982647297},{"type":"stop","time":1753982648297},{"type":"start","time":1753982690776},{"type":"stop","time":1753982698943},{"type":"start","time":1753982826488},{"type":"stop","time":1753982855905},{"type":"start","time":1753982897816},{"type":"stop","time":1753982981412},{"type":"start","time":1753982981413},{"type":"stop","time":1753982984123},{"type":"start","time":1753983025159},{"type":"stop","time":1753983092334},{"type":"start","time":1753983094064},{"type":"stop","time":1753983099522},{"type":"start","time":1753983180037},{"type":"stop","time":1753983243573},{"type":"start","time":1753983291657},{"type":"stop","time":1753983299763},{"type":"start","time":1753983354366},{"type":"stop","time":1753983399231},{"type":"start","time":1753983399231},{"type":"stop","time":1753983458215},{"type":"start","time":1753983459963},{"type":"stop","time":1753983485404},{"type":"start","time":1753983485405},{"type":"stop","time":1753983539980},{"type":"start","time":1753983557182},{"type":"stop","time":1753983576093},{"type":"start","time":1753983577767},{"type":"stop","time":1753983584543},{"type":"start","time":1753983740815},{"type":"stop","time":1753983764724},{"type":"start","time":1753983771020},{"type":"stop","time":1753983783001},{"type":"start","time":1753983880865},{"type":"stop","time":1753983893693},{"type":"start","time":1753984025531},{"type":"stop","time":1753984028640},{"type":"start","time":1753984028640},{"type":"stop","time":1753984033531},{"type":"start","time":1753984033531},{"type":"stop","time":1753984062953},{"type":"start","time":1753984062954},{"type":"stop","time":1753984098233},{"type":"start","time":1753984170142},{"type":"stop","time":1753984196732},{"type":"start","time":1753984222498},{"type":"stop","time":1753984227854},{"type":"start","time":1753984263267},{"type":"stop","time":1753984312288},{"type":"start","time":1753984319385},{"type":"stop","time":1753984320630},{"type":"start","time":1753984320630},{"type":"stop","time":1753984331501},{"type":"start","time":1753984486551},{"type":"stop","time":1753984496468},{"type":"start","time":1753984520315},{"type":"stop","time":1753984568485},{"type":"start","time":1753984577306},{"type":"stop","time":1753984597188},{"type":"start","time":1753984597189},{"type":"stop","time":1753984621809},{"type":"start","time":1753984621809},{"type":"stop","time":1753984656004},{"type":"start","time":1753984656005},{"type":"stop","time":1753984722784},{"type":"start","time":1753984857204},{"type":"stop","time":1753984889394},{"type":"start","time":1753984936474},{"type":"stop","time":1753984950144},{"type":"start","time":1753985015329},{"type":"stop","time":1753985019864},{"type":"start","time":1753985020504},{"type":"stop","time":1753985021483},{"type":"start","time":1753985023520},{"type":"stop","time":1753985040613},{"type":"start","time":1753985045518},{"type":"stop","time":1753985058186},{"type":"start","time":1753985059801},{"type":"stop","time":1753985060719},{"type":"start","time":1753985062760},{"type":"stop","time":1753985063793},{"type":"start","time":1753985106558},{"type":"stop","time":1753985109691},{"type":"start","time":1753985109692},{"type":"stop","time":1753985120752},{"type":"start","time":1753985127110},{"type":"stop","time":1753985128082},{"type":"start","time":1753985166357},{"type":"stop","time":1753985185346},{"type":"start","time":1753985220712},{"type":"stop","time":1753985285356},{"type":"start","time":1753985294768},{"type":"stop","time":1753985318383},{"type":"start","time":1753985402916},{"type":"stop","time":1753985410040},{"type":"start","time":1753985410041},{"type":"stop","time":1753985418018},{"type":"start","time":1753985418019},{"type":"stop","time":1753985438486},{"type":"start","time":1753985457016},{"type":"stop","time":1753985467520},{"type":"start","time":1753985467522},{"type":"stop","time":1753985497383},{"type":"start","time":1753985506427},{"type":"stop","time":1753985522852},{"type":"start","time":1753985522854},{"type":"stop","time":1753985548418},{"type":"start","time":1753985561490},{"type":"stop","time":1753985568385},{"type":"start","time":1753988243037},{"type":"stop","time":1753988244138},{"type":"start","time":1753988247318},{"type":"stop","time":1753988252883},{"type":"start","time":1753988258393},{"type":"stop","time":1753988264978},{"type":"start","time":1753988339744},{"type":"stop","time":1753988349502},{"type":"start","time":1753988358526},{"type":"stop","time":1753988367536},{"type":"start","time":1753988405562},{"type":"stop","time":1753988480725},{"type":"start","time":1753988485500},{"type":"stop","time":1753988499149},{"type":"start","time":1753988499151},{"type":"stop","time":1753988532407},{"type":"start","time":1753988548857},{"type":"stop","time":1753988567492},{"type":"start","time":1753988572056},{"type":"stop","time":1753988583145},{"type":"start","time":1753988583146},{"type":"stop","time":1753988588430},{"type":"start","time":1753988639482},{"type":"stop","time":1753988644899},{"type":"start","time":1753988675742},{"type":"stop","time":1753988731221},{"type":"start","time":1753988776716},{"type":"stop","time":1753988794886},{"type":"start","time":1753988805826},{"type":"stop","time":1753988812667},{"type":"start","time":1753988858715},{"type":"stop","time":1753988866589},{"type":"start","time":1753989054631},{"type":"stop","time":1753989055538},{"type":"start","time":1753989056880},{"type":"stop","time":1753989068617},{"type":"start","time":1753989097487},{"type":"stop","time":1753989106253},{"type":"start","time":1753989150196},{"type":"stop","time":1753989173247},{"type":"start","time":1753989287841},{"type":"stop","time":1753989325246},{"type":"start","time":1753989347726},{"type":"stop","time":1753989353690},{"type":"start","time":1753989353691},{"type":"stop","time":1753989485063},{"type":"start","time":1753989511611},{"type":"stop","time":1753989514722},{"type":"start","time":1753989514723},{"type":"stop","time":1753989535923},{"type":"start","time":1753989535926},{"type":"stop","time":1753989616851},{"type":"start","time":1753989744783},{"type":"stop","time":1753989781479},{"type":"start","time":1753989781481},{"type":"stop","time":1753989819573},{"type":"start","time":1753989819575},{"type":"stop","time":1753989824539},{"type":"start","time":1753989830332},{"type":"stop","time":1753989945762},{"type":"start","time":1753989945763},{"type":"stop","time":1753989947387},{"type":"start","time":1753989947388},{"type":"stop","time":1753989975345},{"type":"start","time":1753989975346},{"type":"stop","time":1753990020942},{"type":"start","time":1753990025510},{"type":"stop","time":1753990037264},{"type":"start","time":1753990037266},{"type":"stop","time":1753990081167},{"type":"start","time":1753990149815},{"type":"stop","time":1753990267197},{"type":"start","time":1753990338272},{"type":"stop","time":1753990462865},{"type":"start","time":1753990573236},{"type":"stop","time":1753990574511},{"type":"start","time":1753990671672},{"type":"stop","time":1753990712883},{"type":"start","time":1753990714246},{"type":"stop","time":1753990741011},{"type":"start","time":1753990741012},{"type":"stop","time":1753990785857},{"type":"start","time":1753990795680},{"type":"stop","time":1753990796511},{"type":"start","time":1753990810289},{"type":"stop","time":1753990814355},{"type":"start","time":1753990897804},{"type":"stop","time":1753990903321}]},{"actions":[{"type":"start","time":1753982131534},{"type":"stop","time":1753982148285},{"type":"start","time":1753982158016},{"type":"stop","time":1753982160901},{"type":"start","time":1753982180818},{"type":"stop","time":1753982188316},{"type":"start","time":1753982188316},{"type":"stop","time":1753982221178},{"type":"start","time":1753982226946},{"type":"stop","time":1753982298840},{"type":"start","time":1753982298841},{"type":"stop","time":1753982342945},{"type":"start","time":1753982345404},{"type":"stop","time":1753982401602},{"type":"start","time":1753982401602},{"type":"stop","time":1753982437149},{"type":"start","time":1753982464836},{"type":"stop","time":1753982467260},{"type":"start","time":1753982467261},{"type":"stop","time":1753982499020},{"type":"start","time":1753982535475},{"type":"stop","time":1753982565588},{"type":"start","time":1753982578187},{"type":"stop","time":1753982597838},{"type":"start","time":1753982631683},{"type":"stop","time":1753982647296},{"type":"start","time":1753982648297},{"type":"stop","time":1753982657009},{"type":"start","time":1753982657009},{"type":"stop","time":1753982690775},{"type":"start","time":1753982699755},{"type":"stop","time":1753982727111},{"type":"start","time":1753982744478},{"type":"stop","time":1753982756329},{"type":"start","time":1753982760629},{"type":"stop","time":1753982826488},{"type":"start","time":1753982855906},{"type":"stop","time":1753982897815},{"type":"start","time":1753982984123},{"type":"stop","time":1753983009716},{"type":"start","time":1753983101134},{"type":"stop","time":1753983151142},{"type":"start","time":1753983154115},{"type":"stop","time":1753983169175},{"type":"start","time":1753983243574},{"type":"stop","time":1753983291656},{"type":"start","time":1753983299764},{"type":"stop","time":1753983352409},{"type":"start","time":1753983539981},{"type":"stop","time":1753983555952},{"type":"start","time":1753983595185},{"type":"stop","time":1753983712727},{"type":"start","time":1753983735367},{"type":"stop","time":1753983738640},{"type":"start","time":1753983764725},{"type":"stop","time":1753983771019},{"type":"start","time":1753983795925},{"type":"stop","time":1753983825411},{"type":"start","time":1753983893694},{"type":"stop","time":1753983914059},{"type":"start","time":1753983973297},{"type":"stop","time":1753983988227},{"type":"start","time":1753983988228},{"type":"stop","time":1753984025530},{"type":"start","time":1753984098234},{"type":"stop","time":1753984150746},{"type":"start","time":1753984227855},{"type":"stop","time":1753984262328},{"type":"start","time":1753984312289},{"type":"stop","time":1753984319385},{"type":"start","time":1753984331502},{"type":"stop","time":1753984347961},{"type":"start","time":1753984352211},{"type":"stop","time":1753984381730},{"type":"start","time":1753984385114},{"type":"stop","time":1753984400981},{"type":"start","time":1753984400982},{"type":"stop","time":1753984412310},{"type":"start","time":1753984418307},{"type":"stop","time":1753984436703},{"type":"start","time":1753984447183},{"type":"stop","time":1753984486550},{"type":"start","time":1753984496469},{"type":"stop","time":1753984520314},{"type":"start","time":1753984726766},{"type":"stop","time":1753984760965},{"type":"start","time":1753984765034},{"type":"stop","time":1753984772992},{"type":"start","time":1753984772993},{"type":"stop","time":1753984844102},{"type":"start","time":1753984910675},{"type":"stop","time":1753984936473},{"type":"start","time":1753984965516},{"type":"stop","time":1753985015328},{"type":"start","time":1753985019865},{"type":"stop","time":1753985020503},{"type":"start","time":1753985040615},{"type":"stop","time":1753985043844},{"type":"start","time":1753985058187},{"type":"stop","time":1753985059800},{"type":"start","time":1753985060720},{"type":"stop","time":1753985062758},{"type":"start","time":1753985063794},{"type":"stop","time":1753985106557},{"type":"start","time":1753985120753},{"type":"stop","time":1753985127110},{"type":"start","time":1753985128083},{"type":"stop","time":1753985139673},{"type":"start","time":1753985139674},{"type":"stop","time":1753985151849},{"type":"start","time":1753985185348},{"type":"stop","time":1753985194267},{"type":"start","time":1753985197414},{"type":"stop","time":1753985213649},{"type":"start","time":1753985213649},{"type":"stop","time":1753985220711},{"type":"start","time":1753985285357},{"type":"stop","time":1753985289031},{"type":"start","time":1753985318385},{"type":"stop","time":1753985336353},{"type":"start","time":1753985344122},{"type":"stop","time":1753985351162},{"type":"start","time":1753985351164},{"type":"stop","time":1753985396499},{"type":"start","time":1753985396500},{"type":"stop","time":1753985400170},{"type":"start","time":1753985400171},{"type":"stop","time":1753985402915},{"type":"start","time":1753985439711},{"type":"stop","time":1753985457015},{"type":"start","time":1753985497384},{"type":"stop","time":1753985506426},{"type":"start","time":1753985548419},{"type":"stop","time":1753985561488},{"type":"start","time":1753988241669},{"type":"stop","time":1753988243037},{"type":"start","time":1753988244139},{"type":"stop","time":1753988244497},{"type":"start","time":1753988244499},{"type":"stop","time":1753988247317},{"type":"start","time":1753988264979},{"type":"stop","time":1753988269341},{"type":"start","time":1753988278491},{"type":"stop","time":1753988292399},{"type":"start","time":1753988300151},{"type":"stop","time":1753988308303},{"type":"start","time":1753988321246},{"type":"stop","time":1753988339743},{"type":"start","time":1753988354768},{"type":"stop","time":1753988355606},{"type":"start","time":1753988383843},{"type":"stop","time":1753988405561},{"type":"start","time":1753988540548},{"type":"stop","time":1753988548856},{"type":"start","time":1753988567494},{"type":"stop","time":1753988572055},{"type":"start","time":1753988588431},{"type":"stop","time":1753988600579},{"type":"start","time":1753988610892},{"type":"stop","time":1753988639481},{"type":"start","time":1753988644900},{"type":"stop","time":1753988664991},{"type":"start","time":1753988664992},{"type":"stop","time":1753988675741},{"type":"start","time":1753988731223},{"type":"stop","time":1753988764085},{"type":"start","time":1753988794888},{"type":"stop","time":1753988805825},{"type":"start","time":1753988858103},{"type":"stop","time":1753988858714},{"type":"start","time":1753988866591},{"type":"stop","time":1753988873389},{"type":"start","time":1753988881876},{"type":"stop","time":1753988904155},{"type":"start","time":1753988904156},{"type":"stop","time":1753988920013},{"type":"start","time":1753988920015},{"type":"stop","time":1753988984776},{"type":"start","time":1753988993507},{"type":"stop","time":1753989054629},{"type":"start","time":1753989055539},{"type":"stop","time":1753989056879},{"type":"start","time":1753989090320},{"type":"stop","time":1753989097487},{"type":"start","time":1753989106255},{"type":"stop","time":1753989146314},{"type":"start","time":1753989173248},{"type":"stop","time":1753989210725},{"type":"start","time":1753989210728},{"type":"stop","time":1753989287028},{"type":"start","time":1753989325248},{"type":"stop","time":1753989344441},{"type":"start","time":1753989344443},{"type":"stop","time":1753989347725},{"type":"start","time":1753989616853},{"type":"stop","time":1753989624001},{"type":"start","time":1753989624003},{"type":"stop","time":1753989744782},{"type":"start","time":1753989824540},{"type":"stop","time":1753989830330},{"type":"start","time":1753990081168},{"type":"stop","time":1753990149814},{"type":"start","time":1753990267199},{"type":"stop","time":1753990290889},{"type":"start","time":1753990293040},{"type":"stop","time":1753990338270},{"type":"start","time":1753990465571},{"type":"stop","time":1753990518204},{"type":"start","time":1753990518205},{"type":"stop","time":1753990573233},{"type":"start","time":1753990574512},{"type":"stop","time":1753990671671},{"type":"start","time":1753990712885},{"type":"stop","time":1753990714245},{"type":"start","time":1753990785858},{"type":"stop","time":1753990795678},{"type":"start","time":1753990796513},{"type":"stop","time":1753990810288},{"type":"start","time":1753990814356},{"type":"stop","time":1753990832000},{"type":"start","time":1753990833449},{"type":"stop","time":1753990897802},{"type":"start","time":1753990903323},{"type":"stop","time":1753990904610}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E224">
-        <v>1244020</v>
+        <v>2623159</v>
       </c>
       <c r="F224">
-        <v>1008900</v>
+        <v>2804358</v>
       </c>
       <c r="G224">
-        <v>123016</v>
+        <v>0</v>
       </c>
       <c r="H224">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="I224">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="J224">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>223</v>
       </c>
       <c r="B225" s="2">
-        <v>20250131181138</v>
+        <v>20231119113242</v>
       </c>
       <c r="C225" s="2">
-        <v>1738356060178</v>
+        <v>1700394706200</v>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>{"lastSave":1738356060178,"timeWatchM":3212253,"timeWatchW":1475254,"timeWatchD":727563,"countWatchM":65,"countWatchW":34,"countWatchD":17,"id":"b01a377f","watches":[{"actions":[{"type":"start","time":1738347098330},{"type":"stop","time":1738347104954},{"type":"start","time":1738347104957},{"type":"stop","time":1738347199235},{"type":"start","time":1738347199237},{"type":"stop","time":1738347206187},{"type":"start","time":1738347206189},{"type":"stop","time":1738347215120},{"type":"start","time":1738347547331},{"type":"stop","time":1738347568279},{"type":"start","time":1738347568281},{"type":"stop","time":1738347591336},{"type":"start","time":1738347618386},{"type":"stop","time":1738347694528},{"type":"start","time":1738347766728},{"type":"stop","time":1738347806116},{"type":"start","time":1738347806118},{"type":"stop","time":1738347828479},{"type":"start","time":1738347838778},{"type":"stop","time":1738347878162},{"type":"start","time":1738348032321},{"type":"stop","time":1738348042935},{"type":"start","time":1738348113126},{"type":"stop","time":1738348121336},{"type":"start","time":1738348148980},{"type":"stop","time":1738348404082},{"type":"start","time":1738349774673},{"type":"stop","time":1738349839232},{"type":"start","time":1738349839234},{"type":"stop","time":1738349862640},{"type":"start","time":1738349862642},{"type":"stop","time":1738349903143},{"type":"start","time":1738349903145},{"type":"stop","time":1738349926334},{"type":"start","time":1738349926336},{"type":"stop","time":1738349989425},{"type":"start","time":1738349989428},{"type":"stop","time":1738350097491},{"type":"start","time":1738350097493},{"type":"stop","time":1738350128495},{"type":"start","time":1738350339725},{"type":"stop","time":1738350356218},{"type":"start","time":1738350356221},{"type":"stop","time":1738350399264},{"type":"start","time":1738350399267},{"type":"stop","time":1738350497035},{"type":"start","time":1738350497037},{"type":"stop","time":1738350573694},{"type":"start","time":1738350604465},{"type":"stop","time":1738350652985},{"type":"start","time":1738350688934},{"type":"stop","time":1738350692750},{"type":"start","time":1738351546335},{"type":"stop","time":1738351584381},{"type":"start","time":1738351654469},{"type":"stop","time":1738351661729},{"type":"start","time":1738351661731},{"type":"stop","time":1738351688685},{"type":"start","time":1738351749224},{"type":"stop","time":1738351776284},{"type":"start","time":1738351793746},{"type":"stop","time":1738351822700},{"type":"start","time":1738351842660},{"type":"stop","time":1738351889322},{"type":"start","time":1738351889324},{"type":"stop","time":1738351979218},{"type":"start","time":1738351979220},{"type":"stop","time":1738352066881},{"type":"start","time":1738352121547},{"type":"stop","time":1738352226107},{"type":"start","time":1738352301133},{"type":"stop","time":1738352524471},{"type":"start","time":1738352673236},{"type":"stop","time":1738352729932},{"type":"start","time":1738352763738},{"type":"stop","time":1738352825176},{"type":"start","time":1738352912196},{"type":"stop","time":1738352915092},{"type":"start","time":1738352946531},{"type":"stop","time":1738352972810},{"type":"start","time":1738353170276},{"type":"stop","time":1738353240637},{"type":"start","time":1738353302217},{"type":"stop","time":1738353329490},{"type":"start","time":1738353423504},{"type":"stop","time":1738353442912},{"type":"start","time":1738353458925},{"type":"stop","time":1738353484083},{"type":"start","time":1738353535608},{"type":"stop","time":1738353578364},{"type":"start","time":1738353582732},{"type":"stop","time":1738353619399},{"type":"start","time":1738353621934},{"type":"stop","time":1738353697247},{"type":"start","time":1738353732510},{"type":"stop","time":1738353782574},{"type":"start","time":1738353890003},{"type":"stop","time":1738353953981},{"type":"start","time":1738353953983},{"type":"stop","time":1738353990533},{"type":"start","time":1738353990536},{"type":"stop","time":1738354048512},{"type":"start","time":1738354106563},{"type":"stop","time":1738354224694},{"type":"start","time":1738354288060},{"type":"stop","time":1738354315780},{"type":"start","time":1738354388320},{"type":"stop","time":1738354461635},{"type":"start","time":1738354477647},{"type":"stop","time":1738354496723},{"type":"start","time":1738354533532},{"type":"stop","time":1738354547094},{"type":"start","time":1738354583738},{"type":"stop","time":1738354598731},{"type":"start","time":1738354603635},{"type":"stop","time":1738354642629},{"type":"start","time":1738354648967},{"type":"stop","time":1738354651047},{"type":"start","time":1738355576828},{"type":"stop","time":1738355688169},{"type":"start","time":1738355688172},{"type":"stop","time":1738355760919},{"type":"start","time":1738355830300},{"type":"stop","time":1738355900245},{"type":"start","time":1738355929646},{"type":"stop","time":1738355978975},{"type":"start","time":1738355996011},{"type":"stop","time":1738356003524},{"type":"start","time":1738356051966},{"type":"stop","time":1738356060178}]},{"actions":[{"type":"start","time":1738347591337},{"type":"stop","time":1738347618384},{"type":"start","time":1738347694530},{"type":"stop","time":1738347766726},{"type":"start","time":1738347828481},{"type":"stop","time":1738347838776},{"type":"start","time":1738347878164},{"type":"stop","time":1738348032319},{"type":"start","time":1738348042937},{"type":"stop","time":1738348113122},{"type":"start","time":1738348121340},{"type":"stop","time":1738348148978},{"type":"start","time":1738350128497},{"type":"stop","time":1738350339722},{"type":"start","time":1738350573696},{"type":"stop","time":1738350604463},{"type":"start","time":1738350652987},{"type":"stop","time":1738350663903},{"type":"start","time":1738350663905},{"type":"stop","time":1738350688932},{"type":"start","time":1738350692752},{"type":"stop","time":1738350699151},{"type":"start","time":1738351776286},{"type":"stop","time":1738351793744},{"type":"start","time":1738352066883},{"type":"stop","time":1738352109397},{"type":"start","time":1738352268977},{"type":"stop","time":1738352301131},{"type":"start","time":1738352524473},{"type":"stop","time":1738352618807},{"type":"start","time":1738352618810},{"type":"stop","time":1738352638981},{"type":"start","time":1738352638985},{"type":"stop","time":1738352673234},{"type":"start","time":1738353099758},{"type":"stop","time":1738353113781},{"type":"start","time":1738353240639},{"type":"stop","time":1738353302214},{"type":"start","time":1738353329493},{"type":"stop","time":1738353373374},{"type":"start","time":1738353383088},{"type":"stop","time":1738353423501},{"type":"start","time":1738353442914},{"type":"stop","time":1738353458923},{"type":"start","time":1738353578367},{"type":"stop","time":1738353582730},{"type":"start","time":1738353619401},{"type":"stop","time":1738353621932},{"type":"start","time":1738353792373},{"type":"stop","time":1738353843321},{"type":"start","time":1738354050515},{"type":"stop","time":1738354106561},{"type":"start","time":1738354224696},{"type":"stop","time":1738354288058},{"type":"start","time":1738354496726},{"type":"stop","time":1738354525465},{"type":"start","time":1738354525467},{"type":"stop","time":1738354533530},{"type":"start","time":1738354547096},{"type":"stop","time":1738354583736},{"type":"start","time":1738354651050},{"type":"stop","time":1738354671380},{"type":"start","time":1738355510399},{"type":"stop","time":1738355576826},{"type":"start","time":1738355760921},{"type":"stop","time":1738355787659},{"type":"start","time":1738356003527},{"type":"stop","time":1738356051963}]},{"actions":[{"type":"start","time":1738351584383},{"type":"stop","time":1738351654467},{"type":"start","time":1738351688687},{"type":"stop","time":1738351749222},{"type":"start","time":1738351822702},{"type":"stop","time":1738351842658},{"type":"start","time":1738352109399},{"type":"stop","time":1738352121545},{"type":"start","time":1738352226109},{"type":"stop","time":1738352268974},{"type":"start","time":1738352729934},{"type":"stop","time":1738352763735},{"type":"start","time":1738352849816},{"type":"stop","time":1738352912194},{"type":"start","time":1738352915095},{"type":"stop","time":1738352946529},{"type":"start","time":1738352972812},{"type":"stop","time":1738353099756},{"type":"start","time":1738353113783},{"type":"stop","time":1738353170274},{"type":"start","time":1738353373377},{"type":"stop","time":1738353383086},{"type":"start","time":1738353843323},{"type":"stop","time":1738353890001},{"type":"start","time":1738354315783},{"type":"stop","time":1738354388317},{"type":"start","time":1738354461637},{"type":"stop","time":1738354477645},{"type":"start","time":1738354642631},{"type":"stop","time":1738354648965},{"type":"start","time":1738355787662},{"type":"stop","time":1738355830297},{"type":"start","time":1738355978978},{"type":"stop","time":1738355996009}]}]}</t>
+          <t>{"lastSave":1700394706200,"timeWatchM":13707,"timeWatchW":243010,"timeWatchD":0,"countWatchM":1,"countWatchW":7,"countWatchD":0,"id":"a172cadb","watches":[{"actions":[{"type":"start","time":1700394669103},{"type":"stop","time":1700394682810}]},{"actions":[{"type":"start","time":1700393573132},{"type":"stop","time":1700393617214},{"type":"start","time":1700393636357},{"type":"stop","time":1700393667929},{"type":"start","time":1700393670309},{"type":"stop","time":1700393704789},{"type":"start","time":1700393781142},{"type":"stop","time":1700393803650},{"type":"start","time":1700393810263},{"type":"stop","time":1700393885978},{"type":"start","time":1700394648156},{"type":"stop","time":1700394669102},{"type":"start","time":1700394682811},{"type":"stop","time":1700394696518}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E225">
-        <v>3212253</v>
+        <v>13707</v>
       </c>
       <c r="F225">
-        <v>1475254</v>
+        <v>243010</v>
       </c>
       <c r="G225">
-        <v>727563</v>
+        <v>0</v>
       </c>
       <c r="H225">
-        <v>65</v>
+        <v>1</v>
       </c>
       <c r="I225">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="J225">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>224</v>
       </c>
       <c r="B226" s="2">
-        <v>20231118080503</v>
+        <v>20240126174533</v>
       </c>
       <c r="C226" s="2">
-        <v>1700305449213</v>
+        <v>1706291147326</v>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>{"lastSave":1700305449213,"timeWatchM":140661,"timeWatchW":5589627,"timeWatchD":0,"countWatchM":3,"countWatchW":30,"countWatchD":0,"id":"b0b07b27","watches":[{"actions":[{"type":"start","time":1700294734378},{"type":"stop","time":1700294743038},{"type":"start","time":1700297121232},{"type":"stop","time":1700297203999},{"type":"start","time":1700297247723},{"type":"stop","time":1700297296957}]},{"actions":[{"type":"start","time":1700294703418},{"type":"stop","time":1700294734378},{"type":"start","time":1700294743039},{"type":"stop","time":1700294857240},{"type":"start","time":1700294857240},{"type":"stop","time":1700295011536},{"type":"start","time":1700295011537},{"type":"stop","time":1700296495110},{"type":"start","time":1700296947971},{"type":"stop","time":1700297009348},{"type":"start","time":1700297009349},{"type":"stop","time":1700297108590},{"type":"start","time":1700297108590},{"type":"stop","time":1700297121231},{"type":"start","time":1700297204000},{"type":"stop","time":1700297247722},{"type":"start","time":1700297296957},{"type":"stop","time":1700297555718},{"type":"start","time":1700297555718},{"type":"stop","time":1700297910618},{"type":"start","time":1700297921610},{"type":"stop","time":1700297940092},{"type":"start","time":1700297956551},{"type":"stop","time":1700297984075},{"type":"start","time":1700297998107},{"type":"stop","time":1700298154890},{"type":"start","time":1700298169233},{"type":"stop","time":1700298172907},{"type":"start","time":1700298172908},{"type":"stop","time":1700298194331},{"type":"start","time":1700298194331},{"type":"stop","time":1700298203361},{"type":"start","time":1700298203361},{"type":"stop","time":1700298208218},{"type":"start","time":1700298208219},{"type":"stop","time":1700298221091},{"type":"start","time":1700298221092},{"type":"stop","time":1700298229769},{"type":"start","time":1700298229769},{"type":"stop","time":1700298252098},{"type":"start","time":1700298252099},{"type":"stop","time":1700299383347},{"type":"start","time":1700301340428},{"type":"stop","time":1700302421560},{"type":"start","time":1700304593049},{"type":"stop","time":1700304635798},{"type":"start","time":1700304653055},{"type":"stop","time":1700304825826},{"type":"start","time":1700304825827},{"type":"stop","time":1700304870163},{"type":"start","time":1700304870163},{"type":"stop","time":1700304891204},{"type":"start","time":1700304918046},{"type":"stop","time":1700304942220},{"type":"start","time":1700304946880},{"type":"stop","time":1700305054429},{"type":"start","time":1700305079960},{"type":"stop","time":1700305131298},{"type":"start","time":1700305149015},{"type":"stop","time":1700305162981}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1706291147326,"timeWatchM":11673,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"a24f85f2","watches":[{"actions":[{"type":"start","time":1706291135651},{"type":"stop","time":1706291137014},{"type":"start","time":1706291137015},{"type":"stop","time":1706291145200},{"type":"start","time":1706291145201},{"type":"stop","time":1706291147326}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E226">
-        <v>140661</v>
+        <v>11673</v>
       </c>
       <c r="F226">
-        <v>5589627</v>
+        <v>0</v>
       </c>
       <c r="G226">
         <v>0</v>
       </c>
       <c r="H226">
         <v>3</v>
       </c>
       <c r="I226">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="J226">
         <v>0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>225</v>
       </c>
       <c r="B227" s="2">
-        <v>20250315135612</v>
+        <v>20240817130153</v>
       </c>
       <c r="C227" s="2">
-        <v>1742047663880</v>
+        <v>1723905878939</v>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>{"lastSave":1742047663880,"timeWatchM":428793,"timeWatchW":184884,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"b1143db2","watches":[{"actions":[{"type":"start","time":1742046972553},{"type":"stop","time":1742047089552},{"type":"start","time":1742047339504},{"type":"stop","time":1742047651298}]},{"actions":[{"type":"start","time":1742047090452},{"type":"stop","time":1742047275336}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1723905878939,"timeWatchM":2243476,"timeWatchW":1148283,"timeWatchD":309033,"countWatchM":59,"countWatchW":31,"countWatchD":9,"id":"a25713be","watches":[{"actions":[{"type":"start","time":1723899715939},{"type":"stop","time":1723899753414},{"type":"start","time":1723899754761},{"type":"stop","time":1723899778078},{"type":"start","time":1723899778749},{"type":"stop","time":1723899789158},{"type":"start","time":1723899789886},{"type":"stop","time":1723899793931},{"type":"start","time":1723899795726},{"type":"stop","time":1723899804467},{"type":"start","time":1723899811158},{"type":"stop","time":1723899848874},{"type":"start","time":1723899870343},{"type":"stop","time":1723899929228},{"type":"start","time":1723899937871},{"type":"stop","time":1723899942948},{"type":"start","time":1723899952309},{"type":"stop","time":1723899957600},{"type":"start","time":1723899975417},{"type":"stop","time":1723899978489},{"type":"start","time":1723899978491},{"type":"stop","time":1723900076879},{"type":"start","time":1723900092680},{"type":"stop","time":1723900170686},{"type":"start","time":1723900201137},{"type":"stop","time":1723900266562},{"type":"start","time":1723900270643},{"type":"stop","time":1723900293415},{"type":"start","time":1723900301938},{"type":"stop","time":1723900303930},{"type":"start","time":1723900364265},{"type":"stop","time":1723900367815},{"type":"start","time":1723900369178},{"type":"stop","time":1723900389512},{"type":"start","time":1723900393637},{"type":"stop","time":1723900402399},{"type":"start","time":1723900407467},{"type":"stop","time":1723900616466},{"type":"start","time":1723900631677},{"type":"stop","time":1723900640077},{"type":"start","time":1723900643120},{"type":"stop","time":1723900727993},{"type":"start","time":1723900739109},{"type":"stop","time":1723900807724},{"type":"start","time":1723900808510},{"type":"stop","time":1723900834952},{"type":"start","time":1723900834955},{"type":"stop","time":1723900842964},{"type":"start","time":1723900848754},{"type":"stop","time":1723900906362},{"type":"start","time":1723901051648},{"type":"stop","time":1723901063427},{"type":"start","time":1723901069926},{"type":"stop","time":1723901098469},{"type":"start","time":1723901100297},{"type":"stop","time":1723901165706},{"type":"start","time":1723901179239},{"type":"stop","time":1723901201532},{"type":"start","time":1723901203344},{"type":"stop","time":1723901230622},{"type":"start","time":1723901276958},{"type":"stop","time":1723901473204},{"type":"start","time":1723901875806},{"type":"stop","time":1723901932010},{"type":"start","time":1723901977805},{"type":"stop","time":1723902101668},{"type":"start","time":1723902350557},{"type":"stop","time":1723902353864},{"type":"start","time":1723902437891},{"type":"stop","time":1723902539653},{"type":"start","time":1723902544020},{"type":"stop","time":1723902664926},{"type":"start","time":1723902726459},{"type":"stop","time":1723902729461},{"type":"start","time":1723902804682},{"type":"stop","time":1723902806697},{"type":"start","time":1723902824363},{"type":"stop","time":1723902838741},{"type":"start","time":1723902848011},{"type":"stop","time":1723902857445},{"type":"start","time":1723902896129},{"type":"stop","time":1723902907932},{"type":"start","time":1723902984560},{"type":"stop","time":1723902991605},{"type":"start","time":1723903063589},{"type":"stop","time":1723903071463},{"type":"start","time":1723903071465},{"type":"stop","time":1723903074036},{"type":"start","time":1723903084643},{"type":"stop","time":1723903086644},{"type":"start","time":1723903095881},{"type":"stop","time":1723903155136},{"type":"start","time":1723903157708},{"type":"stop","time":1723903165192},{"type":"start","time":1723903168063},{"type":"stop","time":1723903182561},{"type":"start","time":1723904650418},{"type":"stop","time":1723904661498},{"type":"start","time":1723905102046},{"type":"stop","time":1723905238931},{"type":"start","time":1723905386844},{"type":"stop","time":1723905412066},{"type":"start","time":1723905412069},{"type":"stop","time":1723905421499},{"type":"start","time":1723905421502},{"type":"stop","time":1723905429479},{"type":"start","time":1723905429481},{"type":"stop","time":1723905490963},{"type":"start","time":1723905618243},{"type":"stop","time":1723905620946},{"type":"start","time":1723905628238},{"type":"stop","time":1723905695093},{"type":"start","time":1723905695096},{"type":"stop","time":1723905696709},{"type":"start","time":1723905722882},{"type":"stop","time":1723905763394},{"type":"start","time":1723905806103},{"type":"stop","time":1723905830667}]},{"actions":[{"type":"start","time":1723900081324},{"type":"stop","time":1723900086171},{"type":"start","time":1723900170688},{"type":"stop","time":1723900201134},{"type":"start","time":1723900267262},{"type":"stop","time":1723900270111},{"type":"start","time":1723900303932},{"type":"stop","time":1723900307289},{"type":"start","time":1723900307291},{"type":"stop","time":1723900307862},{"type":"start","time":1723900316002},{"type":"stop","time":1723900363025},{"type":"start","time":1723900640079},{"type":"stop","time":1723900640700},{"type":"start","time":1723900640702},{"type":"stop","time":1723900641162},{"type":"start","time":1723900907738},{"type":"stop","time":1723901051646},{"type":"start","time":1723901201534},{"type":"stop","time":1723901203342},{"type":"start","time":1723901496601},{"type":"stop","time":1723901601588},{"type":"start","time":1723901618223},{"type":"stop","time":1723901625860},{"type":"start","time":1723901625862},{"type":"stop","time":1723901626788},{"type":"start","time":1723901626790},{"type":"stop","time":1723901683014},{"type":"start","time":1723901932013},{"type":"stop","time":1723901977488},{"type":"start","time":1723902134800},{"type":"stop","time":1723902339474},{"type":"start","time":1723902388108},{"type":"stop","time":1723902433896},{"type":"start","time":1723902667467},{"type":"stop","time":1723902723513},{"type":"start","time":1723902761296},{"type":"stop","time":1723902790428},{"type":"start","time":1723902790430},{"type":"stop","time":1723902797184},{"type":"start","time":1723902863379},{"type":"stop","time":1723902884021},{"type":"start","time":1723902937139},{"type":"stop","time":1723902951148},{"type":"start","time":1723902955438},{"type":"stop","time":1723902975321},{"type":"start","time":1723902975323},{"type":"stop","time":1723902978599},{"type":"start","time":1723902996630},{"type":"stop","time":1723903003349},{"type":"start","time":1723903009801},{"type":"stop","time":1723903041885},{"type":"start","time":1723903077785},{"type":"stop","time":1723903080195},{"type":"start","time":1723904661501},{"type":"stop","time":1723904769643},{"type":"start","time":1723904769658},{"type":"stop","time":1723904885754},{"type":"start","time":1723904888676},{"type":"stop","time":1723904898895},{"type":"start","time":1723905697767},{"type":"stop","time":1723905719037}]},{"actions":[{"type":"start","time":1723901711720},{"type":"stop","time":1723901863283},{"type":"start","time":1723902741491},{"type":"stop","time":1723902750125},{"type":"start","time":1723902750127},{"type":"stop","time":1723902750893},{"type":"start","time":1723902750896},{"type":"stop","time":1723902751556},{"type":"start","time":1723902807997},{"type":"stop","time":1723902816884},{"type":"start","time":1723903047443},{"type":"stop","time":1723903055210},{"type":"start","time":1723904885757},{"type":"stop","time":1723904888674},{"type":"start","time":1723905376210},{"type":"stop","time":1723905382367},{"type":"start","time":1723905490965},{"type":"stop","time":1723905612647}]}]}</t>
         </is>
       </c>
       <c r="E227">
-        <v>428793</v>
+        <v>2243476</v>
       </c>
       <c r="F227">
-        <v>184884</v>
+        <v>1148283</v>
       </c>
       <c r="G227">
-        <v>0</v>
+        <v>309033</v>
       </c>
       <c r="H227">
-        <v>2</v>
+        <v>59</v>
       </c>
       <c r="I227">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="J227">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>226</v>
       </c>
       <c r="B228" s="2">
-        <v>20250925115000</v>
+        <v>20251106182026</v>
       </c>
       <c r="C228" s="2">
-        <v>1758801007503</v>
+        <v>1762454888808</v>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>{"lastSave":1758801007503,"timeWatchM":0,"timeWatchW":0,"timeWatchD":7287,"countWatchM":0,"countWatchW":0,"countWatchD":1,"id":"b19b8422","watches":[{"actions":[]},{"actions":[]},{"actions":[{"type":"start","time":1758801000216},{"type":"stop","time":1758801007503}]}]}</t>
+          <t>{"lastSave":1762454888808,"timeWatchM":1166389,"timeWatchW":414228,"timeWatchD":0,"countWatchM":23,"countWatchW":14,"countWatchD":0,"id":"a348543a","watches":[{"actions":[{"type":"start","time":1762453226157},{"type":"stop","time":1762453326670},{"type":"start","time":1762453326671},{"type":"stop","time":1762453378730},{"type":"start","time":1762453378732},{"type":"stop","time":1762453519524},{"type":"start","time":1762453522075},{"type":"stop","time":1762453533197},{"type":"start","time":1762453624679},{"type":"stop","time":1762453648174},{"type":"start","time":1762453801223},{"type":"stop","time":1762453862766},{"type":"start","time":1762453870594},{"type":"stop","time":1762454153830},{"type":"start","time":1762454157641},{"type":"stop","time":1762454168243},{"type":"start","time":1762454179209},{"type":"stop","time":1762454199782},{"type":"start","time":1762454208898},{"type":"stop","time":1762454227253},{"type":"start","time":1762454231098},{"type":"stop","time":1762454273228},{"type":"start","time":1762454283434},{"type":"stop","time":1762454297279},{"type":"start","time":1762454305625},{"type":"stop","time":1762454324682},{"type":"start","time":1762454347574},{"type":"stop","time":1762454401385},{"type":"start","time":1762454491527},{"type":"stop","time":1762454540197},{"type":"start","time":1762454552535},{"type":"stop","time":1762454616344},{"type":"start","time":1762454619054},{"type":"stop","time":1762454648806},{"type":"start","time":1762454662835},{"type":"stop","time":1762454716928},{"type":"start","time":1762454721640},{"type":"stop","time":1762454738960},{"type":"start","time":1762454738961},{"type":"stop","time":1762454768199},{"type":"start","time":1762454768200},{"type":"stop","time":1762454771950},{"type":"start","time":1762454771951},{"type":"stop","time":1762454837505},{"type":"start","time":1762454849301},{"type":"stop","time":1762454852371}]},{"actions":[{"type":"start","time":1762453519525},{"type":"stop","time":1762453522074},{"type":"start","time":1762453533198},{"type":"stop","time":1762453624677},{"type":"start","time":1762453648176},{"type":"stop","time":1762453801221},{"type":"start","time":1762453862768},{"type":"stop","time":1762453870592},{"type":"start","time":1762454170539},{"type":"stop","time":1762454179208},{"type":"start","time":1762454199783},{"type":"stop","time":1762454208897},{"type":"start","time":1762454276259},{"type":"stop","time":1762454283432},{"type":"start","time":1762454326631},{"type":"stop","time":1762454340022},{"type":"start","time":1762454401387},{"type":"stop","time":1762454412714},{"type":"start","time":1762454414643},{"type":"stop","time":1762454491525},{"type":"start","time":1762454540198},{"type":"stop","time":1762454552533},{"type":"start","time":1762454616345},{"type":"stop","time":1762454619053},{"type":"start","time":1762454648808},{"type":"stop","time":1762454654747},{"type":"start","time":1762454837507},{"type":"stop","time":1762454849300}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E228">
-        <v>0</v>
+        <v>1166389</v>
       </c>
       <c r="F228">
-        <v>0</v>
+        <v>414228</v>
       </c>
       <c r="G228">
-        <v>7287</v>
+        <v>0</v>
       </c>
       <c r="H228">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="I228">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="J228">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>227</v>
       </c>
       <c r="B229" s="2">
-        <v>20250524132540</v>
+        <v>20250416171603</v>
       </c>
       <c r="C229" s="2">
-        <v>1748099193435</v>
+        <v>1744823973197</v>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>{"lastSave":1748099193435,"timeWatchM":4532677,"timeWatchW":722486,"timeWatchD":0,"countWatchM":36,"countWatchW":8,"countWatchD":0,"id":"b1af2eca","watches":[{"actions":[{"type":"start","time":1748093175240},{"type":"stop","time":1748093254548},{"type":"start","time":1748093256635},{"type":"stop","time":1748093574200},{"type":"start","time":1748093848544},{"type":"stop","time":1748093866412},{"type":"start","time":1748093868170},{"type":"stop","time":1748093953006},{"type":"start","time":1748093964573},{"type":"stop","time":1748094184291},{"type":"start","time":1748094186143},{"type":"stop","time":1748094219226},{"type":"start","time":1748094220264},{"type":"stop","time":1748094243607},{"type":"start","time":1748094252170},{"type":"stop","time":1748094306602},{"type":"start","time":1748094308647},{"type":"stop","time":1748094319287},{"type":"start","time":1748094321116},{"type":"stop","time":1748094356341},{"type":"start","time":1748094360537},{"type":"stop","time":1748094394947},{"type":"start","time":1748094396699},{"type":"stop","time":1748094422363},{"type":"start","time":1748094424967},{"type":"stop","time":1748094475489},{"type":"start","time":1748094482887},{"type":"stop","time":1748094494503},{"type":"start","time":1748094511268},{"type":"stop","time":1748094545065},{"type":"start","time":1748094555871},{"type":"stop","time":1748094695606},{"type":"start","time":1748094700307},{"type":"stop","time":1748094727893},{"type":"start","time":1748095115945},{"type":"stop","time":1748095325542},{"type":"start","time":1748095390723},{"type":"stop","time":1748095421272},{"type":"start","time":1748095428551},{"type":"stop","time":1748095495148},{"type":"start","time":1748095506524},{"type":"stop","time":1748095628506},{"type":"start","time":1748095650752},{"type":"stop","time":1748095721005},{"type":"start","time":1748095743616},{"type":"stop","time":1748096001156},{"type":"start","time":1748096011940},{"type":"stop","time":1748096047667},{"type":"start","time":1748096058680},{"type":"stop","time":1748096071919},{"type":"start","time":1748096087307},{"type":"stop","time":1748096186596},{"type":"start","time":1748096256941},{"type":"stop","time":1748096313738},{"type":"start","time":1748096398803},{"type":"stop","time":1748096425792},{"type":"start","time":1748096646835},{"type":"stop","time":1748096703557},{"type":"start","time":1748096707815},{"type":"stop","time":1748096745302},{"type":"start","time":1748096754601},{"type":"stop","time":1748097292701},{"type":"start","time":1748097297667},{"type":"stop","time":1748097563600},{"type":"start","time":1748097643008},{"type":"stop","time":1748097790082},{"type":"start","time":1748097807585},{"type":"stop","time":1748098563060},{"type":"start","time":1748098637514},{"type":"stop","time":1748098878956},{"type":"start","time":1748098882920},{"type":"stop","time":1748099185457}]},{"actions":[{"type":"start","time":1748093598215},{"type":"stop","time":1748093815818},{"type":"start","time":1748094737303},{"type":"stop","time":1748094898408},{"type":"start","time":1748094911700},{"type":"stop","time":1748094973833},{"type":"start","time":1748094987774},{"type":"stop","time":1748095031688},{"type":"start","time":1748095044690},{"type":"stop","time":1748095110912},{"type":"start","time":1748096199716},{"type":"stop","time":1748096241265},{"type":"start","time":1748097564685},{"type":"stop","time":1748097638044},{"type":"start","time":1748098576660},{"type":"stop","time":1748098633261}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744823973197,"timeWatchM":209764,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"a3496f2e","watches":[{"actions":[{"type":"start","time":1744823761386},{"type":"stop","time":1744823971150}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E229">
-        <v>4532677</v>
+        <v>209764</v>
       </c>
       <c r="F229">
-        <v>722486</v>
+        <v>0</v>
       </c>
       <c r="G229">
         <v>0</v>
       </c>
       <c r="H229">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I229">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J229">
         <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>228</v>
       </c>
       <c r="B230" s="2">
-        <v>20250524123415</v>
+        <v>20250923170846</v>
       </c>
       <c r="C230" s="2">
-        <v>1748090255981</v>
+        <v>1758647355817</v>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>{"lastSave":1748090255981,"timeWatchM":137364,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"b1ef6ab","watches":[{"actions":[{"type":"start","time":1748090090029},{"type":"stop","time":1748090137012},{"type":"start","time":1748090158333},{"type":"stop","time":1748090248714}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758647355817,"timeWatchM":29716,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"a401e48d","watches":[{"actions":[{"type":"start","time":1758647326101},{"type":"stop","time":1758647355817}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E230">
-        <v>137364</v>
+        <v>29716</v>
       </c>
       <c r="F230">
         <v>0</v>
       </c>
       <c r="G230">
         <v>0</v>
       </c>
       <c r="H230">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I230">
         <v>0</v>
       </c>
       <c r="J230">
         <v>0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>229</v>
       </c>
       <c r="B231" s="2">
-        <v>20240508210028</v>
+        <v>20250222143231</v>
       </c>
       <c r="C231" s="2">
-        <v>1715202043780</v>
+        <v>1740235861173</v>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>{"lastSave":1715202043780,"timeWatchM":1454,"timeWatchW":2685,"timeWatchD":1360,"countWatchM":1,"countWatchW":2,"countWatchD":1,"id":"b2e8bff3","watches":[{"actions":[{"type":"start","time":1715202027959},{"type":"stop","time":1715202029413}]},{"actions":[{"type":"start","time":1715202029415},{"type":"stop","time":1715202030682},{"type":"start","time":1715202032039},{"type":"stop","time":1715202033457}]},{"actions":[{"type":"start","time":1715202034277},{"type":"stop","time":1715202035637}]}]}</t>
+          <t>{"lastSave":1740235861173,"timeWatchM":673,"timeWatchW":1111975,"timeWatchD":0,"countWatchM":1.5,"countWatchW":1,"countWatchD":0,"id":"a45ad00b","watches":[{"actions":[{"type":"start","time":1740235860499},{"type":"stop","time":1740235861172},{"type":"start","time":1740235861173}]},{"actions":[{"type":"start","time":1740234748522},{"type":"stop","time":1740235860497}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E231">
-        <v>1454</v>
+        <v>673</v>
       </c>
       <c r="F231">
-        <v>2685</v>
+        <v>1111975</v>
       </c>
       <c r="G231">
-        <v>1360</v>
+        <v>0</v>
       </c>
       <c r="H231">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I231">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J231">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>230</v>
       </c>
       <c r="B232" s="2">
-        <v>20230223145235</v>
+        <v>20251022134026</v>
       </c>
       <c r="C232" s="2">
-        <v>1677165529658</v>
+        <v>1761140463813</v>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>{"lastSave":1677165529658,"timeWatchM":1119027,"timeWatchW":145964,"timeWatchD":0,"countWatchM":16,"countWatchW":5,"countWatchD":0,"id":"b30d5ccb","watches":[{"actions":[{"type":"start","time":1677163955369},{"type":"stop","time":1677163982211},{"type":"start","time":1677163983128},{"type":"stop","time":1677164095459},{"type":"start","time":1677164095460},{"type":"stop","time":1677164160430},{"type":"start","time":1677164168408},{"type":"stop","time":1677164235057},{"type":"start","time":1677164235058},{"type":"stop","time":1677164303116},{"type":"start","time":1677164346511},{"type":"stop","time":1677164352844},{"type":"start","time":1677164352845},{"type":"stop","time":1677164355069},{"type":"start","time":1677164412407},{"type":"stop","time":1677164472755},{"type":"start","time":1677164528506},{"type":"stop","time":1677164607064},{"type":"start","time":1677164624103},{"type":"stop","time":1677164672599},{"type":"start","time":1677164706841},{"type":"stop","time":1677164818998},{"type":"start","time":1677164886456},{"type":"stop","time":1677164964521},{"type":"start","time":1677164969556},{"type":"stop","time":1677165287180},{"type":"start","time":1677165287181},{"type":"stop","time":1677165290229},{"type":"start","time":1677165290230},{"type":"stop","time":1677165350828},{"type":"start","time":1677165484578},{"type":"stop","time":1677165497304}]},{"actions":[{"type":"start","time":1677163982211},{"type":"stop","time":1677163983127},{"type":"start","time":1677164621189},{"type":"stop","time":1677164624102},{"type":"start","time":1677165350829},{"type":"stop","time":1677165484577},{"type":"start","time":1677165516373},{"type":"stop","time":1677165523690},{"type":"start","time":1677165523691},{"type":"stop","time":1677165524761}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1761140463813,"timeWatchM":17169,"timeWatchW":3332,"timeWatchD":3534,"countWatchM":3,"countWatchW":1,"countWatchD":3,"id":"a59a2ae3","watches":[{"actions":[{"type":"start","time":1761140425997},{"type":"stop","time":1761140432581},{"type":"start","time":1761140441997},{"type":"stop","time":1761140448163},{"type":"start","time":1761140448163},{"type":"stop","time":1761140452582}]},{"actions":[{"type":"start","time":1761140436180},{"type":"stop","time":1761140439512}]},{"actions":[{"type":"start","time":1761140454263},{"type":"stop","time":1761140454998},{"type":"start","time":1761140454998},{"type":"stop","time":1761140456698},{"type":"start","time":1761140456698},{"type":"stop","time":1761140457797}]}]}</t>
         </is>
       </c>
       <c r="E232">
-        <v>1119027</v>
+        <v>17169</v>
       </c>
       <c r="F232">
-        <v>145964</v>
+        <v>3332</v>
       </c>
       <c r="G232">
-        <v>0</v>
+        <v>3534</v>
       </c>
       <c r="H232">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I232">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J232">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>231</v>
       </c>
       <c r="B233" s="2">
-        <v>20250307184320</v>
+        <v>20241116102916</v>
       </c>
       <c r="C233" s="2">
-        <v>1741379758491</v>
+        <v>1731753408959</v>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>{"lastSave":1741379758491,"timeWatchM":1719834,"timeWatchW":3079971,"timeWatchD":245230,"countWatchM":21,"countWatchW":35,"countWatchD":9,"id":"b432046c","watches":[{"actions":[{"type":"start","time":1741374178085},{"type":"stop","time":1741374202006},{"type":"start","time":1741375178768},{"type":"stop","time":1741376004781},{"type":"start","time":1741376029802},{"type":"stop","time":1741376031216},{"type":"start","time":1741376047732},{"type":"stop","time":1741376052127},{"type":"start","time":1741377766600},{"type":"stop","time":1741378018323},{"type":"start","time":1741378031865},{"type":"stop","time":1741378051097},{"type":"start","time":1741378085384},{"type":"stop","time":1741378090493},{"type":"start","time":1741378241118},{"type":"stop","time":1741378263925},{"type":"start","time":1741378404852},{"type":"stop","time":1741378436294},{"type":"start","time":1741378469305},{"type":"stop","time":1741378481821},{"type":"start","time":1741378491925},{"type":"stop","time":1741378494238},{"type":"start","time":1741378594096},{"type":"stop","time":1741378607278},{"type":"start","time":1741378619946},{"type":"stop","time":1741378650287},{"type":"start","time":1741378762115},{"type":"stop","time":1741378782439},{"type":"start","time":1741378945074},{"type":"stop","time":1741378955748},{"type":"start","time":1741378965268},{"type":"stop","time":1741378966102},{"type":"start","time":1741379136503},{"type":"stop","time":1741379505981},{"type":"start","time":1741379534789},{"type":"stop","time":1741379563884},{"type":"start","time":1741379563885},{"type":"stop","time":1741379564350},{"type":"start","time":1741379564351},{"type":"stop","time":1741379569327},{"type":"start","time":1741379687182},{"type":"stop","time":1741379726762}]},{"actions":[{"type":"start","time":1741373000916},{"type":"stop","time":1741373969590},{"type":"start","time":1741373969635},{"type":"stop","time":1741373973546},{"type":"start","time":1741373973547},{"type":"stop","time":1741374083445},{"type":"start","time":1741374096810},{"type":"stop","time":1741374175553},{"type":"start","time":1741374175554},{"type":"stop","time":1741374178084},{"type":"start","time":1741374202007},{"type":"stop","time":1741374371688},{"type":"start","time":1741374406852},{"type":"stop","time":1741374422383},{"type":"start","time":1741375138684},{"type":"stop","time":1741375178765},{"type":"start","time":1741376004832},{"type":"stop","time":1741376006561},{"type":"start","time":1741376020695},{"type":"stop","time":1741376029801},{"type":"start","time":1741376031217},{"type":"stop","time":1741376047731},{"type":"start","time":1741376976566},{"type":"stop","time":1741377723650},{"type":"start","time":1741377745887},{"type":"stop","time":1741377752013},{"type":"start","time":1741377752014},{"type":"stop","time":1741377766599},{"type":"start","time":1741378018325},{"type":"stop","time":1741378031863},{"type":"start","time":1741378051099},{"type":"stop","time":1741378085382},{"type":"start","time":1741378090495},{"type":"stop","time":1741378116801},{"type":"start","time":1741378116802},{"type":"stop","time":1741378203279},{"type":"start","time":1741378203282},{"type":"stop","time":1741378241117},{"type":"start","time":1741378263926},{"type":"stop","time":1741378280257},{"type":"start","time":1741378289031},{"type":"stop","time":1741378354575},{"type":"start","time":1741378357607},{"type":"stop","time":1741378404850},{"type":"start","time":1741378436295},{"type":"stop","time":1741378469303},{"type":"start","time":1741378481822},{"type":"stop","time":1741378491924},{"type":"start","time":1741378508856},{"type":"stop","time":1741378594095},{"type":"start","time":1741378650288},{"type":"stop","time":1741378682986},{"type":"start","time":1741378682987},{"type":"stop","time":1741378687315},{"type":"start","time":1741378690529},{"type":"stop","time":1741378711674},{"type":"start","time":1741378721380},{"type":"stop","time":1741378762114},{"type":"start","time":1741378782440},{"type":"stop","time":1741378820793},{"type":"start","time":1741378820795},{"type":"stop","time":1741378945073},{"type":"start","time":1741379506029},{"type":"stop","time":1741379534787},{"type":"start","time":1741379569328},{"type":"stop","time":1741379602301},{"type":"start","time":1741379602303},{"type":"stop","time":1741379687180},{"type":"start","time":1741379726763},{"type":"stop","time":1741379758491}]},{"actions":[{"type":"start","time":1741374083446},{"type":"stop","time":1741374096809},{"type":"start","time":1741378280258},{"type":"stop","time":1741378289030},{"type":"start","time":1741378354576},{"type":"stop","time":1741378357605},{"type":"start","time":1741378494239},{"type":"stop","time":1741378508855},{"type":"start","time":1741378607279},{"type":"stop","time":1741378619945},{"type":"start","time":1741378687317},{"type":"stop","time":1741378690528},{"type":"start","time":1741378711676},{"type":"stop","time":1741378721379},{"type":"start","time":1741378955750},{"type":"stop","time":1741378965267},{"type":"start","time":1741378966103},{"type":"stop","time":1741379136456}]}]}</t>
+          <t>{"lastSave":1731753408959,"timeWatchM":45762,"timeWatchW":406510,"timeWatchD":0,"countWatchM":3,"countWatchW":7,"countWatchD":0,"id":"a6ee9592","watches":[{"actions":[{"type":"start","time":1731752956679},{"type":"stop","time":1731752966251},{"type":"start","time":1731753047823},{"type":"stop","time":1731753048646},{"type":"start","time":1731753107823},{"type":"stop","time":1731753143190}]},{"actions":[{"type":"start","time":1731752966252},{"type":"stop","time":1731752994738},{"type":"start","time":1731752994739},{"type":"stop","time":1731753047822},{"type":"start","time":1731753048646},{"type":"stop","time":1731753068033},{"type":"start","time":1731753068034},{"type":"stop","time":1731753107822},{"type":"start","time":1731753143191},{"type":"stop","time":1731753165622},{"type":"start","time":1731753165623},{"type":"stop","time":1731753239227},{"type":"start","time":1731753239228},{"type":"stop","time":1731753408959}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E233">
-        <v>1719834</v>
+        <v>45762</v>
       </c>
       <c r="F233">
-        <v>3079971</v>
+        <v>406510</v>
       </c>
       <c r="G233">
-        <v>245230</v>
+        <v>0</v>
       </c>
       <c r="H233">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="I233">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="J233">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>232</v>
       </c>
       <c r="B234" s="2">
-        <v>20250923174624</v>
+        <v>20250315142029</v>
       </c>
       <c r="C234" s="2">
-        <v>1758650039477</v>
+        <v>1742049670223</v>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>{"lastSave":1758650039477,"timeWatchM":287987,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"b4fd6164","watches":[{"actions":[{"type":"start","time":1758649584555},{"type":"stop","time":1758649653056},{"type":"start","time":1758649685207},{"type":"stop","time":1758649840106},{"type":"start","time":1758649974890},{"type":"stop","time":1758650039477}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742049670223,"timeWatchM":1237942,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"a8f5ade5","watches":[{"actions":[{"type":"start","time":1742048429848},{"type":"stop","time":1742049667790}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E234">
-        <v>287987</v>
+        <v>1237942</v>
       </c>
       <c r="F234">
         <v>0</v>
       </c>
       <c r="G234">
         <v>0</v>
       </c>
       <c r="H234">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I234">
         <v>0</v>
       </c>
       <c r="J234">
         <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>233</v>
       </c>
       <c r="B235" s="2">
-        <v>20240504114044</v>
+        <v>20250206185129</v>
       </c>
       <c r="C235" s="2">
-        <v>1714822856876</v>
+        <v>1738867897259</v>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>{"lastSave":1714822856876,"timeWatchM":4682,"timeWatchW":7814,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"b5819110","watches":[{"actions":[{"type":"start","time":1714822844377},{"type":"stop","time":1714822847742},{"type":"start","time":1714822847743},{"type":"stop","time":1714822849060}]},{"actions":[{"type":"start","time":1714822849061},{"type":"stop","time":1714822855643},{"type":"start","time":1714822855644},{"type":"stop","time":1714822856876}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1738867897259,"timeWatchM":6195,"timeWatchW":1762,"timeWatchD":0,"countWatchM":4,"countWatchW":2.5,"countWatchD":0,"id":"aacc5038","watches":[{"actions":[{"type":"start","time":1738867889297},{"type":"stop","time":1738867890651},{"type":"start","time":1738867890652},{"type":"stop","time":1738867892658},{"type":"start","time":1738867892659},{"type":"stop","time":1738867894011},{"type":"start","time":1738867894011},{"type":"stop","time":1738867895494}]},{"actions":[{"type":"start","time":1738867895495},{"type":"stop","time":1738867896352},{"type":"start","time":1738867896353},{"type":"stop","time":1738867897258},{"type":"start","time":1738867897259}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E235">
-        <v>4682</v>
+        <v>6195</v>
       </c>
       <c r="F235">
-        <v>7814</v>
+        <v>1762</v>
       </c>
       <c r="G235">
         <v>0</v>
       </c>
       <c r="H235">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I235">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J235">
         <v>0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>234</v>
       </c>
       <c r="B236" s="2">
-        <v>20240421162544</v>
+        <v>20230816193502</v>
       </c>
       <c r="C236" s="2">
-        <v>1713716755838</v>
+        <v>1692214510058</v>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>{"lastSave":1713716755838,"timeWatchM":8155,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"b85ae5d6","watches":[{"actions":[{"type":"start","time":1713716744583},{"type":"stop","time":1713716752738}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1692214510058,"timeWatchM":7307,"timeWatchW":0,"timeWatchD":0,"countWatchM":12,"countWatchW":0,"countWatchD":0,"id":"ac247f87","watches":[{"actions":[{"type":"start","time":1692214502712},{"type":"stop","time":1692214504474},{"type":"start","time":1692214504478},{"type":"stop","time":1692214504683},{"type":"start","time":1692214504686},{"type":"stop","time":1692214504846},{"type":"start","time":1692214504849},{"type":"stop","time":1692214505022},{"type":"start","time":1692214505026},{"type":"stop","time":1692214505283},{"type":"start","time":1692214505286},{"type":"stop","time":1692214507587},{"type":"start","time":1692214507591},{"type":"stop","time":1692214507843},{"type":"start","time":1692214507847},{"type":"stop","time":1692214508004},{"type":"start","time":1692214508007},{"type":"stop","time":1692214508368},{"type":"start","time":1692214508373},{"type":"stop","time":1692214508557},{"type":"start","time":1692214508559},{"type":"stop","time":1692214508767},{"type":"start","time":1692214508770},{"type":"stop","time":1692214510057}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E236">
-        <v>8155</v>
+        <v>7307</v>
       </c>
       <c r="F236">
         <v>0</v>
       </c>
       <c r="G236">
         <v>0</v>
       </c>
       <c r="H236">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I236">
         <v>0</v>
       </c>
       <c r="J236">
         <v>0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>235</v>
       </c>
       <c r="B237" s="2">
-        <v>20250109194715</v>
+        <v>20230911174711</v>
       </c>
       <c r="C237" s="2">
-        <v>1736452726299</v>
+        <v>1694454431397</v>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>{"lastSave":1736452726299,"timeWatchM":451967,"timeWatchW":173579,"timeWatchD":0,"countWatchM":14,"countWatchW":8,"countWatchD":0,"id":"b90119c1","watches":[{"actions":[{"type":"start","time":1736452046158},{"type":"stop","time":1736452046786},{"type":"start","time":1736452054248},{"type":"stop","time":1736452226679},{"type":"start","time":1736452264643},{"type":"stop","time":1736452323441},{"type":"start","time":1736452346610},{"type":"stop","time":1736452359969},{"type":"start","time":1736452368675},{"type":"stop","time":1736452370674},{"type":"start","time":1736452376563},{"type":"stop","time":1736452409352},{"type":"start","time":1736452409353},{"type":"stop","time":1736452436162},{"type":"start","time":1736452451714},{"type":"stop","time":1736452452226},{"type":"start","time":1736452452227},{"type":"stop","time":1736452480870},{"type":"start","time":1736452483752},{"type":"stop","time":1736452497702},{"type":"start","time":1736452579962},{"type":"stop","time":1736452604527},{"type":"start","time":1736452624706},{"type":"stop","time":1736452674858},{"type":"start","time":1736452677194},{"type":"stop","time":1736452690353},{"type":"start","time":1736452690354},{"type":"stop","time":1736452704527}]},{"actions":[{"type":"start","time":1736452035521},{"type":"stop","time":1736452046156},{"type":"start","time":1736452046788},{"type":"stop","time":1736452054247},{"type":"start","time":1736452227504},{"type":"stop","time":1736452264642},{"type":"start","time":1736452327600},{"type":"stop","time":1736452346608},{"type":"start","time":1736452497704},{"type":"stop","time":1736452519715},{"type":"start","time":1736452519717},{"type":"stop","time":1736452578623},{"type":"start","time":1736452604528},{"type":"stop","time":1736452606223},{"type":"start","time":1736452607977},{"type":"stop","time":1736452624704}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1694454431397,"timeWatchM":0,"timeWatchW":0,"timeWatchD":0,"countWatchM":0.5,"countWatchW":0,"countWatchD":0,"id":"acbf05e0","watches":[{"actions":[{"type":"start","time":1694454431397}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E237">
-        <v>451967</v>
+        <v>0</v>
       </c>
       <c r="F237">
-        <v>173579</v>
+        <v>0</v>
       </c>
       <c r="G237">
         <v>0</v>
       </c>
       <c r="H237">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="I237">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J237">
         <v>0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>236</v>
       </c>
       <c r="B238" s="2">
-        <v>20250923184941</v>
+        <v>20250418135501</v>
       </c>
       <c r="C238" s="2">
-        <v>1758653410017</v>
+        <v>1744988388620</v>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>{"lastSave":1758653410017,"timeWatchM":25733,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"b901e5c4","watches":[{"actions":[{"type":"start","time":1758653381615},{"type":"stop","time":1758653407348}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744988388620,"timeWatchM":3914,"timeWatchW":4631,"timeWatchD":11073,"countWatchM":2,"countWatchW":2,"countWatchD":2,"id":"ad5cea7a","watches":[{"actions":[{"type":"start","time":1744984512013},{"type":"stop","time":1744984514539},{"type":"start","time":1744984519178},{"type":"stop","time":1744984520566}]},{"actions":[{"type":"start","time":1744984509550},{"type":"stop","time":1744984512012},{"type":"start","time":1744984514539},{"type":"stop","time":1744984516708}]},{"actions":[{"type":"start","time":1744984500947},{"type":"stop","time":1744984509550},{"type":"start","time":1744984516708},{"type":"stop","time":1744984519178}]}]}</t>
         </is>
       </c>
       <c r="E238">
-        <v>25733</v>
+        <v>3914</v>
       </c>
       <c r="F238">
-        <v>0</v>
+        <v>4631</v>
       </c>
       <c r="G238">
-        <v>0</v>
+        <v>11073</v>
       </c>
       <c r="H238">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I238">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J238">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>237</v>
       </c>
       <c r="B239" s="2">
-        <v>20240507081609</v>
+        <v>20250524160433</v>
       </c>
       <c r="C239" s="2">
-        <v>1715069858737</v>
+        <v>1748103873481</v>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>{"lastSave":1715069858737,"timeWatchM":57500,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"b92d522a","watches":[{"actions":[{"type":"start","time":1715069769037},{"type":"stop","time":1715069826537}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748103873481,"timeWatchM":717043,"timeWatchW":373339,"timeWatchD":0,"countWatchM":4,"countWatchW":5,"countWatchD":0,"id":"adac9509","watches":[{"actions":[{"type":"start","time":1748102931752},{"type":"stop","time":1748103105516},{"type":"start","time":1748103171688},{"type":"stop","time":1748103173754},{"type":"start","time":1748103181970},{"type":"stop","time":1748103368116},{"type":"start","time":1748103375626},{"type":"stop","time":1748103730693}]},{"actions":[{"type":"start","time":1748102708663},{"type":"stop","time":1748102917662},{"type":"start","time":1748103114240},{"type":"stop","time":1748103169216},{"type":"start","time":1748103369122},{"type":"stop","time":1748103373633},{"type":"start","time":1748103742185},{"type":"stop","time":1748103833459},{"type":"start","time":1748103842323},{"type":"stop","time":1748103855902}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E239">
-        <v>57500</v>
+        <v>717043</v>
       </c>
       <c r="F239">
-        <v>0</v>
+        <v>373339</v>
       </c>
       <c r="G239">
         <v>0</v>
       </c>
       <c r="H239">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I239">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J239">
         <v>0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>238</v>
       </c>
       <c r="B240" s="2">
-        <v>20231207212421</v>
+        <v>20230612051333</v>
       </c>
       <c r="C240" s="2">
-        <v>1701984301084</v>
+        <v>1686546851127</v>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>{"lastSave":1701984301084,"timeWatchM":17261,"timeWatchW":10743,"timeWatchD":6015,"countWatchM":3,"countWatchW":3,"countWatchD":1,"id":"ba372168","watches":[{"actions":[{"type":"start","time":1701984261248},{"type":"stop","time":1701984271326},{"type":"start","time":1701984271327},{"type":"stop","time":1701984275695},{"type":"start","time":1701984275695},{"type":"stop","time":1701984278510}]},{"actions":[{"type":"start","time":1701984279426},{"type":"stop","time":1701984283054},{"type":"start","time":1701984292816},{"type":"stop","time":1701984299097},{"type":"start","time":1701984300250},{"type":"stop","time":1701984301084}]},{"actions":[{"type":"start","time":1701984284746},{"type":"stop","time":1701984290761}]}]}</t>
+          <t>{"lastSave":1686546851127,"timeWatchM":5145,"timeWatchW":7386,"timeWatchD":5036,"countWatchM":2,"countWatchW":2,"countWatchD":1,"id":"adff859c","watches":[{"actions":[{"type":"start","time":1686546812859},{"type":"stop","time":1686546815062},{"type":"start","time":1686546827489},{"type":"stop","time":1686546830431}]},{"actions":[{"type":"start","time":1686546815064},{"type":"stop","time":1686546818160},{"type":"start","time":1686546823198},{"type":"stop","time":1686546827488}]},{"actions":[{"type":"start","time":1686546818161},{"type":"stop","time":1686546823197}]}]}</t>
         </is>
       </c>
       <c r="E240">
-        <v>17261</v>
+        <v>5145</v>
       </c>
       <c r="F240">
-        <v>10743</v>
+        <v>7386</v>
       </c>
       <c r="G240">
-        <v>6015</v>
+        <v>5036</v>
       </c>
       <c r="H240">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I240">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J240">
         <v>1</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>239</v>
       </c>
       <c r="B241" s="2">
-        <v>20250923185143</v>
+        <v>20231215180218</v>
       </c>
       <c r="C241" s="2">
-        <v>1758654514736</v>
+        <v>1706288489848</v>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>{"lastSave":1758654514736,"timeWatchM":583899,"timeWatchW":265622,"timeWatchD":0,"countWatchM":11,"countWatchW":8,"countWatchD":0,"id":"ba713d84","watches":[{"actions":[{"type":"start","time":1758653555799},{"type":"stop","time":1758653621262},{"type":"start","time":1758653629848},{"type":"stop","time":1758653639679},{"type":"start","time":1758653641112},{"type":"stop","time":1758653661046},{"type":"start","time":1758653726695},{"type":"stop","time":1758653760861},{"type":"start","time":1758653812078},{"type":"stop","time":1758653858094},{"type":"start","time":1758653937410},{"type":"stop","time":1758653943459},{"type":"start","time":1758653943459},{"type":"stop","time":1758654102023},{"type":"start","time":1758654183124},{"type":"stop","time":1758654251790},{"type":"start","time":1758654253689},{"type":"stop","time":1758654262155},{"type":"start","time":1758654326407},{"type":"stop","time":1758654433120},{"type":"start","time":1758654442836},{"type":"stop","time":1758654502867}]},{"actions":[{"type":"start","time":1758653503316},{"type":"stop","time":1758653510297},{"type":"start","time":1758653511665},{"type":"stop","time":1758653555798},{"type":"start","time":1758653621263},{"type":"stop","time":1758653629847},{"type":"start","time":1758653639680},{"type":"stop","time":1758653641111},{"type":"start","time":1758653760862},{"type":"stop","time":1758653812077},{"type":"start","time":1758653858095},{"type":"stop","time":1758653937409},{"type":"start","time":1758654262156},{"type":"stop","time":1758654326406},{"type":"start","time":1758654433121},{"type":"stop","time":1758654442835}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1706288489848,"timeWatchM":1244020,"timeWatchW":1008900,"timeWatchD":123016,"countWatchM":18,"countWatchW":20,"countWatchD":6,"id":"af3a1fd5","watches":[{"actions":[{"type":"start","time":1702663734692},{"type":"stop","time":1702663841118},{"type":"start","time":1702664073444},{"type":"stop","time":1702664171641},{"type":"start","time":1702664175313},{"type":"stop","time":1702664235580},{"type":"start","time":1702664270233},{"type":"stop","time":1702664286567},{"type":"start","time":1702664288365},{"type":"stop","time":1702664314486},{"type":"start","time":1702664346417},{"type":"stop","time":1702664364933},{"type":"start","time":1702665623488},{"type":"stop","time":1702665637762},{"type":"start","time":1702665725039},{"type":"stop","time":1702665784279},{"type":"start","time":1702665885474},{"type":"stop","time":1702666021535},{"type":"start","time":1702666098605},{"type":"stop","time":1702666217659},{"type":"start","time":1702666224447},{"type":"stop","time":1702666331518},{"type":"start","time":1702666342177},{"type":"stop","time":1702666378623},{"type":"start","time":1702666418903},{"type":"stop","time":1702666434513},{"type":"start","time":1702666450563},{"type":"stop","time":1702666528114},{"type":"start","time":1702666592758},{"type":"stop","time":1702666780388},{"type":"start","time":1702666826203},{"type":"stop","time":1702666908669},{"type":"start","time":1702666948693},{"type":"stop","time":1702666961739},{"type":"start","time":1702667010180},{"type":"stop","time":1702667079890}]},{"actions":[{"type":"start","time":1702663337336},{"type":"stop","time":1702663487180},{"type":"start","time":1702663727601},{"type":"stop","time":1702663733252},{"type":"start","time":1702663859555},{"type":"stop","time":1702663871119},{"type":"start","time":1702663872555},{"type":"stop","time":1702663903087},{"type":"start","time":1702663926829},{"type":"stop","time":1702663947846},{"type":"start","time":1702663958225},{"type":"stop","time":1702663968341},{"type":"start","time":1702663969638},{"type":"stop","time":1702664009044},{"type":"start","time":1702665283200},{"type":"stop","time":1702665574406},{"type":"start","time":1702665606252},{"type":"stop","time":1702665623487},{"type":"start","time":1702665645878},{"type":"stop","time":1702665661001},{"type":"start","time":1702665700287},{"type":"stop","time":1702665723139},{"type":"start","time":1702665794096},{"type":"stop","time":1702665811168},{"type":"start","time":1702666023859},{"type":"stop","time":1702666098604},{"type":"start","time":1702666217660},{"type":"stop","time":1702666224446},{"type":"start","time":1702666378624},{"type":"stop","time":1702666418902},{"type":"start","time":1702666434514},{"type":"stop","time":1702666450563},{"type":"start","time":1702666528115},{"type":"stop","time":1702666536144},{"type":"start","time":1702666908669},{"type":"stop","time":1702666938890},{"type":"start","time":1702666961740},{"type":"stop","time":1702667010179},{"type":"start","time":1702667325180},{"type":"stop","time":1702667477915}]},{"actions":[{"type":"start","time":1702664026114},{"type":"stop","time":1702664029398},{"type":"start","time":1702664029399},{"type":"stop","time":1702664033094},{"type":"start","time":1702666331519},{"type":"stop","time":1702666342176},{"type":"start","time":1702666536145},{"type":"stop","time":1702666592757},{"type":"start","time":1702666780388},{"type":"stop","time":1702666819354},{"type":"start","time":1702666938890},{"type":"stop","time":1702666948692}]}]}</t>
         </is>
       </c>
       <c r="E241">
-        <v>583899</v>
+        <v>1244020</v>
       </c>
       <c r="F241">
-        <v>265622</v>
+        <v>1008900</v>
       </c>
       <c r="G241">
-        <v>0</v>
+        <v>123016</v>
       </c>
       <c r="H241">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="I241">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="J241">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>240</v>
       </c>
       <c r="B242" s="2">
-        <v>20250315132708</v>
+        <v>20250131181138</v>
       </c>
       <c r="C242" s="2">
-        <v>1742046071500</v>
+        <v>1738356060178</v>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>{"lastSave":1742046071500,"timeWatchM":0,"timeWatchW":838661,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"bbd7e639","watches":[{"actions":[]},{"actions":[{"type":"start","time":1742045228740},{"type":"stop","time":1742046067401}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1738356060178,"timeWatchM":3212253,"timeWatchW":1475254,"timeWatchD":727563,"countWatchM":65,"countWatchW":34,"countWatchD":17,"id":"b01a377f","watches":[{"actions":[{"type":"start","time":1738347098330},{"type":"stop","time":1738347104954},{"type":"start","time":1738347104957},{"type":"stop","time":1738347199235},{"type":"start","time":1738347199237},{"type":"stop","time":1738347206187},{"type":"start","time":1738347206189},{"type":"stop","time":1738347215120},{"type":"start","time":1738347547331},{"type":"stop","time":1738347568279},{"type":"start","time":1738347568281},{"type":"stop","time":1738347591336},{"type":"start","time":1738347618386},{"type":"stop","time":1738347694528},{"type":"start","time":1738347766728},{"type":"stop","time":1738347806116},{"type":"start","time":1738347806118},{"type":"stop","time":1738347828479},{"type":"start","time":1738347838778},{"type":"stop","time":1738347878162},{"type":"start","time":1738348032321},{"type":"stop","time":1738348042935},{"type":"start","time":1738348113126},{"type":"stop","time":1738348121336},{"type":"start","time":1738348148980},{"type":"stop","time":1738348404082},{"type":"start","time":1738349774673},{"type":"stop","time":1738349839232},{"type":"start","time":1738349839234},{"type":"stop","time":1738349862640},{"type":"start","time":1738349862642},{"type":"stop","time":1738349903143},{"type":"start","time":1738349903145},{"type":"stop","time":1738349926334},{"type":"start","time":1738349926336},{"type":"stop","time":1738349989425},{"type":"start","time":1738349989428},{"type":"stop","time":1738350097491},{"type":"start","time":1738350097493},{"type":"stop","time":1738350128495},{"type":"start","time":1738350339725},{"type":"stop","time":1738350356218},{"type":"start","time":1738350356221},{"type":"stop","time":1738350399264},{"type":"start","time":1738350399267},{"type":"stop","time":1738350497035},{"type":"start","time":1738350497037},{"type":"stop","time":1738350573694},{"type":"start","time":1738350604465},{"type":"stop","time":1738350652985},{"type":"start","time":1738350688934},{"type":"stop","time":1738350692750},{"type":"start","time":1738351546335},{"type":"stop","time":1738351584381},{"type":"start","time":1738351654469},{"type":"stop","time":1738351661729},{"type":"start","time":1738351661731},{"type":"stop","time":1738351688685},{"type":"start","time":1738351749224},{"type":"stop","time":1738351776284},{"type":"start","time":1738351793746},{"type":"stop","time":1738351822700},{"type":"start","time":1738351842660},{"type":"stop","time":1738351889322},{"type":"start","time":1738351889324},{"type":"stop","time":1738351979218},{"type":"start","time":1738351979220},{"type":"stop","time":1738352066881},{"type":"start","time":1738352121547},{"type":"stop","time":1738352226107},{"type":"start","time":1738352301133},{"type":"stop","time":1738352524471},{"type":"start","time":1738352673236},{"type":"stop","time":1738352729932},{"type":"start","time":1738352763738},{"type":"stop","time":1738352825176},{"type":"start","time":1738352912196},{"type":"stop","time":1738352915092},{"type":"start","time":1738352946531},{"type":"stop","time":1738352972810},{"type":"start","time":1738353170276},{"type":"stop","time":1738353240637},{"type":"start","time":1738353302217},{"type":"stop","time":1738353329490},{"type":"start","time":1738353423504},{"type":"stop","time":1738353442912},{"type":"start","time":1738353458925},{"type":"stop","time":1738353484083},{"type":"start","time":1738353535608},{"type":"stop","time":1738353578364},{"type":"start","time":1738353582732},{"type":"stop","time":1738353619399},{"type":"start","time":1738353621934},{"type":"stop","time":1738353697247},{"type":"start","time":1738353732510},{"type":"stop","time":1738353782574},{"type":"start","time":1738353890003},{"type":"stop","time":1738353953981},{"type":"start","time":1738353953983},{"type":"stop","time":1738353990533},{"type":"start","time":1738353990536},{"type":"stop","time":1738354048512},{"type":"start","time":1738354106563},{"type":"stop","time":1738354224694},{"type":"start","time":1738354288060},{"type":"stop","time":1738354315780},{"type":"start","time":1738354388320},{"type":"stop","time":1738354461635},{"type":"start","time":1738354477647},{"type":"stop","time":1738354496723},{"type":"start","time":1738354533532},{"type":"stop","time":1738354547094},{"type":"start","time":1738354583738},{"type":"stop","time":1738354598731},{"type":"start","time":1738354603635},{"type":"stop","time":1738354642629},{"type":"start","time":1738354648967},{"type":"stop","time":1738354651047},{"type":"start","time":1738355576828},{"type":"stop","time":1738355688169},{"type":"start","time":1738355688172},{"type":"stop","time":1738355760919},{"type":"start","time":1738355830300},{"type":"stop","time":1738355900245},{"type":"start","time":1738355929646},{"type":"stop","time":1738355978975},{"type":"start","time":1738355996011},{"type":"stop","time":1738356003524},{"type":"start","time":1738356051966},{"type":"stop","time":1738356060178}]},{"actions":[{"type":"start","time":1738347591337},{"type":"stop","time":1738347618384},{"type":"start","time":1738347694530},{"type":"stop","time":1738347766726},{"type":"start","time":1738347828481},{"type":"stop","time":1738347838776},{"type":"start","time":1738347878164},{"type":"stop","time":1738348032319},{"type":"start","time":1738348042937},{"type":"stop","time":1738348113122},{"type":"start","time":1738348121340},{"type":"stop","time":1738348148978},{"type":"start","time":1738350128497},{"type":"stop","time":1738350339722},{"type":"start","time":1738350573696},{"type":"stop","time":1738350604463},{"type":"start","time":1738350652987},{"type":"stop","time":1738350663903},{"type":"start","time":1738350663905},{"type":"stop","time":1738350688932},{"type":"start","time":1738350692752},{"type":"stop","time":1738350699151},{"type":"start","time":1738351776286},{"type":"stop","time":1738351793744},{"type":"start","time":1738352066883},{"type":"stop","time":1738352109397},{"type":"start","time":1738352268977},{"type":"stop","time":1738352301131},{"type":"start","time":1738352524473},{"type":"stop","time":1738352618807},{"type":"start","time":1738352618810},{"type":"stop","time":1738352638981},{"type":"start","time":1738352638985},{"type":"stop","time":1738352673234},{"type":"start","time":1738353099758},{"type":"stop","time":1738353113781},{"type":"start","time":1738353240639},{"type":"stop","time":1738353302214},{"type":"start","time":1738353329493},{"type":"stop","time":1738353373374},{"type":"start","time":1738353383088},{"type":"stop","time":1738353423501},{"type":"start","time":1738353442914},{"type":"stop","time":1738353458923},{"type":"start","time":1738353578367},{"type":"stop","time":1738353582730},{"type":"start","time":1738353619401},{"type":"stop","time":1738353621932},{"type":"start","time":1738353792373},{"type":"stop","time":1738353843321},{"type":"start","time":1738354050515},{"type":"stop","time":1738354106561},{"type":"start","time":1738354224696},{"type":"stop","time":1738354288058},{"type":"start","time":1738354496726},{"type":"stop","time":1738354525465},{"type":"start","time":1738354525467},{"type":"stop","time":1738354533530},{"type":"start","time":1738354547096},{"type":"stop","time":1738354583736},{"type":"start","time":1738354651050},{"type":"stop","time":1738354671380},{"type":"start","time":1738355510399},{"type":"stop","time":1738355576826},{"type":"start","time":1738355760921},{"type":"stop","time":1738355787659},{"type":"start","time":1738356003527},{"type":"stop","time":1738356051963}]},{"actions":[{"type":"start","time":1738351584383},{"type":"stop","time":1738351654467},{"type":"start","time":1738351688687},{"type":"stop","time":1738351749222},{"type":"start","time":1738351822702},{"type":"stop","time":1738351842658},{"type":"start","time":1738352109399},{"type":"stop","time":1738352121545},{"type":"start","time":1738352226109},{"type":"stop","time":1738352268974},{"type":"start","time":1738352729934},{"type":"stop","time":1738352763735},{"type":"start","time":1738352849816},{"type":"stop","time":1738352912194},{"type":"start","time":1738352915095},{"type":"stop","time":1738352946529},{"type":"start","time":1738352972812},{"type":"stop","time":1738353099756},{"type":"start","time":1738353113783},{"type":"stop","time":1738353170274},{"type":"start","time":1738353373377},{"type":"stop","time":1738353383086},{"type":"start","time":1738353843323},{"type":"stop","time":1738353890001},{"type":"start","time":1738354315783},{"type":"stop","time":1738354388317},{"type":"start","time":1738354461637},{"type":"stop","time":1738354477645},{"type":"start","time":1738354642631},{"type":"stop","time":1738354648965},{"type":"start","time":1738355787662},{"type":"stop","time":1738355830297},{"type":"start","time":1738355978978},{"type":"stop","time":1738355996009}]}]}</t>
         </is>
       </c>
       <c r="E242">
-        <v>0</v>
+        <v>3212253</v>
       </c>
       <c r="F242">
-        <v>838661</v>
+        <v>1475254</v>
       </c>
       <c r="G242">
-        <v>0</v>
+        <v>727563</v>
       </c>
       <c r="H242">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="I242">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="J242">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>241</v>
       </c>
       <c r="B243" s="2">
-        <v>20240415145154</v>
+        <v>20231118080503</v>
       </c>
       <c r="C243" s="2">
-        <v>1713192752395</v>
+        <v>1700305449213</v>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>{"lastSave":1713192752395,"timeWatchM":10882,"timeWatchW":12629,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"bc036626","watches":[{"actions":[{"type":"start","time":1713192714779},{"type":"stop","time":1713192719645},{"type":"start","time":1713192719645},{"type":"stop","time":1713192725661}]},{"actions":[{"type":"start","time":1713192728181},{"type":"stop","time":1713192735127},{"type":"start","time":1713192735128},{"type":"stop","time":1713192740811}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1700305449213,"timeWatchM":140661,"timeWatchW":5589627,"timeWatchD":0,"countWatchM":3,"countWatchW":30,"countWatchD":0,"id":"b0b07b27","watches":[{"actions":[{"type":"start","time":1700294734378},{"type":"stop","time":1700294743038},{"type":"start","time":1700297121232},{"type":"stop","time":1700297203999},{"type":"start","time":1700297247723},{"type":"stop","time":1700297296957}]},{"actions":[{"type":"start","time":1700294703418},{"type":"stop","time":1700294734378},{"type":"start","time":1700294743039},{"type":"stop","time":1700294857240},{"type":"start","time":1700294857240},{"type":"stop","time":1700295011536},{"type":"start","time":1700295011537},{"type":"stop","time":1700296495110},{"type":"start","time":1700296947971},{"type":"stop","time":1700297009348},{"type":"start","time":1700297009349},{"type":"stop","time":1700297108590},{"type":"start","time":1700297108590},{"type":"stop","time":1700297121231},{"type":"start","time":1700297204000},{"type":"stop","time":1700297247722},{"type":"start","time":1700297296957},{"type":"stop","time":1700297555718},{"type":"start","time":1700297555718},{"type":"stop","time":1700297910618},{"type":"start","time":1700297921610},{"type":"stop","time":1700297940092},{"type":"start","time":1700297956551},{"type":"stop","time":1700297984075},{"type":"start","time":1700297998107},{"type":"stop","time":1700298154890},{"type":"start","time":1700298169233},{"type":"stop","time":1700298172907},{"type":"start","time":1700298172908},{"type":"stop","time":1700298194331},{"type":"start","time":1700298194331},{"type":"stop","time":1700298203361},{"type":"start","time":1700298203361},{"type":"stop","time":1700298208218},{"type":"start","time":1700298208219},{"type":"stop","time":1700298221091},{"type":"start","time":1700298221092},{"type":"stop","time":1700298229769},{"type":"start","time":1700298229769},{"type":"stop","time":1700298252098},{"type":"start","time":1700298252099},{"type":"stop","time":1700299383347},{"type":"start","time":1700301340428},{"type":"stop","time":1700302421560},{"type":"start","time":1700304593049},{"type":"stop","time":1700304635798},{"type":"start","time":1700304653055},{"type":"stop","time":1700304825826},{"type":"start","time":1700304825827},{"type":"stop","time":1700304870163},{"type":"start","time":1700304870163},{"type":"stop","time":1700304891204},{"type":"start","time":1700304918046},{"type":"stop","time":1700304942220},{"type":"start","time":1700304946880},{"type":"stop","time":1700305054429},{"type":"start","time":1700305079960},{"type":"stop","time":1700305131298},{"type":"start","time":1700305149015},{"type":"stop","time":1700305162981}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E243">
-        <v>10882</v>
+        <v>140661</v>
       </c>
       <c r="F243">
-        <v>12629</v>
+        <v>5589627</v>
       </c>
       <c r="G243">
         <v>0</v>
       </c>
       <c r="H243">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I243">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="J243">
         <v>0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>242</v>
       </c>
       <c r="B244" s="2">
-        <v>20231119090451</v>
+        <v>20250315135612</v>
       </c>
       <c r="C244" s="2">
-        <v>1700386229585</v>
+        <v>1742047663880</v>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>{"lastSave":1700386229585,"timeWatchM":137696,"timeWatchW":1084082,"timeWatchD":0,"countWatchM":1,"countWatchW":15,"countWatchD":0,"id":"bc186958","watches":[{"actions":[{"type":"start","time":1700385186047},{"type":"stop","time":1700385323743}]},{"actions":[{"type":"start","time":1700384691088},{"type":"stop","time":1700384855029},{"type":"start","time":1700384855032},{"type":"stop","time":1700384968495},{"type":"start","time":1700384968495},{"type":"stop","time":1700385087082},{"type":"start","time":1700385087084},{"type":"stop","time":1700385097251},{"type":"start","time":1700385097252},{"type":"stop","time":1700385156436},{"type":"start","time":1700385156436},{"type":"stop","time":1700385186046},{"type":"start","time":1700385323743},{"type":"stop","time":1700385349031},{"type":"start","time":1700385349033},{"type":"stop","time":1700385462509},{"type":"start","time":1700385488420},{"type":"stop","time":1700385495039},{"type":"start","time":1700385495039},{"type":"stop","time":1700385587892},{"type":"start","time":1700385587896},{"type":"stop","time":1700385783332},{"type":"start","time":1700385783333},{"type":"stop","time":1700385857077},{"type":"start","time":1700385857078},{"type":"stop","time":1700385866220},{"type":"start","time":1700385866220},{"type":"stop","time":1700385934749},{"type":"start","time":1700385934750},{"type":"stop","time":1700385938793}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742047663880,"timeWatchM":428793,"timeWatchW":184884,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"b1143db2","watches":[{"actions":[{"type":"start","time":1742046972553},{"type":"stop","time":1742047089552},{"type":"start","time":1742047339504},{"type":"stop","time":1742047651298}]},{"actions":[{"type":"start","time":1742047090452},{"type":"stop","time":1742047275336}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E244">
-        <v>137696</v>
+        <v>428793</v>
       </c>
       <c r="F244">
-        <v>1084082</v>
+        <v>184884</v>
       </c>
       <c r="G244">
         <v>0</v>
       </c>
       <c r="H244">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I244">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="J244">
         <v>0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>243</v>
       </c>
       <c r="B245" s="2">
-        <v>20250821180756</v>
+        <v>20250925115000</v>
       </c>
       <c r="C245" s="2">
-        <v>1755799805560</v>
+        <v>1758801007503</v>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>{"lastSave":1755799805560,"timeWatchM":23434,"timeWatchW":82186,"timeWatchD":0,"countWatchM":2,"countWatchW":3,"countWatchD":0,"id":"bc6e8b44","watches":[{"actions":[{"type":"start","time":1755799674957},{"type":"stop","time":1755799690841},{"type":"start","time":1755799759426},{"type":"stop","time":1755799766976}]},{"actions":[{"type":"start","time":1755799691974},{"type":"stop","time":1755799702725},{"type":"start","time":1755799708491},{"type":"stop","time":1755799751642},{"type":"start","time":1755799768626},{"type":"stop","time":1755799796910}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758801007503,"timeWatchM":0,"timeWatchW":0,"timeWatchD":7287,"countWatchM":0,"countWatchW":0,"countWatchD":1,"id":"b19b8422","watches":[{"actions":[]},{"actions":[]},{"actions":[{"type":"start","time":1758801000216},{"type":"stop","time":1758801007503}]}]}</t>
         </is>
       </c>
       <c r="E245">
-        <v>23434</v>
+        <v>0</v>
       </c>
       <c r="F245">
-        <v>82186</v>
+        <v>0</v>
       </c>
       <c r="G245">
-        <v>0</v>
+        <v>7287</v>
       </c>
       <c r="H245">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I245">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J245">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>244</v>
       </c>
       <c r="B246" s="2">
-        <v>20250821181037</v>
+        <v>20250524132540</v>
       </c>
       <c r="C246" s="2">
-        <v>1755800794830</v>
+        <v>1748099193435</v>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>{"lastSave":1755800794830,"timeWatchM":950353,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"c27cf3a9","watches":[{"actions":[{"type":"start","time":1755799836594},{"type":"stop","time":1755800665761},{"type":"start","time":1755800670277},{"type":"stop","time":1755800791463}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748099193435,"timeWatchM":4532677,"timeWatchW":722486,"timeWatchD":0,"countWatchM":36,"countWatchW":8,"countWatchD":0,"id":"b1af2eca","watches":[{"actions":[{"type":"start","time":1748093175240},{"type":"stop","time":1748093254548},{"type":"start","time":1748093256635},{"type":"stop","time":1748093574200},{"type":"start","time":1748093848544},{"type":"stop","time":1748093866412},{"type":"start","time":1748093868170},{"type":"stop","time":1748093953006},{"type":"start","time":1748093964573},{"type":"stop","time":1748094184291},{"type":"start","time":1748094186143},{"type":"stop","time":1748094219226},{"type":"start","time":1748094220264},{"type":"stop","time":1748094243607},{"type":"start","time":1748094252170},{"type":"stop","time":1748094306602},{"type":"start","time":1748094308647},{"type":"stop","time":1748094319287},{"type":"start","time":1748094321116},{"type":"stop","time":1748094356341},{"type":"start","time":1748094360537},{"type":"stop","time":1748094394947},{"type":"start","time":1748094396699},{"type":"stop","time":1748094422363},{"type":"start","time":1748094424967},{"type":"stop","time":1748094475489},{"type":"start","time":1748094482887},{"type":"stop","time":1748094494503},{"type":"start","time":1748094511268},{"type":"stop","time":1748094545065},{"type":"start","time":1748094555871},{"type":"stop","time":1748094695606},{"type":"start","time":1748094700307},{"type":"stop","time":1748094727893},{"type":"start","time":1748095115945},{"type":"stop","time":1748095325542},{"type":"start","time":1748095390723},{"type":"stop","time":1748095421272},{"type":"start","time":1748095428551},{"type":"stop","time":1748095495148},{"type":"start","time":1748095506524},{"type":"stop","time":1748095628506},{"type":"start","time":1748095650752},{"type":"stop","time":1748095721005},{"type":"start","time":1748095743616},{"type":"stop","time":1748096001156},{"type":"start","time":1748096011940},{"type":"stop","time":1748096047667},{"type":"start","time":1748096058680},{"type":"stop","time":1748096071919},{"type":"start","time":1748096087307},{"type":"stop","time":1748096186596},{"type":"start","time":1748096256941},{"type":"stop","time":1748096313738},{"type":"start","time":1748096398803},{"type":"stop","time":1748096425792},{"type":"start","time":1748096646835},{"type":"stop","time":1748096703557},{"type":"start","time":1748096707815},{"type":"stop","time":1748096745302},{"type":"start","time":1748096754601},{"type":"stop","time":1748097292701},{"type":"start","time":1748097297667},{"type":"stop","time":1748097563600},{"type":"start","time":1748097643008},{"type":"stop","time":1748097790082},{"type":"start","time":1748097807585},{"type":"stop","time":1748098563060},{"type":"start","time":1748098637514},{"type":"stop","time":1748098878956},{"type":"start","time":1748098882920},{"type":"stop","time":1748099185457}]},{"actions":[{"type":"start","time":1748093598215},{"type":"stop","time":1748093815818},{"type":"start","time":1748094737303},{"type":"stop","time":1748094898408},{"type":"start","time":1748094911700},{"type":"stop","time":1748094973833},{"type":"start","time":1748094987774},{"type":"stop","time":1748095031688},{"type":"start","time":1748095044690},{"type":"stop","time":1748095110912},{"type":"start","time":1748096199716},{"type":"stop","time":1748096241265},{"type":"start","time":1748097564685},{"type":"stop","time":1748097638044},{"type":"start","time":1748098576660},{"type":"stop","time":1748098633261}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E246">
-        <v>950353</v>
+        <v>4532677</v>
       </c>
       <c r="F246">
-        <v>0</v>
+        <v>722486</v>
       </c>
       <c r="G246">
         <v>0</v>
       </c>
       <c r="H246">
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="I246">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J246">
         <v>0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>245</v>
       </c>
       <c r="B247" s="2">
-        <v>20250315122242</v>
+        <v>20250524123415</v>
       </c>
       <c r="C247" s="2">
-        <v>1742042361825</v>
+        <v>1748090255981</v>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>{"lastSave":1742042361825,"timeWatchM":991007,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"c38265d5","watches":[{"actions":[{"type":"start","time":1742041362035},{"type":"stop","time":1742042353042}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748090255981,"timeWatchM":137364,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"b1ef6ab","watches":[{"actions":[{"type":"start","time":1748090090029},{"type":"stop","time":1748090137012},{"type":"start","time":1748090158333},{"type":"stop","time":1748090248714}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E247">
-        <v>991007</v>
+        <v>137364</v>
       </c>
       <c r="F247">
         <v>0</v>
       </c>
       <c r="G247">
         <v>0</v>
       </c>
       <c r="H247">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I247">
         <v>0</v>
       </c>
       <c r="J247">
         <v>0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>246</v>
       </c>
       <c r="B248" s="2">
-        <v>20250602070142</v>
+        <v>20240508210028</v>
       </c>
       <c r="C248" s="2">
-        <v>1748849443356</v>
+        <v>1715202043780</v>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>{"lastSave":1748849443356,"timeWatchM":6000,"timeWatchW":1834,"timeWatchD":1884,"countWatchM":2,"countWatchW":1,"countWatchD":1,"id":"c3a06a7a","watches":[{"actions":[{"type":"start","time":1748847701521},{"type":"stop","time":1748847705271},{"type":"start","time":1748849417522},{"type":"stop","time":1748849419772}]},{"actions":[{"type":"start","time":1748849422438},{"type":"stop","time":1748849424272}]},{"actions":[{"type":"start","time":1748849441472},{"type":"stop","time":1748849443356}]}]}</t>
+          <t>{"lastSave":1715202043780,"timeWatchM":1454,"timeWatchW":2685,"timeWatchD":1360,"countWatchM":1,"countWatchW":2,"countWatchD":1,"id":"b2e8bff3","watches":[{"actions":[{"type":"start","time":1715202027959},{"type":"stop","time":1715202029413}]},{"actions":[{"type":"start","time":1715202029415},{"type":"stop","time":1715202030682},{"type":"start","time":1715202032039},{"type":"stop","time":1715202033457}]},{"actions":[{"type":"start","time":1715202034277},{"type":"stop","time":1715202035637}]}]}</t>
         </is>
       </c>
       <c r="E248">
-        <v>6000</v>
+        <v>1454</v>
       </c>
       <c r="F248">
-        <v>1834</v>
+        <v>2685</v>
       </c>
       <c r="G248">
-        <v>1884</v>
+        <v>1360</v>
       </c>
       <c r="H248">
+        <v>1</v>
+      </c>
+      <c r="I248">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="J248">
         <v>1</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>247</v>
       </c>
       <c r="B249" s="2">
-        <v>20230909074959</v>
+        <v>20230223145235</v>
       </c>
       <c r="C249" s="2">
-        <v>1694250478389</v>
+        <v>1677165529658</v>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>{"lastSave":1694250478389,"timeWatchM":346380,"timeWatchW":4161465,"timeWatchD":0,"countWatchM":15,"countWatchW":17,"countWatchD":0,"id":"c52e20b6","watches":[{"actions":[{"type":"start","time":1694246140578},{"type":"stop","time":1694246141097},{"type":"start","time":1694246141098},{"type":"stop","time":1694246141599},{"type":"start","time":1694246141599},{"type":"stop","time":1694246142748},{"type":"start","time":1694246146360},{"type":"stop","time":1694246169193},{"type":"start","time":1694246751887},{"type":"stop","time":1694246756928},{"type":"start","time":1694246966234},{"type":"stop","time":1694246970036},{"type":"start","time":1694247053783},{"type":"stop","time":1694247103531},{"type":"start","time":1694247432807},{"type":"stop","time":1694247435625},{"type":"start","time":1694247605473},{"type":"stop","time":1694247670512},{"type":"start","time":1694248149409},{"type":"stop","time":1694248165678},{"type":"start","time":1694248165679},{"type":"stop","time":1694248186482},{"type":"start","time":1694248231468},{"type":"stop","time":1694248244735},{"type":"start","time":1694248769268},{"type":"stop","time":1694248769666},{"type":"start","time":1694248769667},{"type":"stop","time":1694248840680},{"type":"start","time":1694248840681},{"type":"stop","time":1694248913861}]},{"actions":[{"type":"start","time":1694245800261},{"type":"stop","time":1694246140577},{"type":"start","time":1694246142749},{"type":"stop","time":1694246146360},{"type":"start","time":1694246169193},{"type":"stop","time":1694246751887},{"type":"start","time":1694246756928},{"type":"stop","time":1694246757199},{"type":"start","time":1694246757199},{"type":"stop","time":1694246966233},{"type":"start","time":1694246970036},{"type":"stop","time":1694246970330},{"type":"start","time":1694246970331},{"type":"stop","time":1694247053782},{"type":"start","time":1694247103532},{"type":"stop","time":1694247104197},{"type":"start","time":1694247104197},{"type":"stop","time":1694247116384},{"type":"start","time":1694247286629},{"type":"stop","time":1694247432806},{"type":"start","time":1694247435627},{"type":"stop","time":1694247605472},{"type":"start","time":1694247670513},{"type":"stop","time":1694247941353},{"type":"start","time":1694247941355},{"type":"stop","time":1694248149407},{"type":"start","time":1694248186483},{"type":"stop","time":1694248189638},{"type":"start","time":1694248189650},{"type":"stop","time":1694248231467},{"type":"start","time":1694248244736},{"type":"stop","time":1694248769267},{"type":"start","time":1694248913862},{"type":"stop","time":1694250478387}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1677165529658,"timeWatchM":1119027,"timeWatchW":145964,"timeWatchD":0,"countWatchM":16,"countWatchW":5,"countWatchD":0,"id":"b30d5ccb","watches":[{"actions":[{"type":"start","time":1677163955369},{"type":"stop","time":1677163982211},{"type":"start","time":1677163983128},{"type":"stop","time":1677164095459},{"type":"start","time":1677164095460},{"type":"stop","time":1677164160430},{"type":"start","time":1677164168408},{"type":"stop","time":1677164235057},{"type":"start","time":1677164235058},{"type":"stop","time":1677164303116},{"type":"start","time":1677164346511},{"type":"stop","time":1677164352844},{"type":"start","time":1677164352845},{"type":"stop","time":1677164355069},{"type":"start","time":1677164412407},{"type":"stop","time":1677164472755},{"type":"start","time":1677164528506},{"type":"stop","time":1677164607064},{"type":"start","time":1677164624103},{"type":"stop","time":1677164672599},{"type":"start","time":1677164706841},{"type":"stop","time":1677164818998},{"type":"start","time":1677164886456},{"type":"stop","time":1677164964521},{"type":"start","time":1677164969556},{"type":"stop","time":1677165287180},{"type":"start","time":1677165287181},{"type":"stop","time":1677165290229},{"type":"start","time":1677165290230},{"type":"stop","time":1677165350828},{"type":"start","time":1677165484578},{"type":"stop","time":1677165497304}]},{"actions":[{"type":"start","time":1677163982211},{"type":"stop","time":1677163983127},{"type":"start","time":1677164621189},{"type":"stop","time":1677164624102},{"type":"start","time":1677165350829},{"type":"stop","time":1677165484577},{"type":"start","time":1677165516373},{"type":"stop","time":1677165523690},{"type":"start","time":1677165523691},{"type":"stop","time":1677165524761}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E249">
-        <v>346380</v>
+        <v>1119027</v>
       </c>
       <c r="F249">
-        <v>4161465</v>
+        <v>145964</v>
       </c>
       <c r="G249">
         <v>0</v>
       </c>
       <c r="H249">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I249">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="J249">
         <v>0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>248</v>
       </c>
       <c r="B250" s="2">
-        <v>20250524115907</v>
+        <v>20250307184320</v>
       </c>
       <c r="C250" s="2">
-        <v>1748087990658</v>
+        <v>1741379758491</v>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>{"lastSave":1748087990658,"timeWatchM":6928,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"c63036d","watches":[{"actions":[{"type":"start","time":1748087981826},{"type":"stop","time":1748087988754}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1741379758491,"timeWatchM":1719834,"timeWatchW":3079971,"timeWatchD":245230,"countWatchM":21,"countWatchW":35,"countWatchD":9,"id":"b432046c","watches":[{"actions":[{"type":"start","time":1741374178085},{"type":"stop","time":1741374202006},{"type":"start","time":1741375178768},{"type":"stop","time":1741376004781},{"type":"start","time":1741376029802},{"type":"stop","time":1741376031216},{"type":"start","time":1741376047732},{"type":"stop","time":1741376052127},{"type":"start","time":1741377766600},{"type":"stop","time":1741378018323},{"type":"start","time":1741378031865},{"type":"stop","time":1741378051097},{"type":"start","time":1741378085384},{"type":"stop","time":1741378090493},{"type":"start","time":1741378241118},{"type":"stop","time":1741378263925},{"type":"start","time":1741378404852},{"type":"stop","time":1741378436294},{"type":"start","time":1741378469305},{"type":"stop","time":1741378481821},{"type":"start","time":1741378491925},{"type":"stop","time":1741378494238},{"type":"start","time":1741378594096},{"type":"stop","time":1741378607278},{"type":"start","time":1741378619946},{"type":"stop","time":1741378650287},{"type":"start","time":1741378762115},{"type":"stop","time":1741378782439},{"type":"start","time":1741378945074},{"type":"stop","time":1741378955748},{"type":"start","time":1741378965268},{"type":"stop","time":1741378966102},{"type":"start","time":1741379136503},{"type":"stop","time":1741379505981},{"type":"start","time":1741379534789},{"type":"stop","time":1741379563884},{"type":"start","time":1741379563885},{"type":"stop","time":1741379564350},{"type":"start","time":1741379564351},{"type":"stop","time":1741379569327},{"type":"start","time":1741379687182},{"type":"stop","time":1741379726762}]},{"actions":[{"type":"start","time":1741373000916},{"type":"stop","time":1741373969590},{"type":"start","time":1741373969635},{"type":"stop","time":1741373973546},{"type":"start","time":1741373973547},{"type":"stop","time":1741374083445},{"type":"start","time":1741374096810},{"type":"stop","time":1741374175553},{"type":"start","time":1741374175554},{"type":"stop","time":1741374178084},{"type":"start","time":1741374202007},{"type":"stop","time":1741374371688},{"type":"start","time":1741374406852},{"type":"stop","time":1741374422383},{"type":"start","time":1741375138684},{"type":"stop","time":1741375178765},{"type":"start","time":1741376004832},{"type":"stop","time":1741376006561},{"type":"start","time":1741376020695},{"type":"stop","time":1741376029801},{"type":"start","time":1741376031217},{"type":"stop","time":1741376047731},{"type":"start","time":1741376976566},{"type":"stop","time":1741377723650},{"type":"start","time":1741377745887},{"type":"stop","time":1741377752013},{"type":"start","time":1741377752014},{"type":"stop","time":1741377766599},{"type":"start","time":1741378018325},{"type":"stop","time":1741378031863},{"type":"start","time":1741378051099},{"type":"stop","time":1741378085382},{"type":"start","time":1741378090495},{"type":"stop","time":1741378116801},{"type":"start","time":1741378116802},{"type":"stop","time":1741378203279},{"type":"start","time":1741378203282},{"type":"stop","time":1741378241117},{"type":"start","time":1741378263926},{"type":"stop","time":1741378280257},{"type":"start","time":1741378289031},{"type":"stop","time":1741378354575},{"type":"start","time":1741378357607},{"type":"stop","time":1741378404850},{"type":"start","time":1741378436295},{"type":"stop","time":1741378469303},{"type":"start","time":1741378481822},{"type":"stop","time":1741378491924},{"type":"start","time":1741378508856},{"type":"stop","time":1741378594095},{"type":"start","time":1741378650288},{"type":"stop","time":1741378682986},{"type":"start","time":1741378682987},{"type":"stop","time":1741378687315},{"type":"start","time":1741378690529},{"type":"stop","time":1741378711674},{"type":"start","time":1741378721380},{"type":"stop","time":1741378762114},{"type":"start","time":1741378782440},{"type":"stop","time":1741378820793},{"type":"start","time":1741378820795},{"type":"stop","time":1741378945073},{"type":"start","time":1741379506029},{"type":"stop","time":1741379534787},{"type":"start","time":1741379569328},{"type":"stop","time":1741379602301},{"type":"start","time":1741379602303},{"type":"stop","time":1741379687180},{"type":"start","time":1741379726763},{"type":"stop","time":1741379758491}]},{"actions":[{"type":"start","time":1741374083446},{"type":"stop","time":1741374096809},{"type":"start","time":1741378280258},{"type":"stop","time":1741378289030},{"type":"start","time":1741378354576},{"type":"stop","time":1741378357605},{"type":"start","time":1741378494239},{"type":"stop","time":1741378508855},{"type":"start","time":1741378607279},{"type":"stop","time":1741378619945},{"type":"start","time":1741378687317},{"type":"stop","time":1741378690528},{"type":"start","time":1741378711676},{"type":"stop","time":1741378721379},{"type":"start","time":1741378955750},{"type":"stop","time":1741378965267},{"type":"start","time":1741378966103},{"type":"stop","time":1741379136456}]}]}</t>
         </is>
       </c>
       <c r="E250">
-        <v>6928</v>
+        <v>1719834</v>
       </c>
       <c r="F250">
-        <v>0</v>
+        <v>3079971</v>
       </c>
       <c r="G250">
-        <v>0</v>
+        <v>245230</v>
       </c>
       <c r="H250">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="I250">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="J250">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>249</v>
       </c>
       <c r="B251" s="2">
-        <v>20250325095938</v>
+        <v>20250923174624</v>
       </c>
       <c r="C251" s="2">
-        <v>1743516958158</v>
+        <v>1758650039477</v>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>{"lastSave":1743516958158,"timeWatchM":333360,"timeWatchW":478750,"timeWatchD":0,"countWatchM":13,"countWatchW":17,"countWatchD":0,"id":"c6d3153d","watches":[{"actions":[{"type":"start","time":1743513533743},{"type":"stop","time":1743513541281},{"type":"start","time":1743513560812},{"type":"stop","time":1743513565149},{"type":"start","time":1743513610837},{"type":"stop","time":1743513615472},{"type":"start","time":1743513644257},{"type":"stop","time":1743513761320},{"type":"start","time":1743513764385},{"type":"stop","time":1743513835921},{"type":"start","time":1743513835922},{"type":"stop","time":1743513837629},{"type":"start","time":1743513840495},{"type":"stop","time":1743513858821},{"type":"start","time":1743514212428},{"type":"stop","time":1743514218487},{"type":"start","time":1743514891055},{"type":"stop","time":1743514927711},{"type":"start","time":1743515108938},{"type":"stop","time":1743515110911},{"type":"start","time":1743516336402},{"type":"stop","time":1743516368055},{"type":"start","time":1743516405180},{"type":"stop","time":1743516424406},{"type":"start","time":1743516945506},{"type":"stop","time":1743516958157}]},{"actions":[{"type":"start","time":1743513761321},{"type":"stop","time":1743513764384},{"type":"start","time":1743513892118},{"type":"stop","time":1743513952045},{"type":"start","time":1743513953638},{"type":"stop","time":1743514017896},{"type":"start","time":1743514244124},{"type":"stop","time":1743514252023},{"type":"start","time":1743514252024},{"type":"stop","time":1743514254974},{"type":"start","time":1743514535171},{"type":"stop","time":1743514607683},{"type":"start","time":1743514646075},{"type":"stop","time":1743514744296},{"type":"start","time":1743514775129},{"type":"stop","time":1743514786078},{"type":"start","time":1743514944124},{"type":"stop","time":1743514981975},{"type":"start","time":1743514998394},{"type":"stop","time":1743515013378},{"type":"start","time":1743515039831},{"type":"stop","time":1743515050066},{"type":"start","time":1743515100596},{"type":"stop","time":1743515106241},{"type":"start","time":1743515449497},{"type":"stop","time":1743515450746},{"type":"start","time":1743516312189},{"type":"stop","time":1743516332503},{"type":"start","time":1743516642088},{"type":"stop","time":1743516655073},{"type":"start","time":1743516778802},{"type":"stop","time":1743516831491},{"type":"start","time":1743516879738},{"type":"stop","time":1743516882757}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758650039477,"timeWatchM":287987,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"b4fd6164","watches":[{"actions":[{"type":"start","time":1758649584555},{"type":"stop","time":1758649653056},{"type":"start","time":1758649685207},{"type":"stop","time":1758649840106},{"type":"start","time":1758649974890},{"type":"stop","time":1758650039477}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E251">
-        <v>333360</v>
+        <v>287987</v>
       </c>
       <c r="F251">
-        <v>478750</v>
+        <v>0</v>
       </c>
       <c r="G251">
         <v>0</v>
       </c>
       <c r="H251">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="I251">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="J251">
         <v>0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>250</v>
       </c>
       <c r="B252" s="2">
-        <v>20251009170650</v>
+        <v>20240504114044</v>
       </c>
       <c r="C252" s="2">
-        <v>1760039739978</v>
+        <v>1714822856876</v>
       </c>
       <c r="D252" t="inlineStr">
         <is>
-          <t>{"lastSave":1760039739978,"timeWatchM":2596334,"timeWatchW":3877052,"timeWatchD":1534,"countWatchM":80,"countWatchW":71,"countWatchD":1,"id":"c74512d","watches":[{"actions":[{"type":"start","time":1760029610394},{"type":"stop","time":1760029635401},{"type":"start","time":1760031676983},{"type":"stop","time":1760031695313},{"type":"start","time":1760031819591},{"type":"stop","time":1760031835653},{"type":"start","time":1760031849140},{"type":"stop","time":1760031872684},{"type":"start","time":1760031919288},{"type":"stop","time":1760031946161},{"type":"start","time":1760031969290},{"type":"stop","time":1760031984658},{"type":"start","time":1760032072744},{"type":"stop","time":1760032084450},{"type":"start","time":1760032087109},{"type":"stop","time":1760032091739},{"type":"start","time":1760032115245},{"type":"stop","time":1760032125875},{"type":"start","time":1760032140589},{"type":"stop","time":1760032143850},{"type":"start","time":1760032266531},{"type":"stop","time":1760032268602},{"type":"start","time":1760032281280},{"type":"stop","time":1760032287960},{"type":"start","time":1760032369837},{"type":"stop","time":1760032407338},{"type":"start","time":1760032416718},{"type":"stop","time":1760032431421},{"type":"start","time":1760032446881},{"type":"stop","time":1760032491535},{"type":"start","time":1760032493654},{"type":"stop","time":1760032500437},{"type":"start","time":1760032505641},{"type":"stop","time":1760032505721},{"type":"start","time":1760032505723},{"type":"stop","time":1760032509864},{"type":"start","time":1760032541202},{"type":"stop","time":1760032552143},{"type":"start","time":1760032600788},{"type":"stop","time":1760032602535},{"type":"start","time":1760032612234},{"type":"stop","time":1760032622283},{"type":"start","time":1760032634319},{"type":"stop","time":1760032637315},{"type":"start","time":1760032642557},{"type":"stop","time":1760032649230},{"type":"start","time":1760032652503},{"type":"stop","time":1760032656512},{"type":"start","time":1760032669128},{"type":"stop","time":1760032677143},{"type":"start","time":1760032690420},{"type":"stop","time":1760032706562},{"type":"start","time":1760032724380},{"type":"stop","time":1760032725835},{"type":"start","time":1760032768284},{"type":"stop","time":1760032786100},{"type":"start","time":1760036122790},{"type":"stop","time":1760036154413},{"type":"start","time":1760036284986},{"type":"stop","time":1760036289071},{"type":"start","time":1760036294925},{"type":"stop","time":1760036298357},{"type":"start","time":1760036300022},{"type":"stop","time":1760036313793},{"type":"start","time":1760036364993},{"type":"stop","time":1760036476821},{"type":"start","time":1760036491189},{"type":"stop","time":1760036551284},{"type":"start","time":1760036554619},{"type":"stop","time":1760036582983},{"type":"start","time":1760036660236},{"type":"stop","time":1760036699617},{"type":"start","time":1760036715988},{"type":"stop","time":1760036724861},{"type":"start","time":1760036780758},{"type":"stop","time":1760036790118},{"type":"start","time":1760036852972},{"type":"stop","time":1760036878910},{"type":"start","time":1760036887028},{"type":"stop","time":1760036959513},{"type":"start","time":1760036959518},{"type":"stop","time":1760036972128},{"type":"start","time":1760036976313},{"type":"stop","time":1760037066049},{"type":"start","time":1760037087132},{"type":"stop","time":1760037274221},{"type":"start","time":1760037304018},{"type":"stop","time":1760037339551},{"type":"start","time":1760037380366},{"type":"stop","time":1760037412813},{"type":"start","time":1760037416493},{"type":"stop","time":1760037455812},{"type":"start","time":1760037486667},{"type":"stop","time":1760037556319},{"type":"start","time":1760037575157},{"type":"stop","time":1760037623113},{"type":"start","time":1760037640749},{"type":"stop","time":1760037673230},{"type":"start","time":1760037674636},{"type":"stop","time":1760037694075},{"type":"start","time":1760037776762},{"type":"stop","time":1760037800726},{"type":"start","time":1760037826759},{"type":"stop","time":1760037876719},{"type":"start","time":1760037880073},{"type":"stop","time":1760037892121},{"type":"start","time":1760037908474},{"type":"stop","time":1760037957965},{"type":"start","time":1760037987458},{"type":"stop","time":1760037994241},{"type":"start","time":1760038090043},{"type":"stop","time":1760038126182},{"type":"start","time":1760038144097},{"type":"stop","time":1760038188848},{"type":"start","time":1760038189768},{"type":"stop","time":1760038192604},{"type":"start","time":1760038199667},{"type":"stop","time":1760038214929},{"type":"start","time":1760038241018},{"type":"stop","time":1760038242792},{"type":"start","time":1760038248592},{"type":"stop","time":1760038275908},{"type":"start","time":1760038285327},{"type":"stop","time":1760038300140},{"type":"start","time":1760038363455},{"type":"stop","time":1760038427062},{"type":"start","time":1760038488939},{"type":"stop","time":1760038497966},{"type":"start","time":1760038549145},{"type":"stop","time":1760038552083},{"type":"start","time":1760038553836},{"type":"stop","time":1760038565886},{"type":"start","time":1760038586831},{"type":"stop","time":1760038606210},{"type":"start","time":1760038651743},{"type":"stop","time":1760038657686},{"type":"start","time":1760038672123},{"type":"stop","time":1760038694821},{"type":"start","time":1760038717897},{"type":"stop","time":1760038725384},{"type":"start","time":1760038732028},{"type":"stop","time":1760038825890},{"type":"start","time":1760038860781},{"type":"stop","time":1760038973270},{"type":"start","time":1760038976055},{"type":"stop","time":1760038987690},{"type":"start","time":1760039042943},{"type":"stop","time":1760039055827},{"type":"start","time":1760039071316},{"type":"stop","time":1760039214298},{"type":"start","time":1760039234052},{"type":"stop","time":1760039376843},{"type":"start","time":1760039387509},{"type":"stop","time":1760039438266},{"type":"start","time":1760039448961},{"type":"stop","time":1760039554362},{"type":"start","time":1760039567020},{"type":"stop","time":1760039611358},{"type":"start","time":1760039616410},{"type":"stop","time":1760039739975}]},{"actions":[{"type":"start","time":1760029635404},{"type":"stop","time":1760030202954},{"type":"start","time":1760030262169},{"type":"stop","time":1760030265762},{"type":"start","time":1760030265765},{"type":"stop","time":1760031676950},{"type":"start","time":1760031695316},{"type":"stop","time":1760031812933},{"type":"start","time":1760031835655},{"type":"stop","time":1760031849137},{"type":"start","time":1760031872687},{"type":"stop","time":1760031919285},{"type":"start","time":1760031946164},{"type":"stop","time":1760031969288},{"type":"start","time":1760031984661},{"type":"stop","time":1760032072740},{"type":"start","time":1760032084452},{"type":"stop","time":1760032087107},{"type":"start","time":1760032091741},{"type":"stop","time":1760032115243},{"type":"start","time":1760032125878},{"type":"stop","time":1760032140587},{"type":"start","time":1760032143853},{"type":"stop","time":1760032266505},{"type":"start","time":1760032268603},{"type":"stop","time":1760032281278},{"type":"start","time":1760032287962},{"type":"stop","time":1760032369810},{"type":"start","time":1760032407341},{"type":"stop","time":1760032416716},{"type":"start","time":1760032431423},{"type":"stop","time":1760032446878},{"type":"start","time":1760032491538},{"type":"stop","time":1760032493651},{"type":"start","time":1760032500440},{"type":"stop","time":1760032505638},{"type":"start","time":1760032509869},{"type":"stop","time":1760032541197},{"type":"start","time":1760032552148},{"type":"stop","time":1760032600784},{"type":"start","time":1760032602539},{"type":"stop","time":1760032612229},{"type":"start","time":1760032622287},{"type":"stop","time":1760032634315},{"type":"start","time":1760032637320},{"type":"stop","time":1760032642552},{"type":"start","time":1760032649234},{"type":"stop","time":1760032652499},{"type":"start","time":1760032656517},{"type":"stop","time":1760032669123},{"type":"start","time":1760032677148},{"type":"stop","time":1760032690415},{"type":"start","time":1760032706566},{"type":"stop","time":1760032724375},{"type":"start","time":1760032725840},{"type":"stop","time":1760032768279},{"type":"start","time":1760036154418},{"type":"stop","time":1760036284977},{"type":"start","time":1760036289075},{"type":"stop","time":1760036294920},{"type":"start","time":1760036349842},{"type":"stop","time":1760036364990},{"type":"start","time":1760036476825},{"type":"stop","time":1760036491184},{"type":"start","time":1760036551289},{"type":"stop","time":1760036554615},{"type":"start","time":1760036615196},{"type":"stop","time":1760036621727},{"type":"start","time":1760036699622},{"type":"stop","time":1760036715984},{"type":"start","time":1760036724865},{"type":"stop","time":1760036780753},{"type":"start","time":1760036790122},{"type":"stop","time":1760036796439},{"type":"start","time":1760036972133},{"type":"stop","time":1760036976308},{"type":"start","time":1760037066699},{"type":"stop","time":1760037087129},{"type":"start","time":1760037274225},{"type":"stop","time":1760037302236},{"type":"start","time":1760037339554},{"type":"stop","time":1760037377773},{"type":"start","time":1760037556324},{"type":"stop","time":1760037575151},{"type":"start","time":1760037623117},{"type":"stop","time":1760037640748},{"type":"start","time":1760037673236},{"type":"stop","time":1760037674630},{"type":"start","time":1760037694081},{"type":"stop","time":1760037776756},{"type":"start","time":1760037800732},{"type":"stop","time":1760037826755},{"type":"start","time":1760037876725},{"type":"stop","time":1760037880067},{"type":"start","time":1760037892126},{"type":"stop","time":1760037908469},{"type":"start","time":1760037957972},{"type":"stop","time":1760037987451},{"type":"start","time":1760037994248},{"type":"stop","time":1760038090036},{"type":"start","time":1760038126187},{"type":"stop","time":1760038138512},{"type":"start","time":1760038188851},{"type":"stop","time":1760038189761},{"type":"start","time":1760038192610},{"type":"stop","time":1760038199661},{"type":"start","time":1760038275914},{"type":"stop","time":1760038285320},{"type":"start","time":1760038300147},{"type":"stop","time":1760038363449},{"type":"start","time":1760038427068},{"type":"stop","time":1760038488932},{"type":"start","time":1760038497971},{"type":"stop","time":1760038549139},{"type":"start","time":1760038552086},{"type":"stop","time":1760038553830},{"type":"start","time":1760038565891},{"type":"stop","time":1760038586824},{"type":"start","time":1760038606215},{"type":"stop","time":1760038651736},{"type":"start","time":1760038657692},{"type":"stop","time":1760038672117},{"type":"start","time":1760038694827},{"type":"stop","time":1760038717891},{"type":"start","time":1760038725390},{"type":"stop","time":1760038732021},{"type":"start","time":1760038825896},{"type":"stop","time":1760038860775},{"type":"start","time":1760038987696},{"type":"stop","time":1760039042937},{"type":"start","time":1760039055833},{"type":"stop","time":1760039071310},{"type":"start","time":1760039214305},{"type":"stop","time":1760039234047},{"type":"start","time":1760039376873},{"type":"stop","time":1760039387502},{"type":"start","time":1760039438280},{"type":"stop","time":1760039448954},{"type":"start","time":1760039554368},{"type":"stop","time":1760039567013},{"type":"start","time":1760039611364},{"type":"stop","time":1760039616403}]},{"actions":[{"type":"start","time":1760038214934},{"type":"stop","time":1760038216468}]}]}</t>
+          <t>{"lastSave":1714822856876,"timeWatchM":4682,"timeWatchW":7814,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"b5819110","watches":[{"actions":[{"type":"start","time":1714822844377},{"type":"stop","time":1714822847742},{"type":"start","time":1714822847743},{"type":"stop","time":1714822849060}]},{"actions":[{"type":"start","time":1714822849061},{"type":"stop","time":1714822855643},{"type":"start","time":1714822855644},{"type":"stop","time":1714822856876}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E252">
-        <v>2596334</v>
+        <v>4682</v>
       </c>
       <c r="F252">
-        <v>3877052</v>
+        <v>7814</v>
       </c>
       <c r="G252">
-        <v>1534</v>
+        <v>0</v>
       </c>
       <c r="H252">
-        <v>80</v>
+        <v>2</v>
       </c>
       <c r="I252">
-        <v>71</v>
+        <v>2</v>
       </c>
       <c r="J252">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>251</v>
       </c>
       <c r="B253" s="2">
-        <v>20230220090740</v>
+        <v>20251021173707</v>
       </c>
       <c r="C253" s="2">
-        <v>1676884097931</v>
+        <v>1761068235715</v>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>{"lastSave":1676884097931,"timeWatchM":7440,"timeWatchW":2998,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"c7a0f5f6","watches":[{"actions":[{"type":"start","time":1676884063317},{"type":"stop","time":1676884070757}]},{"actions":[{"type":"start","time":1676884070757},{"type":"stop","time":1676884073755}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1761068235715,"timeWatchM":2708,"timeWatchW":1577,"timeWatchD":2145,"countWatchM":2,"countWatchW":3,"countWatchD":3,"id":"b69c3c21","watches":[{"actions":[{"type":"start","time":1761068228582},{"type":"stop","time":1761068230164},{"type":"start","time":1761068233092},{"type":"stop","time":1761068234218}]},{"actions":[{"type":"start","time":1761068227788},{"type":"stop","time":1761068228582},{"type":"start","time":1761068232309},{"type":"stop","time":1761068232618},{"type":"start","time":1761068232618},{"type":"stop","time":1761068233092}]},{"actions":[{"type":"start","time":1761068230164},{"type":"stop","time":1761068231166},{"type":"start","time":1761068231166},{"type":"stop","time":1761068231570},{"type":"start","time":1761068231570},{"type":"stop","time":1761068232309}]}]}</t>
         </is>
       </c>
       <c r="E253">
-        <v>7440</v>
+        <v>2708</v>
       </c>
       <c r="F253">
-        <v>2998</v>
+        <v>1577</v>
       </c>
       <c r="G253">
-        <v>0</v>
+        <v>2145</v>
       </c>
       <c r="H253">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I253">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J253">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>252</v>
       </c>
       <c r="B254" s="2">
-        <v>20250418122636</v>
+        <v>20240421162544</v>
       </c>
       <c r="C254" s="2">
-        <v>1744979227686</v>
+        <v>1713716755838</v>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>{"lastSave":1744979227686,"timeWatchM":15802,"timeWatchW":1183,"timeWatchD":0,"countWatchM":20,"countWatchW":6,"countWatchD":0,"id":"c814b50b","watches":[{"actions":[{"type":"start","time":1744979195735},{"type":"stop","time":1744979202552},{"type":"start","time":1744979202552},{"type":"stop","time":1744979204852},{"type":"start","time":1744979204852},{"type":"stop","time":1744979206686},{"type":"start","time":1744979212619},{"type":"stop","time":1744979212769},{"type":"start","time":1744979212769},{"type":"stop","time":1744979212902},{"type":"start","time":1744979212902},{"type":"stop","time":1744979213036},{"type":"start","time":1744979213036},{"type":"stop","time":1744979213436},{"type":"start","time":1744979213719},{"type":"stop","time":1744979213852},{"type":"start","time":1744979213852},{"type":"stop","time":1744979213986},{"type":"start","time":1744979213986},{"type":"stop","time":1744979214136},{"type":"start","time":1744979214136},{"type":"stop","time":1744979214469},{"type":"start","time":1744979214919},{"type":"stop","time":1744979215036},{"type":"start","time":1744979215036},{"type":"stop","time":1744979215169},{"type":"start","time":1744979215169},{"type":"stop","time":1744979215319},{"type":"start","time":1744979215319},{"type":"stop","time":1744979216153},{"type":"start","time":1744979217336},{"type":"stop","time":1744979217469},{"type":"start","time":1744979217469},{"type":"stop","time":1744979217603},{"type":"start","time":1744979217603},{"type":"stop","time":1744979217736},{"type":"start","time":1744979217736},{"type":"stop","time":1744979217869},{"type":"start","time":1744979217886},{"type":"stop","time":1744979219403}]},{"actions":[{"type":"start","time":1744979216153},{"type":"stop","time":1744979216303},{"type":"start","time":1744979216303},{"type":"stop","time":1744979216469},{"type":"start","time":1744979216469},{"type":"stop","time":1744979216603},{"type":"start","time":1744979216603},{"type":"stop","time":1744979216736},{"type":"start","time":1744979216736},{"type":"stop","time":1744979216903},{"type":"start","time":1744979216903},{"type":"stop","time":1744979217336}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1713716755838,"timeWatchM":8155,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"b85ae5d6","watches":[{"actions":[{"type":"start","time":1713716744583},{"type":"stop","time":1713716752738}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E254">
-        <v>15802</v>
+        <v>8155</v>
       </c>
       <c r="F254">
-        <v>1183</v>
+        <v>0</v>
       </c>
       <c r="G254">
         <v>0</v>
       </c>
       <c r="H254">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I254">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J254">
         <v>0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>253</v>
       </c>
       <c r="B255" s="2">
-        <v>20250315144142</v>
+        <v>20250109194715</v>
       </c>
       <c r="C255" s="2">
-        <v>1742049998724</v>
+        <v>1736452726299</v>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>{"lastSave":1742049998724,"timeWatchM":218097,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"c8220d57","watches":[{"actions":[{"type":"start","time":1742049777407},{"type":"stop","time":1742049995504}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1736452726299,"timeWatchM":451967,"timeWatchW":173579,"timeWatchD":0,"countWatchM":14,"countWatchW":8,"countWatchD":0,"id":"b90119c1","watches":[{"actions":[{"type":"start","time":1736452046158},{"type":"stop","time":1736452046786},{"type":"start","time":1736452054248},{"type":"stop","time":1736452226679},{"type":"start","time":1736452264643},{"type":"stop","time":1736452323441},{"type":"start","time":1736452346610},{"type":"stop","time":1736452359969},{"type":"start","time":1736452368675},{"type":"stop","time":1736452370674},{"type":"start","time":1736452376563},{"type":"stop","time":1736452409352},{"type":"start","time":1736452409353},{"type":"stop","time":1736452436162},{"type":"start","time":1736452451714},{"type":"stop","time":1736452452226},{"type":"start","time":1736452452227},{"type":"stop","time":1736452480870},{"type":"start","time":1736452483752},{"type":"stop","time":1736452497702},{"type":"start","time":1736452579962},{"type":"stop","time":1736452604527},{"type":"start","time":1736452624706},{"type":"stop","time":1736452674858},{"type":"start","time":1736452677194},{"type":"stop","time":1736452690353},{"type":"start","time":1736452690354},{"type":"stop","time":1736452704527}]},{"actions":[{"type":"start","time":1736452035521},{"type":"stop","time":1736452046156},{"type":"start","time":1736452046788},{"type":"stop","time":1736452054247},{"type":"start","time":1736452227504},{"type":"stop","time":1736452264642},{"type":"start","time":1736452327600},{"type":"stop","time":1736452346608},{"type":"start","time":1736452497704},{"type":"stop","time":1736452519715},{"type":"start","time":1736452519717},{"type":"stop","time":1736452578623},{"type":"start","time":1736452604528},{"type":"stop","time":1736452606223},{"type":"start","time":1736452607977},{"type":"stop","time":1736452624704}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E255">
-        <v>218097</v>
+        <v>451967</v>
       </c>
       <c r="F255">
-        <v>0</v>
+        <v>173579</v>
       </c>
       <c r="G255">
         <v>0</v>
       </c>
       <c r="H255">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="I255">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J255">
         <v>0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>254</v>
       </c>
       <c r="B256" s="2">
-        <v>20250416172010</v>
+        <v>20250923184941</v>
       </c>
       <c r="C256" s="2">
-        <v>1744824975638</v>
+        <v>1758653410017</v>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>{"lastSave":1744824975638,"timeWatchM":0,"timeWatchW":936639,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"c87d6021","watches":[{"actions":[]},{"actions":[{"type":"start","time":1744824008782},{"type":"stop","time":1744824594528},{"type":"start","time":1744824618284},{"type":"stop","time":1744824969177}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758653410017,"timeWatchM":25733,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"b901e5c4","watches":[{"actions":[{"type":"start","time":1758653381615},{"type":"stop","time":1758653407348}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E256">
-        <v>0</v>
+        <v>25733</v>
       </c>
       <c r="F256">
-        <v>936639</v>
+        <v>0</v>
       </c>
       <c r="G256">
         <v>0</v>
       </c>
       <c r="H256">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I256">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J256">
         <v>0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>255</v>
       </c>
       <c r="B257" s="2">
-        <v>20250717171240</v>
+        <v>20240507081609</v>
       </c>
       <c r="C257" s="2">
-        <v>1752780630423</v>
+        <v>1715069858737</v>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>{"lastSave":1752780630423,"timeWatchM":2545762,"timeWatchW":2805745,"timeWatchD":0,"countWatchM":116,"countWatchW":130,"countWatchD":0,"id":"c93b23ea","watches":[{"actions":[{"type":"start","time":1752772359889},{"type":"stop","time":1752772404905},{"type":"start","time":1752772419775},{"type":"stop","time":1752772471597},{"type":"start","time":1752772504309},{"type":"stop","time":1752772540903},{"type":"start","time":1752772637287},{"type":"stop","time":1752772643435},{"type":"start","time":1752772706129},{"type":"stop","time":1752772717343},{"type":"start","time":1752772777442},{"type":"stop","time":1752772786895},{"type":"start","time":1752772818820},{"type":"stop","time":1752772822138},{"type":"start","time":1752772828091},{"type":"stop","time":1752772829881},{"type":"start","time":1752772900896},{"type":"stop","time":1752772909487},{"type":"start","time":1752772936843},{"type":"stop","time":1752772943502},{"type":"start","time":1752773000048},{"type":"stop","time":1752773002050},{"type":"start","time":1752773039706},{"type":"stop","time":1752773042240},{"type":"start","time":1752773087856},{"type":"stop","time":1752773117593},{"type":"start","time":1752773139432},{"type":"stop","time":1752773156940},{"type":"start","time":1752773161778},{"type":"stop","time":1752773168875},{"type":"start","time":1752773222427},{"type":"stop","time":1752773243766},{"type":"start","time":1752773243766},{"type":"stop","time":1752773283312},{"type":"start","time":1752773283313},{"type":"stop","time":1752773286502},{"type":"start","time":1752773292127},{"type":"stop","time":1752773296136},{"type":"start","time":1752773320041},{"type":"stop","time":1752773322661},{"type":"start","time":1752773344927},{"type":"stop","time":1752773367632},{"type":"start","time":1752773367634},{"type":"stop","time":1752773370509},{"type":"start","time":1752773449160},{"type":"stop","time":1752773469836},{"type":"start","time":1752773491701},{"type":"stop","time":1752773505993},{"type":"start","time":1752773571067},{"type":"stop","time":1752773573060},{"type":"start","time":1752773574649},{"type":"stop","time":1752773575813},{"type":"start","time":1752773596694},{"type":"stop","time":1752773598798},{"type":"start","time":1752773633242},{"type":"stop","time":1752773635631},{"type":"start","time":1752773643334},{"type":"stop","time":1752773646209},{"type":"start","time":1752773715207},{"type":"stop","time":1752773750439},{"type":"start","time":1752773841385},{"type":"stop","time":1752773902989},{"type":"start","time":1752773909106},{"type":"stop","time":1752773946668},{"type":"start","time":1752773946670},{"type":"stop","time":1752773947821},{"type":"start","time":1752773947822},{"type":"stop","time":1752773954997},{"type":"start","time":1752773976690},{"type":"stop","time":1752774003884},{"type":"start","time":1752774003885},{"type":"stop","time":1752774017313},{"type":"start","time":1752774072491},{"type":"stop","time":1752774094925},{"type":"start","time":1752774129858},{"type":"stop","time":1752774234491},{"type":"start","time":1752774234492},{"type":"stop","time":1752774302029},{"type":"start","time":1752774302031},{"type":"stop","time":1752774333789},{"type":"start","time":1752774333790},{"type":"stop","time":1752774340498},{"type":"start","time":1752774353604},{"type":"stop","time":1752774402098},{"type":"start","time":1752774403601},{"type":"stop","time":1752774438686},{"type":"start","time":1752774450040},{"type":"stop","time":1752774492376},{"type":"start","time":1752774492377},{"type":"stop","time":1752774529888},{"type":"start","time":1752774626281},{"type":"stop","time":1752774633306},{"type":"start","time":1752774633306},{"type":"stop","time":1752774652588},{"type":"start","time":1752774684737},{"type":"stop","time":1752774694383},{"type":"start","time":1752774726616},{"type":"stop","time":1752774762282},{"type":"start","time":1752774762284},{"type":"stop","time":1752774775673},{"type":"start","time":1752774780455},{"type":"stop","time":1752774817750},{"type":"start","time":1752774905863},{"type":"stop","time":1752774960355},{"type":"start","time":1752774968825},{"type":"stop","time":1752774981811},{"type":"start","time":1752774981812},{"type":"stop","time":1752774995909},{"type":"start","time":1752774995909},{"type":"stop","time":1752774997340},{"type":"start","time":1752775020224},{"type":"stop","time":1752775046335},{"type":"start","time":1752775046336},{"type":"stop","time":1752775080272},{"type":"start","time":1752775080273},{"type":"stop","time":1752775083278},{"type":"start","time":1752775109388},{"type":"stop","time":1752775110568},{"type":"start","time":1752775110569},{"type":"stop","time":1752775112184},{"type":"start","time":1752775113538},{"type":"stop","time":1752775115034},{"type":"start","time":1752775117819},{"type":"stop","time":1752775119711},{"type":"start","time":1752775121177},{"type":"stop","time":1752775121977},{"type":"start","time":1752775121978},{"type":"stop","time":1752775158620},{"type":"start","time":1752775169131},{"type":"stop","time":1752775177970},{"type":"start","time":1752775177971},{"type":"stop","time":1752775262304},{"type":"start","time":1752775264822},{"type":"stop","time":1752775275139},{"type":"start","time":1752775303897},{"type":"stop","time":1752775307435},{"type":"start","time":1752775340872},{"type":"stop","time":1752775345296},{"type":"start","time":1752775372356},{"type":"stop","time":1752775413254},{"type":"start","time":1752775413255},{"type":"stop","time":1752775418571},{"type":"start","time":1752775419437},{"type":"stop","time":1752775420272},{"type":"start","time":1752777685074},{"type":"stop","time":1752777807235},{"type":"start","time":1752777807237},{"type":"stop","time":1752777996767},{"type":"start","time":1752777996768},{"type":"stop","time":1752777998265},{"type":"start","time":1752778019579},{"type":"stop","time":1752778021062},{"type":"start","time":1752778299387},{"type":"stop","time":1752778299949},{"type":"start","time":1752778467448},{"type":"stop","time":1752778472418},{"type":"start","time":1752778489464},{"type":"stop","time":1752778560970},{"type":"start","time":1752778560971},{"type":"stop","time":1752778617854},{"type":"start","time":1752778711012},{"type":"stop","time":1752778721338},{"type":"start","time":1752778721340},{"type":"stop","time":1752778723044},{"type":"start","time":1752778723960},{"type":"stop","time":1752778733598},{"type":"start","time":1752778735961},{"type":"stop","time":1752778739826},{"type":"start","time":1752778744669},{"type":"stop","time":1752778748807},{"type":"start","time":1752778770100},{"type":"stop","time":1752778787488},{"type":"start","time":1752778803936},{"type":"stop","time":1752778811459},{"type":"start","time":1752778815062},{"type":"stop","time":1752778818871},{"type":"start","time":1752778822579},{"type":"stop","time":1752778827799},{"type":"start","time":1752778827800},{"type":"stop","time":1752778844236},{"type":"start","time":1752778844237},{"type":"stop","time":1752778846978},{"type":"start","time":1752778882691},{"type":"stop","time":1752778889211},{"type":"start","time":1752778890215},{"type":"stop","time":1752778896529},{"type":"start","time":1752778914137},{"type":"stop","time":1752778915507},{"type":"start","time":1752779187584},{"type":"stop","time":1752779189068},{"type":"start","time":1752779190263},{"type":"stop","time":1752779202711},{"type":"start","time":1752779203786},{"type":"stop","time":1752779215460},{"type":"start","time":1752779215461},{"type":"stop","time":1752779217612},{"type":"start","time":1752779325335},{"type":"stop","time":1752779417523},{"type":"start","time":1752779417524},{"type":"stop","time":1752779438834},{"type":"start","time":1752779466131},{"type":"stop","time":1752779470148},{"type":"start","time":1752779471106},{"type":"stop","time":1752779479936},{"type":"start","time":1752779479938},{"type":"stop","time":1752779577898},{"type":"start","time":1752779577899},{"type":"stop","time":1752779656545},{"type":"start","time":1752779657893},{"type":"stop","time":1752779659473},{"type":"start","time":1752779661003},{"type":"stop","time":1752779663947},{"type":"start","time":1752779735644},{"type":"stop","time":1752779744271},{"type":"start","time":1752779747997},{"type":"stop","time":1752779779825},{"type":"start","time":1752779970543},{"type":"stop","time":1752779982258},{"type":"start","time":1752780005046},{"type":"stop","time":1752780044589},{"type":"start","time":1752780050062},{"type":"stop","time":1752780053362},{"type":"start","time":1752780085458},{"type":"stop","time":1752780088155},{"type":"start","time":1752780103478},{"type":"stop","time":1752780108139},{"type":"start","time":1752780203073},{"type":"stop","time":1752780207183},{"type":"start","time":1752780240491},{"type":"stop","time":1752780361858},{"type":"start","time":1752780385367},{"type":"stop","time":1752780390878}]},{"actions":[{"type":"start","time":1752772412906},{"type":"stop","time":1752772418551},{"type":"start","time":1752772496397},{"type":"stop","time":1752772503370},{"type":"start","time":1752772645564},{"type":"stop","time":1752772703221},{"type":"start","time":1752772717344},{"type":"stop","time":1752772725859},{"type":"start","time":1752772726758},{"type":"stop","time":1752772734415},{"type":"start","time":1752772737948},{"type":"stop","time":1752772754825},{"type":"start","time":1752772756033},{"type":"stop","time":1752772772536},{"type":"start","time":1752772786896},{"type":"stop","time":1752772818819},{"type":"start","time":1752772822139},{"type":"stop","time":1752772828090},{"type":"start","time":1752772829881},{"type":"stop","time":1752772837200},{"type":"start","time":1752772838096},{"type":"stop","time":1752772840667},{"type":"start","time":1752772841279},{"type":"stop","time":1752772842770},{"type":"start","time":1752772879355},{"type":"stop","time":1752772882420},{"type":"start","time":1752772882420},{"type":"stop","time":1752772884389},{"type":"start","time":1752772884389},{"type":"stop","time":1752772886820},{"type":"start","time":1752772886820},{"type":"stop","time":1752772900896},{"type":"start","time":1752772909488},{"type":"stop","time":1752772916902},{"type":"start","time":1752772916902},{"type":"stop","time":1752772920024},{"type":"start","time":1752772920024},{"type":"stop","time":1752772922876},{"type":"start","time":1752772922876},{"type":"stop","time":1752772926506},{"type":"start","time":1752772926507},{"type":"stop","time":1752772935112},{"type":"start","time":1752772943503},{"type":"stop","time":1752772947311},{"type":"start","time":1752772956035},{"type":"stop","time":1752772991066},{"type":"start","time":1752773010259},{"type":"stop","time":1752773020041},{"type":"start","time":1752773043342},{"type":"stop","time":1752773065909},{"type":"start","time":1752773076178},{"type":"stop","time":1752773087855},{"type":"start","time":1752773117594},{"type":"stop","time":1752773127960},{"type":"start","time":1752773156941},{"type":"stop","time":1752773161777},{"type":"start","time":1752773168876},{"type":"stop","time":1752773214845},{"type":"start","time":1752773214846},{"type":"stop","time":1752773222427},{"type":"start","time":1752773286502},{"type":"stop","time":1752773292126},{"type":"start","time":1752773296137},{"type":"stop","time":1752773300400},{"type":"start","time":1752773300401},{"type":"stop","time":1752773320040},{"type":"start","time":1752773322662},{"type":"stop","time":1752773324946},{"type":"start","time":1752773324946},{"type":"stop","time":1752773344926},{"type":"start","time":1752773370510},{"type":"stop","time":1752773377868},{"type":"start","time":1752773377869},{"type":"stop","time":1752773378628},{"type":"start","time":1752773400503},{"type":"stop","time":1752773449159},{"type":"start","time":1752773469836},{"type":"stop","time":1752773474116},{"type":"start","time":1752773480782},{"type":"stop","time":1752773482689},{"type":"start","time":1752773484019},{"type":"stop","time":1752773491700},{"type":"start","time":1752773505994},{"type":"stop","time":1752773512726},{"type":"start","time":1752773529243},{"type":"stop","time":1752773536046},{"type":"start","time":1752773536047},{"type":"stop","time":1752773539859},{"type":"start","time":1752773539860},{"type":"stop","time":1752773571067},{"type":"start","time":1752773573060},{"type":"stop","time":1752773574648},{"type":"start","time":1752773575814},{"type":"stop","time":1752773578386},{"type":"start","time":1752773578387},{"type":"stop","time":1752773596693},{"type":"start","time":1752773598799},{"type":"stop","time":1752773601547},{"type":"start","time":1752773603529},{"type":"stop","time":1752773605394},{"type":"start","time":1752773605394},{"type":"stop","time":1752773616262},{"type":"start","time":1752773616263},{"type":"stop","time":1752773628492},{"type":"start","time":1752773628493},{"type":"stop","time":1752773633242},{"type":"start","time":1752773635631},{"type":"stop","time":1752773643333},{"type":"start","time":1752773646210},{"type":"stop","time":1752773654570},{"type":"start","time":1752773664660},{"type":"stop","time":1752773680197},{"type":"start","time":1752773697714},{"type":"stop","time":1752773707943},{"type":"start","time":1752773707944},{"type":"stop","time":1752773712948},{"type":"start","time":1752773769481},{"type":"stop","time":1752773782137},{"type":"start","time":1752773782138},{"type":"stop","time":1752773783672},{"type":"start","time":1752773784515},{"type":"stop","time":1752773841383},{"type":"start","time":1752774017314},{"type":"stop","time":1752774044707},{"type":"start","time":1752774054182},{"type":"stop","time":1752774072491},{"type":"start","time":1752774094926},{"type":"stop","time":1752774128112},{"type":"start","time":1752774340499},{"type":"stop","time":1752774353603},{"type":"start","time":1752774438686},{"type":"stop","time":1752774448554},{"type":"start","time":1752774529889},{"type":"stop","time":1752774626280},{"type":"start","time":1752774652589},{"type":"stop","time":1752774684736},{"type":"start","time":1752774698320},{"type":"stop","time":1752774726615},{"type":"start","time":1752774775674},{"type":"stop","time":1752774780455},{"type":"start","time":1752774820719},{"type":"stop","time":1752774868439},{"type":"start","time":1752774868440},{"type":"stop","time":1752774905862},{"type":"start","time":1752774960357},{"type":"stop","time":1752774968824},{"type":"start","time":1752774997340},{"type":"stop","time":1752775010212},{"type":"start","time":1752775010213},{"type":"stop","time":1752775020223},{"type":"start","time":1752775083278},{"type":"stop","time":1752775109386},{"type":"start","time":1752775112185},{"type":"stop","time":1752775112581},{"type":"start","time":1752775112582},{"type":"stop","time":1752775113537},{"type":"start","time":1752775115035},{"type":"stop","time":1752775116557},{"type":"start","time":1752775116557},{"type":"stop","time":1752775117818},{"type":"start","time":1752775119712},{"type":"stop","time":1752775121176},{"type":"start","time":1752775158621},{"type":"stop","time":1752775169130},{"type":"start","time":1752775262305},{"type":"stop","time":1752775264822},{"type":"start","time":1752775279042},{"type":"stop","time":1752775292825},{"type":"start","time":1752775292827},{"type":"stop","time":1752775303896},{"type":"start","time":1752775307436},{"type":"stop","time":1752775340872},{"type":"start","time":1752775345298},{"type":"stop","time":1752775372354},{"type":"start","time":1752775418572},{"type":"stop","time":1752775419436},{"type":"start","time":1752777998266},{"type":"stop","time":1752778018637},{"type":"start","time":1752778018639},{"type":"stop","time":1752778019579},{"type":"start","time":1752778021063},{"type":"stop","time":1752778042825},{"type":"start","time":1752778042827},{"type":"stop","time":1752778271901},{"type":"start","time":1752778271902},{"type":"stop","time":1752778299387},{"type":"start","time":1752778299949},{"type":"stop","time":1752778331630},{"type":"start","time":1752778331630},{"type":"stop","time":1752778399029},{"type":"start","time":1752778399031},{"type":"stop","time":1752778467447},{"type":"start","time":1752778472419},{"type":"stop","time":1752778489462},{"type":"start","time":1752778617855},{"type":"stop","time":1752778711011},{"type":"start","time":1752778723045},{"type":"stop","time":1752778723958},{"type":"start","time":1752778733599},{"type":"stop","time":1752778735960},{"type":"start","time":1752778739827},{"type":"stop","time":1752778744669},{"type":"start","time":1752778748808},{"type":"stop","time":1752778770099},{"type":"start","time":1752778787489},{"type":"stop","time":1752778802897},{"type":"start","time":1752778846980},{"type":"stop","time":1752778882690},{"type":"start","time":1752778889212},{"type":"stop","time":1752778890214},{"type":"start","time":1752778896530},{"type":"stop","time":1752778914136},{"type":"start","time":1752778915508},{"type":"stop","time":1752779187583},{"type":"start","time":1752779189070},{"type":"stop","time":1752779190261},{"type":"start","time":1752779202712},{"type":"stop","time":1752779203785},{"type":"start","time":1752779217613},{"type":"stop","time":1752779325334},{"type":"start","time":1752779438836},{"type":"stop","time":1752779450477},{"type":"start","time":1752779450478},{"type":"stop","time":1752779466129},{"type":"start","time":1752779470149},{"type":"stop","time":1752779471104},{"type":"start","time":1752779656546},{"type":"stop","time":1752779657892},{"type":"start","time":1752779659474},{"type":"stop","time":1752779661001},{"type":"start","time":1752779663948},{"type":"stop","time":1752779671317},{"type":"start","time":1752779671318},{"type":"stop","time":1752779735642},{"type":"start","time":1752779744273},{"type":"stop","time":1752779747995},{"type":"start","time":1752779779826},{"type":"stop","time":1752779970542},{"type":"start","time":1752779982260},{"type":"stop","time":1752779982851},{"type":"start","time":1752779982852},{"type":"stop","time":1752779982989},{"type":"start","time":1752779982990},{"type":"stop","time":1752780005044},{"type":"start","time":1752780044591},{"type":"stop","time":1752780050061},{"type":"start","time":1752780053363},{"type":"stop","time":1752780081011},{"type":"start","time":1752780081012},{"type":"stop","time":1752780085456},{"type":"start","time":1752780088156},{"type":"stop","time":1752780088341},{"type":"start","time":1752780088342},{"type":"stop","time":1752780103476},{"type":"start","time":1752780108139},{"type":"stop","time":1752780203071},{"type":"start","time":1752780207184},{"type":"stop","time":1752780240489},{"type":"start","time":1752780361860},{"type":"stop","time":1752780385366}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1715069858737,"timeWatchM":57500,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"b92d522a","watches":[{"actions":[{"type":"start","time":1715069769037},{"type":"stop","time":1715069826537}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E257">
-        <v>2545762</v>
+        <v>57500</v>
       </c>
       <c r="F257">
-        <v>2805745</v>
+        <v>0</v>
       </c>
       <c r="G257">
         <v>0</v>
       </c>
       <c r="H257">
-        <v>116</v>
+        <v>1</v>
       </c>
       <c r="I257">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="J257">
         <v>0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>256</v>
       </c>
       <c r="B258" s="2">
-        <v>20250325182116</v>
+        <v>20231207212421</v>
       </c>
       <c r="C258" s="2">
-        <v>1742926942483</v>
+        <v>1701984301084</v>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>{"lastSave":1742926942483,"timeWatchM":55862,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"cc2d7117","watches":[{"actions":[{"type":"start","time":1742926876317},{"type":"stop","time":1742926912178},{"type":"start","time":1742926915868},{"type":"stop","time":1742926921180},{"type":"start","time":1742926924691},{"type":"stop","time":1742926939380}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1701984301084,"timeWatchM":17261,"timeWatchW":10743,"timeWatchD":6015,"countWatchM":3,"countWatchW":3,"countWatchD":1,"id":"ba372168","watches":[{"actions":[{"type":"start","time":1701984261248},{"type":"stop","time":1701984271326},{"type":"start","time":1701984271327},{"type":"stop","time":1701984275695},{"type":"start","time":1701984275695},{"type":"stop","time":1701984278510}]},{"actions":[{"type":"start","time":1701984279426},{"type":"stop","time":1701984283054},{"type":"start","time":1701984292816},{"type":"stop","time":1701984299097},{"type":"start","time":1701984300250},{"type":"stop","time":1701984301084}]},{"actions":[{"type":"start","time":1701984284746},{"type":"stop","time":1701984290761}]}]}</t>
         </is>
       </c>
       <c r="E258">
-        <v>55862</v>
+        <v>17261</v>
       </c>
       <c r="F258">
-        <v>0</v>
+        <v>10743</v>
       </c>
       <c r="G258">
-        <v>0</v>
+        <v>6015</v>
       </c>
       <c r="H258">
         <v>3</v>
       </c>
       <c r="I258">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J258">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>257</v>
       </c>
       <c r="B259" s="2">
-        <v>20250416174707</v>
+        <v>20250923185143</v>
       </c>
       <c r="C259" s="2">
-        <v>1744825732522</v>
+        <v>1758654514736</v>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>{"lastSave":1744825732522,"timeWatchM":71909,"timeWatchW":23520,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"cdd66f84","watches":[{"actions":[{"type":"start","time":1744825625284},{"type":"stop","time":1744825675605},{"type":"start","time":1744825706399},{"type":"stop","time":1744825727987}]},{"actions":[{"type":"start","time":1744825680349},{"type":"stop","time":1744825703869}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758654514736,"timeWatchM":583899,"timeWatchW":265622,"timeWatchD":0,"countWatchM":11,"countWatchW":8,"countWatchD":0,"id":"ba713d84","watches":[{"actions":[{"type":"start","time":1758653555799},{"type":"stop","time":1758653621262},{"type":"start","time":1758653629848},{"type":"stop","time":1758653639679},{"type":"start","time":1758653641112},{"type":"stop","time":1758653661046},{"type":"start","time":1758653726695},{"type":"stop","time":1758653760861},{"type":"start","time":1758653812078},{"type":"stop","time":1758653858094},{"type":"start","time":1758653937410},{"type":"stop","time":1758653943459},{"type":"start","time":1758653943459},{"type":"stop","time":1758654102023},{"type":"start","time":1758654183124},{"type":"stop","time":1758654251790},{"type":"start","time":1758654253689},{"type":"stop","time":1758654262155},{"type":"start","time":1758654326407},{"type":"stop","time":1758654433120},{"type":"start","time":1758654442836},{"type":"stop","time":1758654502867}]},{"actions":[{"type":"start","time":1758653503316},{"type":"stop","time":1758653510297},{"type":"start","time":1758653511665},{"type":"stop","time":1758653555798},{"type":"start","time":1758653621263},{"type":"stop","time":1758653629847},{"type":"start","time":1758653639680},{"type":"stop","time":1758653641111},{"type":"start","time":1758653760862},{"type":"stop","time":1758653812077},{"type":"start","time":1758653858095},{"type":"stop","time":1758653937409},{"type":"start","time":1758654262156},{"type":"stop","time":1758654326406},{"type":"start","time":1758654433121},{"type":"stop","time":1758654442835}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E259">
-        <v>71909</v>
+        <v>583899</v>
       </c>
       <c r="F259">
-        <v>23520</v>
+        <v>265622</v>
       </c>
       <c r="G259">
         <v>0</v>
       </c>
       <c r="H259">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="I259">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="J259">
         <v>0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>258</v>
       </c>
       <c r="B260" s="2">
-        <v>20250222135731</v>
+        <v>20251106195018</v>
       </c>
       <c r="C260" s="2">
-        <v>1740232885312</v>
+        <v>1762460845592</v>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>{"lastSave":1740232885312,"timeWatchM":169851,"timeWatchW":66667,"timeWatchD":0,"countWatchM":6,"countWatchW":5,"countWatchD":0,"id":"ce07ac7","watches":[{"actions":[{"type":"start","time":1740232648783},{"type":"stop","time":1740232673380},{"type":"start","time":1740232673381},{"type":"stop","time":1740232677878},{"type":"start","time":1740232677879},{"type":"stop","time":1740232765334},{"type":"start","time":1740232766635},{"type":"stop","time":1740232806444},{"type":"start","time":1740232852152},{"type":"stop","time":1740232853819},{"type":"start","time":1740232873486},{"type":"stop","time":1740232885312}]},{"actions":[{"type":"start","time":1740232765335},{"type":"stop","time":1740232766634},{"type":"start","time":1740232806445},{"type":"stop","time":1740232847071},{"type":"start","time":1740232847072},{"type":"stop","time":1740232852151},{"type":"start","time":1740232853820},{"type":"stop","time":1740232860645},{"type":"start","time":1740232860647},{"type":"stop","time":1740232873485}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1762460845592,"timeWatchM":116626,"timeWatchW":2041893,"timeWatchD":0,"countWatchM":6,"countWatchW":13,"countWatchD":0,"id":"bb129800","watches":[{"actions":[{"type":"start","time":1762460183634},{"type":"stop","time":1762460243639},{"type":"start","time":1762460275068},{"type":"stop","time":1762460282625},{"type":"start","time":1762460337122},{"type":"stop","time":1762460347486},{"type":"start","time":1762460598211},{"type":"stop","time":1762460621470},{"type":"start","time":1762460637059},{"type":"stop","time":1762460644913},{"type":"start","time":1762460647399},{"type":"stop","time":1762460654986}]},{"actions":[{"type":"start","time":1762458619002},{"type":"stop","time":1762458660224},{"type":"start","time":1762458725779},{"type":"stop","time":1762459416948},{"type":"start","time":1762459416958},{"type":"stop","time":1762459756196},{"type":"start","time":1762459756198},{"type":"stop","time":1762460109775},{"type":"start","time":1762460109776},{"type":"stop","time":1762460161976},{"type":"start","time":1762460161978},{"type":"stop","time":1762460183633},{"type":"start","time":1762460243640},{"type":"stop","time":1762460275067},{"type":"start","time":1762460282626},{"type":"stop","time":1762460308103},{"type":"start","time":1762460308104},{"type":"stop","time":1762460337121},{"type":"start","time":1762460347487},{"type":"stop","time":1762460598210},{"type":"start","time":1762460621472},{"type":"stop","time":1762460637057},{"type":"start","time":1762460654987},{"type":"stop","time":1762460841275},{"type":"start","time":1762460841277},{"type":"stop","time":1762460845592}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E260">
-        <v>169851</v>
+        <v>116626</v>
       </c>
       <c r="F260">
-        <v>66667</v>
+        <v>2041893</v>
       </c>
       <c r="G260">
         <v>0</v>
       </c>
       <c r="H260">
         <v>6</v>
       </c>
       <c r="I260">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="J260">
         <v>0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>259</v>
       </c>
       <c r="B261" s="2">
-        <v>20250821184218</v>
+        <v>20250315132708</v>
       </c>
       <c r="C261" s="2">
-        <v>1755801989270</v>
+        <v>1742046071500</v>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>{"lastSave":1755801989270,"timeWatchM":136436,"timeWatchW":82468,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"ce5e0eee","watches":[{"actions":[{"type":"start","time":1755801737565},{"type":"stop","time":1755801874001}]},{"actions":[{"type":"start","time":1755801882552},{"type":"stop","time":1755801921736},{"type":"start","time":1755801935019},{"type":"stop","time":1755801978303}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742046071500,"timeWatchM":0,"timeWatchW":838661,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"bbd7e639","watches":[{"actions":[]},{"actions":[{"type":"start","time":1742045228740},{"type":"stop","time":1742046067401}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E261">
-        <v>136436</v>
+        <v>0</v>
       </c>
       <c r="F261">
-        <v>82468</v>
+        <v>838661</v>
       </c>
       <c r="G261">
         <v>0</v>
       </c>
       <c r="H261">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I261">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J261">
         <v>0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>260</v>
       </c>
       <c r="B262" s="2">
-        <v>20240423074329</v>
+        <v>20240415145154</v>
       </c>
       <c r="C262" s="2">
-        <v>1713858441485</v>
+        <v>1713192752395</v>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>{"lastSave":1713858441485,"timeWatchM":201025,"timeWatchW":7818,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"cf21aaef","watches":[{"actions":[{"type":"start","time":1713858208966},{"type":"stop","time":1713858409991}]},{"actions":[{"type":"start","time":1713858432651},{"type":"stop","time":1713858440469}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1713192752395,"timeWatchM":10882,"timeWatchW":12629,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"bc036626","watches":[{"actions":[{"type":"start","time":1713192714779},{"type":"stop","time":1713192719645},{"type":"start","time":1713192719645},{"type":"stop","time":1713192725661}]},{"actions":[{"type":"start","time":1713192728181},{"type":"stop","time":1713192735127},{"type":"start","time":1713192735128},{"type":"stop","time":1713192740811}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E262">
-        <v>201025</v>
+        <v>10882</v>
       </c>
       <c r="F262">
-        <v>7818</v>
+        <v>12629</v>
       </c>
       <c r="G262">
         <v>0</v>
       </c>
       <c r="H262">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I262">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J262">
         <v>0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>261</v>
       </c>
       <c r="B263" s="2">
-        <v>20250315124641</v>
+        <v>20231119090451</v>
       </c>
       <c r="C263" s="2">
-        <v>1742043281824</v>
+        <v>1700386229585</v>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>{"lastSave":1742043281824,"timeWatchM":478932,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"cf24a1dc","watches":[{"actions":[{"type":"start","time":1742042800928},{"type":"stop","time":1742043279860}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1700386229585,"timeWatchM":137696,"timeWatchW":1084082,"timeWatchD":0,"countWatchM":1,"countWatchW":15,"countWatchD":0,"id":"bc186958","watches":[{"actions":[{"type":"start","time":1700385186047},{"type":"stop","time":1700385323743}]},{"actions":[{"type":"start","time":1700384691088},{"type":"stop","time":1700384855029},{"type":"start","time":1700384855032},{"type":"stop","time":1700384968495},{"type":"start","time":1700384968495},{"type":"stop","time":1700385087082},{"type":"start","time":1700385087084},{"type":"stop","time":1700385097251},{"type":"start","time":1700385097252},{"type":"stop","time":1700385156436},{"type":"start","time":1700385156436},{"type":"stop","time":1700385186046},{"type":"start","time":1700385323743},{"type":"stop","time":1700385349031},{"type":"start","time":1700385349033},{"type":"stop","time":1700385462509},{"type":"start","time":1700385488420},{"type":"stop","time":1700385495039},{"type":"start","time":1700385495039},{"type":"stop","time":1700385587892},{"type":"start","time":1700385587896},{"type":"stop","time":1700385783332},{"type":"start","time":1700385783333},{"type":"stop","time":1700385857077},{"type":"start","time":1700385857078},{"type":"stop","time":1700385866220},{"type":"start","time":1700385866220},{"type":"stop","time":1700385934749},{"type":"start","time":1700385934750},{"type":"stop","time":1700385938793}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E263">
-        <v>478932</v>
+        <v>137696</v>
       </c>
       <c r="F263">
-        <v>0</v>
+        <v>1084082</v>
       </c>
       <c r="G263">
         <v>0</v>
       </c>
       <c r="H263">
         <v>1</v>
       </c>
       <c r="I263">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="J263">
         <v>0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>262</v>
       </c>
       <c r="B264" s="2">
-        <v>20250315132428</v>
+        <v>20250821180756</v>
       </c>
       <c r="C264" s="2">
-        <v>1742045160657</v>
+        <v>1755799805560</v>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>{"lastSave":1742045160657,"timeWatchM":90697,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"cfae0fcd","watches":[{"actions":[{"type":"start","time":1742045067843},{"type":"stop","time":1742045158540}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755799805560,"timeWatchM":23434,"timeWatchW":82186,"timeWatchD":0,"countWatchM":2,"countWatchW":3,"countWatchD":0,"id":"bc6e8b44","watches":[{"actions":[{"type":"start","time":1755799674957},{"type":"stop","time":1755799690841},{"type":"start","time":1755799759426},{"type":"stop","time":1755799766976}]},{"actions":[{"type":"start","time":1755799691974},{"type":"stop","time":1755799702725},{"type":"start","time":1755799708491},{"type":"stop","time":1755799751642},{"type":"start","time":1755799768626},{"type":"stop","time":1755799796910}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E264">
-        <v>90697</v>
+        <v>23434</v>
       </c>
       <c r="F264">
-        <v>0</v>
+        <v>82186</v>
       </c>
       <c r="G264">
         <v>0</v>
       </c>
       <c r="H264">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I264">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J264">
         <v>0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>263</v>
       </c>
       <c r="B265" s="2">
-        <v>20230717172043</v>
+        <v>20251106202952</v>
       </c>
       <c r="C265" s="2">
-        <v>1689614486840</v>
+        <v>1762462858414</v>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>{"lastSave":1689614486840,"timeWatchM":27297,"timeWatchW":11077,"timeWatchD":0,"countWatchM":7,"countWatchW":6,"countWatchD":0,"id":"cff98adf","watches":[{"actions":[{"type":"start","time":1689614443303},{"type":"stop","time":1689614447087},{"type":"start","time":1689614453708},{"type":"stop","time":1689614454625},{"type":"start","time":1689614454967},{"type":"stop","time":1689614471020},{"type":"start","time":1689614472999},{"type":"stop","time":1689614473446},{"type":"start","time":1689614473778},{"type":"stop","time":1689614474051},{"type":"start","time":1689614474396},{"type":"stop","time":1689614477992},{"type":"start","time":1689614483124},{"type":"stop","time":1689614485351}]},{"actions":[{"type":"start","time":1689614447089},{"type":"stop","time":1689614453703},{"type":"start","time":1689614454628},{"type":"stop","time":1689614454965},{"type":"start","time":1689614471021},{"type":"stop","time":1689614472997},{"type":"start","time":1689614473448},{"type":"stop","time":1689614473776},{"type":"start","time":1689614474052},{"type":"stop","time":1689614474392},{"type":"start","time":1689614485358},{"type":"stop","time":1689614486840}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1762462858414,"timeWatchM":1264412,"timeWatchW":444262,"timeWatchD":0,"countWatchM":24,"countWatchW":16,"countWatchD":0,"id":"bea6d0b3","watches":[{"actions":[{"type":"start","time":1762460992771},{"type":"stop","time":1762461170964},{"type":"start","time":1762461170965},{"type":"stop","time":1762461291434},{"type":"start","time":1762461291435},{"type":"stop","time":1762461378424},{"type":"start","time":1762461378425},{"type":"stop","time":1762461422165},{"type":"start","time":1762461511629},{"type":"stop","time":1762461569071},{"type":"start","time":1762461628631},{"type":"stop","time":1762461727843},{"type":"start","time":1762461759967},{"type":"stop","time":1762461834626},{"type":"start","time":1762461875743},{"type":"stop","time":1762461937767},{"type":"start","time":1762461937768},{"type":"stop","time":1762461992240},{"type":"start","time":1762462020058},{"type":"stop","time":1762462056068},{"type":"start","time":1762462119921},{"type":"stop","time":1762462122774},{"type":"start","time":1762462122775},{"type":"stop","time":1762462151774},{"type":"start","time":1762462151775},{"type":"stop","time":1762462176355},{"type":"start","time":1762462176356},{"type":"stop","time":1762462188880},{"type":"start","time":1762462188882},{"type":"stop","time":1762462228218},{"type":"start","time":1762462292967},{"type":"stop","time":1762462315827},{"type":"start","time":1762462317731},{"type":"stop","time":1762462336725},{"type":"start","time":1762462336726},{"type":"stop","time":1762462364408},{"type":"start","time":1762462364410},{"type":"stop","time":1762462424563},{"type":"start","time":1762462463298},{"type":"stop","time":1762462474112},{"type":"start","time":1762462478622},{"type":"stop","time":1762462490629},{"type":"start","time":1762462607803},{"type":"stop","time":1762462739637},{"type":"start","time":1762462763404},{"type":"stop","time":1762462807389},{"type":"start","time":1762462824549},{"type":"stop","time":1762462839130}]},{"actions":[{"type":"start","time":1762461422166},{"type":"stop","time":1762461511628},{"type":"start","time":1762461569073},{"type":"stop","time":1762461628629},{"type":"start","time":1762461732132},{"type":"stop","time":1762461759965},{"type":"start","time":1762461836304},{"type":"stop","time":1762461844502},{"type":"start","time":1762461845344},{"type":"stop","time":1762461875742},{"type":"start","time":1762461996045},{"type":"stop","time":1762462020057},{"type":"start","time":1762462079695},{"type":"stop","time":1762462104384},{"type":"start","time":1762462104385},{"type":"stop","time":1762462119920},{"type":"start","time":1762462228220},{"type":"stop","time":1762462268378},{"type":"start","time":1762462268379},{"type":"stop","time":1762462292965},{"type":"start","time":1762462424565},{"type":"stop","time":1762462443173},{"type":"start","time":1762462447687},{"type":"stop","time":1762462458211},{"type":"start","time":1762462490630},{"type":"stop","time":1762462502251},{"type":"start","time":1762462739639},{"type":"stop","time":1762462763402},{"type":"start","time":1762462807390},{"type":"stop","time":1762462824547},{"type":"start","time":1762462839131},{"type":"stop","time":1762462857293}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E265">
-        <v>27297</v>
+        <v>1264412</v>
       </c>
       <c r="F265">
-        <v>11077</v>
+        <v>444262</v>
       </c>
       <c r="G265">
         <v>0</v>
       </c>
       <c r="H265">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="I265">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="J265">
         <v>0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>264</v>
       </c>
       <c r="B266" s="2">
-        <v>20240920175655</v>
+        <v>20250821181037</v>
       </c>
       <c r="C266" s="2">
-        <v>1726855036912</v>
+        <v>1755800794830</v>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>{"lastSave":1726855036912,"timeWatchM":21970,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"d0733056","watches":[{"actions":[{"type":"start","time":1726855014941},{"type":"stop","time":1726855021324},{"type":"start","time":1726855021324},{"type":"stop","time":1726855023441},{"type":"start","time":1726855023442},{"type":"stop","time":1726855036912}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755800794830,"timeWatchM":950353,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"c27cf3a9","watches":[{"actions":[{"type":"start","time":1755799836594},{"type":"stop","time":1755800665761},{"type":"start","time":1755800670277},{"type":"stop","time":1755800791463}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E266">
-        <v>21970</v>
+        <v>950353</v>
       </c>
       <c r="F266">
         <v>0</v>
       </c>
       <c r="G266">
         <v>0</v>
       </c>
       <c r="H266">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I266">
         <v>0</v>
       </c>
       <c r="J266">
         <v>0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>265</v>
       </c>
       <c r="B267" s="2">
-        <v>20250821135135</v>
+        <v>20250315122242</v>
       </c>
       <c r="C267" s="2">
-        <v>1755784323950</v>
+        <v>1742042361825</v>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>{"lastSave":1755784323950,"timeWatchM":14533,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"d0fe4f60","watches":[{"actions":[{"type":"start","time":1755784294700},{"type":"stop","time":1755784299483},{"type":"start","time":1755784310067},{"type":"stop","time":1755784319817}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742042361825,"timeWatchM":991007,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"c38265d5","watches":[{"actions":[{"type":"start","time":1742041362035},{"type":"stop","time":1742042353042}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E267">
-        <v>14533</v>
+        <v>991007</v>
       </c>
       <c r="F267">
         <v>0</v>
       </c>
       <c r="G267">
         <v>0</v>
       </c>
       <c r="H267">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I267">
         <v>0</v>
       </c>
       <c r="J267">
         <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
         <v>266</v>
       </c>
       <c r="B268" s="2">
-        <v>20250731171357</v>
+        <v>20250602070142</v>
       </c>
       <c r="C268" s="2">
-        <v>1753982045044</v>
+        <v>1748849443356</v>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>{"lastSave":1753982045044,"timeWatchM":6272,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"d1510a61","watches":[{"actions":[{"type":"start","time":1753982038772},{"type":"stop","time":1753982045044}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748849443356,"timeWatchM":6000,"timeWatchW":1834,"timeWatchD":1884,"countWatchM":2,"countWatchW":1,"countWatchD":1,"id":"c3a06a7a","watches":[{"actions":[{"type":"start","time":1748847701521},{"type":"stop","time":1748847705271},{"type":"start","time":1748849417522},{"type":"stop","time":1748849419772}]},{"actions":[{"type":"start","time":1748849422438},{"type":"stop","time":1748849424272}]},{"actions":[{"type":"start","time":1748849441472},{"type":"stop","time":1748849443356}]}]}</t>
         </is>
       </c>
       <c r="E268">
-        <v>6272</v>
+        <v>6000</v>
       </c>
       <c r="F268">
-        <v>0</v>
+        <v>1834</v>
       </c>
       <c r="G268">
-        <v>0</v>
+        <v>1884</v>
       </c>
       <c r="H268">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I268">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J268">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
         <v>267</v>
       </c>
       <c r="B269" s="2">
-        <v>20230223184415</v>
+        <v>20230909074959</v>
       </c>
       <c r="C269" s="2">
-        <v>1677177863690</v>
+        <v>1694250478389</v>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>{"lastSave":1677177863690,"timeWatchM":1465,"timeWatchW":1822,"timeWatchD":1160,"countWatchM":1,"countWatchW":1,"countWatchD":1,"id":"d17c4a70","watches":[{"actions":[{"type":"start","time":1677177857790},{"type":"stop","time":1677177859255}]},{"actions":[{"type":"start","time":1677177855968},{"type":"stop","time":1677177857790}]},{"actions":[{"type":"start","time":1677177859256},{"type":"stop","time":1677177860416}]}]}</t>
+          <t>{"lastSave":1694250478389,"timeWatchM":346380,"timeWatchW":4161465,"timeWatchD":0,"countWatchM":15,"countWatchW":17,"countWatchD":0,"id":"c52e20b6","watches":[{"actions":[{"type":"start","time":1694246140578},{"type":"stop","time":1694246141097},{"type":"start","time":1694246141098},{"type":"stop","time":1694246141599},{"type":"start","time":1694246141599},{"type":"stop","time":1694246142748},{"type":"start","time":1694246146360},{"type":"stop","time":1694246169193},{"type":"start","time":1694246751887},{"type":"stop","time":1694246756928},{"type":"start","time":1694246966234},{"type":"stop","time":1694246970036},{"type":"start","time":1694247053783},{"type":"stop","time":1694247103531},{"type":"start","time":1694247432807},{"type":"stop","time":1694247435625},{"type":"start","time":1694247605473},{"type":"stop","time":1694247670512},{"type":"start","time":1694248149409},{"type":"stop","time":1694248165678},{"type":"start","time":1694248165679},{"type":"stop","time":1694248186482},{"type":"start","time":1694248231468},{"type":"stop","time":1694248244735},{"type":"start","time":1694248769268},{"type":"stop","time":1694248769666},{"type":"start","time":1694248769667},{"type":"stop","time":1694248840680},{"type":"start","time":1694248840681},{"type":"stop","time":1694248913861}]},{"actions":[{"type":"start","time":1694245800261},{"type":"stop","time":1694246140577},{"type":"start","time":1694246142749},{"type":"stop","time":1694246146360},{"type":"start","time":1694246169193},{"type":"stop","time":1694246751887},{"type":"start","time":1694246756928},{"type":"stop","time":1694246757199},{"type":"start","time":1694246757199},{"type":"stop","time":1694246966233},{"type":"start","time":1694246970036},{"type":"stop","time":1694246970330},{"type":"start","time":1694246970331},{"type":"stop","time":1694247053782},{"type":"start","time":1694247103532},{"type":"stop","time":1694247104197},{"type":"start","time":1694247104197},{"type":"stop","time":1694247116384},{"type":"start","time":1694247286629},{"type":"stop","time":1694247432806},{"type":"start","time":1694247435627},{"type":"stop","time":1694247605472},{"type":"start","time":1694247670513},{"type":"stop","time":1694247941353},{"type":"start","time":1694247941355},{"type":"stop","time":1694248149407},{"type":"start","time":1694248186483},{"type":"stop","time":1694248189638},{"type":"start","time":1694248189650},{"type":"stop","time":1694248231467},{"type":"start","time":1694248244736},{"type":"stop","time":1694248769267},{"type":"start","time":1694248913862},{"type":"stop","time":1694250478387}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E269">
-        <v>1465</v>
+        <v>346380</v>
       </c>
       <c r="F269">
-        <v>1822</v>
+        <v>4161465</v>
       </c>
       <c r="G269">
-        <v>1160</v>
+        <v>0</v>
       </c>
       <c r="H269">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I269">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="J269">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>268</v>
       </c>
       <c r="B270" s="2">
-        <v>20250206185143</v>
+        <v>20250524115907</v>
       </c>
       <c r="C270" s="2">
-        <v>1738867923396</v>
+        <v>1748087990658</v>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>{"lastSave":1738867923396,"timeWatchM":11142,"timeWatchW":1742,"timeWatchD":488,"countWatchM":5,"countWatchW":1,"countWatchD":1,"id":"d1816a0d","watches":[{"actions":[{"type":"start","time":1738867903524},{"type":"stop","time":1738867908922},{"type":"start","time":1738867908924},{"type":"stop","time":1738867911225},{"type":"start","time":1738867911226},{"type":"stop","time":1738867911820},{"type":"start","time":1738867911821},{"type":"stop","time":1738867913221},{"type":"start","time":1738867913222},{"type":"stop","time":1738867914671}]},{"actions":[{"type":"start","time":1738867920436},{"type":"stop","time":1738867922178}]},{"actions":[{"type":"start","time":1738867922908},{"type":"stop","time":1738867923396}]}]}</t>
+          <t>{"lastSave":1748087990658,"timeWatchM":6928,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"c63036d","watches":[{"actions":[{"type":"start","time":1748087981826},{"type":"stop","time":1748087988754}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E270">
-        <v>11142</v>
+        <v>6928</v>
       </c>
       <c r="F270">
-        <v>1742</v>
+        <v>0</v>
       </c>
       <c r="G270">
-        <v>488</v>
+        <v>0</v>
       </c>
       <c r="H270">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I270">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J270">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>269</v>
       </c>
       <c r="B271" s="2">
-        <v>20250923190150</v>
+        <v>20250325095938</v>
       </c>
       <c r="C271" s="2">
-        <v>1758654181389</v>
+        <v>1743516958158</v>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>{"lastSave":1758654181389,"timeWatchM":71382,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"d256dc27","watches":[{"actions":[{"type":"start","time":1758654110007},{"type":"stop","time":1758654181389}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1743516958158,"timeWatchM":333360,"timeWatchW":478750,"timeWatchD":0,"countWatchM":13,"countWatchW":17,"countWatchD":0,"id":"c6d3153d","watches":[{"actions":[{"type":"start","time":1743513533743},{"type":"stop","time":1743513541281},{"type":"start","time":1743513560812},{"type":"stop","time":1743513565149},{"type":"start","time":1743513610837},{"type":"stop","time":1743513615472},{"type":"start","time":1743513644257},{"type":"stop","time":1743513761320},{"type":"start","time":1743513764385},{"type":"stop","time":1743513835921},{"type":"start","time":1743513835922},{"type":"stop","time":1743513837629},{"type":"start","time":1743513840495},{"type":"stop","time":1743513858821},{"type":"start","time":1743514212428},{"type":"stop","time":1743514218487},{"type":"start","time":1743514891055},{"type":"stop","time":1743514927711},{"type":"start","time":1743515108938},{"type":"stop","time":1743515110911},{"type":"start","time":1743516336402},{"type":"stop","time":1743516368055},{"type":"start","time":1743516405180},{"type":"stop","time":1743516424406},{"type":"start","time":1743516945506},{"type":"stop","time":1743516958157}]},{"actions":[{"type":"start","time":1743513761321},{"type":"stop","time":1743513764384},{"type":"start","time":1743513892118},{"type":"stop","time":1743513952045},{"type":"start","time":1743513953638},{"type":"stop","time":1743514017896},{"type":"start","time":1743514244124},{"type":"stop","time":1743514252023},{"type":"start","time":1743514252024},{"type":"stop","time":1743514254974},{"type":"start","time":1743514535171},{"type":"stop","time":1743514607683},{"type":"start","time":1743514646075},{"type":"stop","time":1743514744296},{"type":"start","time":1743514775129},{"type":"stop","time":1743514786078},{"type":"start","time":1743514944124},{"type":"stop","time":1743514981975},{"type":"start","time":1743514998394},{"type":"stop","time":1743515013378},{"type":"start","time":1743515039831},{"type":"stop","time":1743515050066},{"type":"start","time":1743515100596},{"type":"stop","time":1743515106241},{"type":"start","time":1743515449497},{"type":"stop","time":1743515450746},{"type":"start","time":1743516312189},{"type":"stop","time":1743516332503},{"type":"start","time":1743516642088},{"type":"stop","time":1743516655073},{"type":"start","time":1743516778802},{"type":"stop","time":1743516831491},{"type":"start","time":1743516879738},{"type":"stop","time":1743516882757}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E271">
-        <v>71382</v>
+        <v>333360</v>
       </c>
       <c r="F271">
-        <v>0</v>
+        <v>478750</v>
       </c>
       <c r="G271">
         <v>0</v>
       </c>
       <c r="H271">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="I271">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="J271">
         <v>0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>270</v>
       </c>
       <c r="B272" s="2">
-        <v>20230909081200</v>
+        <v>20251009170650</v>
       </c>
       <c r="C272" s="2">
-        <v>1694247282948</v>
+        <v>1760039739978</v>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>{"lastSave":1694247282948,"timeWatchM":33713,"timeWatchW":128100,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"d2b6f663","watches":[{"actions":[{"type":"start","time":1694247135463},{"type":"stop","time":1694247140254},{"type":"start","time":1694247254026},{"type":"stop","time":1694247282948}]},{"actions":[{"type":"start","time":1694247121131},{"type":"stop","time":1694247135462},{"type":"start","time":1694247140255},{"type":"stop","time":1694247254024}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1760039739978,"timeWatchM":2596334,"timeWatchW":3877052,"timeWatchD":1534,"countWatchM":80,"countWatchW":71,"countWatchD":1,"id":"c74512d","watches":[{"actions":[{"type":"start","time":1760029610394},{"type":"stop","time":1760029635401},{"type":"start","time":1760031676983},{"type":"stop","time":1760031695313},{"type":"start","time":1760031819591},{"type":"stop","time":1760031835653},{"type":"start","time":1760031849140},{"type":"stop","time":1760031872684},{"type":"start","time":1760031919288},{"type":"stop","time":1760031946161},{"type":"start","time":1760031969290},{"type":"stop","time":1760031984658},{"type":"start","time":1760032072744},{"type":"stop","time":1760032084450},{"type":"start","time":1760032087109},{"type":"stop","time":1760032091739},{"type":"start","time":1760032115245},{"type":"stop","time":1760032125875},{"type":"start","time":1760032140589},{"type":"stop","time":1760032143850},{"type":"start","time":1760032266531},{"type":"stop","time":1760032268602},{"type":"start","time":1760032281280},{"type":"stop","time":1760032287960},{"type":"start","time":1760032369837},{"type":"stop","time":1760032407338},{"type":"start","time":1760032416718},{"type":"stop","time":1760032431421},{"type":"start","time":1760032446881},{"type":"stop","time":1760032491535},{"type":"start","time":1760032493654},{"type":"stop","time":1760032500437},{"type":"start","time":1760032505641},{"type":"stop","time":1760032505721},{"type":"start","time":1760032505723},{"type":"stop","time":1760032509864},{"type":"start","time":1760032541202},{"type":"stop","time":1760032552143},{"type":"start","time":1760032600788},{"type":"stop","time":1760032602535},{"type":"start","time":1760032612234},{"type":"stop","time":1760032622283},{"type":"start","time":1760032634319},{"type":"stop","time":1760032637315},{"type":"start","time":1760032642557},{"type":"stop","time":1760032649230},{"type":"start","time":1760032652503},{"type":"stop","time":1760032656512},{"type":"start","time":1760032669128},{"type":"stop","time":1760032677143},{"type":"start","time":1760032690420},{"type":"stop","time":1760032706562},{"type":"start","time":1760032724380},{"type":"stop","time":1760032725835},{"type":"start","time":1760032768284},{"type":"stop","time":1760032786100},{"type":"start","time":1760036122790},{"type":"stop","time":1760036154413},{"type":"start","time":1760036284986},{"type":"stop","time":1760036289071},{"type":"start","time":1760036294925},{"type":"stop","time":1760036298357},{"type":"start","time":1760036300022},{"type":"stop","time":1760036313793},{"type":"start","time":1760036364993},{"type":"stop","time":1760036476821},{"type":"start","time":1760036491189},{"type":"stop","time":1760036551284},{"type":"start","time":1760036554619},{"type":"stop","time":1760036582983},{"type":"start","time":1760036660236},{"type":"stop","time":1760036699617},{"type":"start","time":1760036715988},{"type":"stop","time":1760036724861},{"type":"start","time":1760036780758},{"type":"stop","time":1760036790118},{"type":"start","time":1760036852972},{"type":"stop","time":1760036878910},{"type":"start","time":1760036887028},{"type":"stop","time":1760036959513},{"type":"start","time":1760036959518},{"type":"stop","time":1760036972128},{"type":"start","time":1760036976313},{"type":"stop","time":1760037066049},{"type":"start","time":1760037087132},{"type":"stop","time":1760037274221},{"type":"start","time":1760037304018},{"type":"stop","time":1760037339551},{"type":"start","time":1760037380366},{"type":"stop","time":1760037412813},{"type":"start","time":1760037416493},{"type":"stop","time":1760037455812},{"type":"start","time":1760037486667},{"type":"stop","time":1760037556319},{"type":"start","time":1760037575157},{"type":"stop","time":1760037623113},{"type":"start","time":1760037640749},{"type":"stop","time":1760037673230},{"type":"start","time":1760037674636},{"type":"stop","time":1760037694075},{"type":"start","time":1760037776762},{"type":"stop","time":1760037800726},{"type":"start","time":1760037826759},{"type":"stop","time":1760037876719},{"type":"start","time":1760037880073},{"type":"stop","time":1760037892121},{"type":"start","time":1760037908474},{"type":"stop","time":1760037957965},{"type":"start","time":1760037987458},{"type":"stop","time":1760037994241},{"type":"start","time":1760038090043},{"type":"stop","time":1760038126182},{"type":"start","time":1760038144097},{"type":"stop","time":1760038188848},{"type":"start","time":1760038189768},{"type":"stop","time":1760038192604},{"type":"start","time":1760038199667},{"type":"stop","time":1760038214929},{"type":"start","time":1760038241018},{"type":"stop","time":1760038242792},{"type":"start","time":1760038248592},{"type":"stop","time":1760038275908},{"type":"start","time":1760038285327},{"type":"stop","time":1760038300140},{"type":"start","time":1760038363455},{"type":"stop","time":1760038427062},{"type":"start","time":1760038488939},{"type":"stop","time":1760038497966},{"type":"start","time":1760038549145},{"type":"stop","time":1760038552083},{"type":"start","time":1760038553836},{"type":"stop","time":1760038565886},{"type":"start","time":1760038586831},{"type":"stop","time":1760038606210},{"type":"start","time":1760038651743},{"type":"stop","time":1760038657686},{"type":"start","time":1760038672123},{"type":"stop","time":1760038694821},{"type":"start","time":1760038717897},{"type":"stop","time":1760038725384},{"type":"start","time":1760038732028},{"type":"stop","time":1760038825890},{"type":"start","time":1760038860781},{"type":"stop","time":1760038973270},{"type":"start","time":1760038976055},{"type":"stop","time":1760038987690},{"type":"start","time":1760039042943},{"type":"stop","time":1760039055827},{"type":"start","time":1760039071316},{"type":"stop","time":1760039214298},{"type":"start","time":1760039234052},{"type":"stop","time":1760039376843},{"type":"start","time":1760039387509},{"type":"stop","time":1760039438266},{"type":"start","time":1760039448961},{"type":"stop","time":1760039554362},{"type":"start","time":1760039567020},{"type":"stop","time":1760039611358},{"type":"start","time":1760039616410},{"type":"stop","time":1760039739975}]},{"actions":[{"type":"start","time":1760029635404},{"type":"stop","time":1760030202954},{"type":"start","time":1760030262169},{"type":"stop","time":1760030265762},{"type":"start","time":1760030265765},{"type":"stop","time":1760031676950},{"type":"start","time":1760031695316},{"type":"stop","time":1760031812933},{"type":"start","time":1760031835655},{"type":"stop","time":1760031849137},{"type":"start","time":1760031872687},{"type":"stop","time":1760031919285},{"type":"start","time":1760031946164},{"type":"stop","time":1760031969288},{"type":"start","time":1760031984661},{"type":"stop","time":1760032072740},{"type":"start","time":1760032084452},{"type":"stop","time":1760032087107},{"type":"start","time":1760032091741},{"type":"stop","time":1760032115243},{"type":"start","time":1760032125878},{"type":"stop","time":1760032140587},{"type":"start","time":1760032143853},{"type":"stop","time":1760032266505},{"type":"start","time":1760032268603},{"type":"stop","time":1760032281278},{"type":"start","time":1760032287962},{"type":"stop","time":1760032369810},{"type":"start","time":1760032407341},{"type":"stop","time":1760032416716},{"type":"start","time":1760032431423},{"type":"stop","time":1760032446878},{"type":"start","time":1760032491538},{"type":"stop","time":1760032493651},{"type":"start","time":1760032500440},{"type":"stop","time":1760032505638},{"type":"start","time":1760032509869},{"type":"stop","time":1760032541197},{"type":"start","time":1760032552148},{"type":"stop","time":1760032600784},{"type":"start","time":1760032602539},{"type":"stop","time":1760032612229},{"type":"start","time":1760032622287},{"type":"stop","time":1760032634315},{"type":"start","time":1760032637320},{"type":"stop","time":1760032642552},{"type":"start","time":1760032649234},{"type":"stop","time":1760032652499},{"type":"start","time":1760032656517},{"type":"stop","time":1760032669123},{"type":"start","time":1760032677148},{"type":"stop","time":1760032690415},{"type":"start","time":1760032706566},{"type":"stop","time":1760032724375},{"type":"start","time":1760032725840},{"type":"stop","time":1760032768279},{"type":"start","time":1760036154418},{"type":"stop","time":1760036284977},{"type":"start","time":1760036289075},{"type":"stop","time":1760036294920},{"type":"start","time":1760036349842},{"type":"stop","time":1760036364990},{"type":"start","time":1760036476825},{"type":"stop","time":1760036491184},{"type":"start","time":1760036551289},{"type":"stop","time":1760036554615},{"type":"start","time":1760036615196},{"type":"stop","time":1760036621727},{"type":"start","time":1760036699622},{"type":"stop","time":1760036715984},{"type":"start","time":1760036724865},{"type":"stop","time":1760036780753},{"type":"start","time":1760036790122},{"type":"stop","time":1760036796439},{"type":"start","time":1760036972133},{"type":"stop","time":1760036976308},{"type":"start","time":1760037066699},{"type":"stop","time":1760037087129},{"type":"start","time":1760037274225},{"type":"stop","time":1760037302236},{"type":"start","time":1760037339554},{"type":"stop","time":1760037377773},{"type":"start","time":1760037556324},{"type":"stop","time":1760037575151},{"type":"start","time":1760037623117},{"type":"stop","time":1760037640748},{"type":"start","time":1760037673236},{"type":"stop","time":1760037674630},{"type":"start","time":1760037694081},{"type":"stop","time":1760037776756},{"type":"start","time":1760037800732},{"type":"stop","time":1760037826755},{"type":"start","time":1760037876725},{"type":"stop","time":1760037880067},{"type":"start","time":1760037892126},{"type":"stop","time":1760037908469},{"type":"start","time":1760037957972},{"type":"stop","time":1760037987451},{"type":"start","time":1760037994248},{"type":"stop","time":1760038090036},{"type":"start","time":1760038126187},{"type":"stop","time":1760038138512},{"type":"start","time":1760038188851},{"type":"stop","time":1760038189761},{"type":"start","time":1760038192610},{"type":"stop","time":1760038199661},{"type":"start","time":1760038275914},{"type":"stop","time":1760038285320},{"type":"start","time":1760038300147},{"type":"stop","time":1760038363449},{"type":"start","time":1760038427068},{"type":"stop","time":1760038488932},{"type":"start","time":1760038497971},{"type":"stop","time":1760038549139},{"type":"start","time":1760038552086},{"type":"stop","time":1760038553830},{"type":"start","time":1760038565891},{"type":"stop","time":1760038586824},{"type":"start","time":1760038606215},{"type":"stop","time":1760038651736},{"type":"start","time":1760038657692},{"type":"stop","time":1760038672117},{"type":"start","time":1760038694827},{"type":"stop","time":1760038717891},{"type":"start","time":1760038725390},{"type":"stop","time":1760038732021},{"type":"start","time":1760038825896},{"type":"stop","time":1760038860775},{"type":"start","time":1760038987696},{"type":"stop","time":1760039042937},{"type":"start","time":1760039055833},{"type":"stop","time":1760039071310},{"type":"start","time":1760039214305},{"type":"stop","time":1760039234047},{"type":"start","time":1760039376873},{"type":"stop","time":1760039387502},{"type":"start","time":1760039438280},{"type":"stop","time":1760039448954},{"type":"start","time":1760039554368},{"type":"stop","time":1760039567013},{"type":"start","time":1760039611364},{"type":"stop","time":1760039616403}]},{"actions":[{"type":"start","time":1760038214934},{"type":"stop","time":1760038216468}]}]}</t>
         </is>
       </c>
       <c r="E272">
-        <v>33713</v>
+        <v>2596334</v>
       </c>
       <c r="F272">
-        <v>128100</v>
+        <v>3877052</v>
       </c>
       <c r="G272">
-        <v>0</v>
+        <v>1534</v>
       </c>
       <c r="H272">
-        <v>2</v>
+        <v>80</v>
       </c>
       <c r="I272">
-        <v>2</v>
+        <v>71</v>
       </c>
       <c r="J272">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>271</v>
       </c>
       <c r="B273" s="2">
-        <v>20250109192305</v>
+        <v>20230220090740</v>
       </c>
       <c r="C273" s="2">
-        <v>1736450793817</v>
+        <v>1676884097931</v>
       </c>
       <c r="D273" t="inlineStr">
         <is>
-          <t>{"lastSave":1736450793817,"timeWatchM":111934,"timeWatchW":37069,"timeWatchD":0,"countWatchM":11,"countWatchW":10,"countWatchD":0,"id":"d328ab14","watches":[{"actions":[{"type":"start","time":1736450585594},{"type":"stop","time":1736450629104},{"type":"start","time":1736450635581},{"type":"stop","time":1736450636204},{"type":"start","time":1736450636725},{"type":"stop","time":1736450652183},{"type":"start","time":1736450652779},{"type":"stop","time":1736450658567},{"type":"start","time":1736450659866},{"type":"stop","time":1736450671069},{"type":"start","time":1736450673163},{"type":"stop","time":1736450675848},{"type":"start","time":1736450682475},{"type":"stop","time":1736450684548},{"type":"start","time":1736450690165},{"type":"stop","time":1736450693942},{"type":"start","time":1736450749639},{"type":"stop","time":1736450755916},{"type":"start","time":1736450755917},{"type":"stop","time":1736450762342},{"type":"start","time":1736450769150},{"type":"stop","time":1736450783265}]},{"actions":[{"type":"start","time":1736450636205},{"type":"stop","time":1736450636724},{"type":"start","time":1736450658568},{"type":"stop","time":1736450659865},{"type":"start","time":1736450671070},{"type":"stop","time":1736450673161},{"type":"start","time":1736450675849},{"type":"stop","time":1736450682473},{"type":"start","time":1736450684550},{"type":"stop","time":1736450690163},{"type":"start","time":1736450693943},{"type":"stop","time":1736450697065},{"type":"start","time":1736450724440},{"type":"stop","time":1736450724789},{"type":"start","time":1736450724791},{"type":"stop","time":1736450734178},{"type":"start","time":1736450765859},{"type":"stop","time":1736450769149},{"type":"start","time":1736450783266},{"type":"stop","time":1736450788043}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1676884097931,"timeWatchM":7440,"timeWatchW":2998,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"c7a0f5f6","watches":[{"actions":[{"type":"start","time":1676884063317},{"type":"stop","time":1676884070757}]},{"actions":[{"type":"start","time":1676884070757},{"type":"stop","time":1676884073755}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E273">
-        <v>111934</v>
+        <v>7440</v>
       </c>
       <c r="F273">
-        <v>37069</v>
+        <v>2998</v>
       </c>
       <c r="G273">
         <v>0</v>
       </c>
       <c r="H273">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="I273">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J273">
         <v>0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>272</v>
       </c>
       <c r="B274" s="2">
-        <v>20240504111644</v>
+        <v>20250418122636</v>
       </c>
       <c r="C274" s="2">
-        <v>1714822375469</v>
+        <v>1744979227686</v>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>{"lastSave":1714822375469,"timeWatchM":733731,"timeWatchW":165480,"timeWatchD":0,"countWatchM":3,"countWatchW":4,"countWatchD":0,"id":"d473338c","watches":[{"actions":[{"type":"start","time":1714821538184},{"type":"stop","time":1714821548667},{"type":"start","time":1714821625986},{"type":"stop","time":1714822108533},{"type":"start","time":1714822134768},{"type":"stop","time":1714822375469}]},{"actions":[{"type":"start","time":1714821404101},{"type":"stop","time":1714821533351},{"type":"start","time":1714821533352},{"type":"stop","time":1714821538183},{"type":"start","time":1714821584235},{"type":"stop","time":1714821593600},{"type":"start","time":1714822112733},{"type":"stop","time":1714822134767}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744979227686,"timeWatchM":15802,"timeWatchW":1183,"timeWatchD":0,"countWatchM":20,"countWatchW":6,"countWatchD":0,"id":"c814b50b","watches":[{"actions":[{"type":"start","time":1744979195735},{"type":"stop","time":1744979202552},{"type":"start","time":1744979202552},{"type":"stop","time":1744979204852},{"type":"start","time":1744979204852},{"type":"stop","time":1744979206686},{"type":"start","time":1744979212619},{"type":"stop","time":1744979212769},{"type":"start","time":1744979212769},{"type":"stop","time":1744979212902},{"type":"start","time":1744979212902},{"type":"stop","time":1744979213036},{"type":"start","time":1744979213036},{"type":"stop","time":1744979213436},{"type":"start","time":1744979213719},{"type":"stop","time":1744979213852},{"type":"start","time":1744979213852},{"type":"stop","time":1744979213986},{"type":"start","time":1744979213986},{"type":"stop","time":1744979214136},{"type":"start","time":1744979214136},{"type":"stop","time":1744979214469},{"type":"start","time":1744979214919},{"type":"stop","time":1744979215036},{"type":"start","time":1744979215036},{"type":"stop","time":1744979215169},{"type":"start","time":1744979215169},{"type":"stop","time":1744979215319},{"type":"start","time":1744979215319},{"type":"stop","time":1744979216153},{"type":"start","time":1744979217336},{"type":"stop","time":1744979217469},{"type":"start","time":1744979217469},{"type":"stop","time":1744979217603},{"type":"start","time":1744979217603},{"type":"stop","time":1744979217736},{"type":"start","time":1744979217736},{"type":"stop","time":1744979217869},{"type":"start","time":1744979217886},{"type":"stop","time":1744979219403}]},{"actions":[{"type":"start","time":1744979216153},{"type":"stop","time":1744979216303},{"type":"start","time":1744979216303},{"type":"stop","time":1744979216469},{"type":"start","time":1744979216469},{"type":"stop","time":1744979216603},{"type":"start","time":1744979216603},{"type":"stop","time":1744979216736},{"type":"start","time":1744979216736},{"type":"stop","time":1744979216903},{"type":"start","time":1744979216903},{"type":"stop","time":1744979217336}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E274">
-        <v>733731</v>
+        <v>15802</v>
       </c>
       <c r="F274">
-        <v>165480</v>
+        <v>1183</v>
       </c>
       <c r="G274">
         <v>0</v>
       </c>
       <c r="H274">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I274">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J274">
         <v>0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>273</v>
       </c>
       <c r="B275" s="2">
-        <v>20250524162407</v>
+        <v>20250315144142</v>
       </c>
       <c r="C275" s="2">
-        <v>1748104166129</v>
+        <v>1742049998724</v>
       </c>
       <c r="D275" t="inlineStr">
         <is>
-          <t>{"lastSave":1748104166129,"timeWatchM":61517,"timeWatchW":192903,"timeWatchD":0,"countWatchM":2,"countWatchW":9,"countWatchD":0,"id":"d58d5158","watches":[{"actions":[{"type":"start","time":1748103882500},{"type":"stop","time":1748103902224},{"type":"start","time":1748103903635},{"type":"stop","time":1748103945428}]},{"actions":[{"type":"start","time":1748103946854},{"type":"stop","time":1748103948401},{"type":"start","time":1748103950095},{"type":"stop","time":1748103960692},{"type":"start","time":1748103960693},{"type":"stop","time":1748103962272},{"type":"start","time":1748103964181},{"type":"stop","time":1748103996522},{"type":"start","time":1748103997699},{"type":"stop","time":1748104003313},{"type":"start","time":1748104013686},{"type":"stop","time":1748104080570},{"type":"start","time":1748104084716},{"type":"stop","time":1748104092935},{"type":"start","time":1748104096791},{"type":"stop","time":1748104112266},{"type":"start","time":1748104114094},{"type":"stop","time":1748104164741}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742049998724,"timeWatchM":218097,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"c8220d57","watches":[{"actions":[{"type":"start","time":1742049777407},{"type":"stop","time":1742049995504}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E275">
-        <v>61517</v>
+        <v>218097</v>
       </c>
       <c r="F275">
-        <v>192903</v>
+        <v>0</v>
       </c>
       <c r="G275">
         <v>0</v>
       </c>
       <c r="H275">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I275">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="J275">
         <v>0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>274</v>
       </c>
       <c r="B276" s="2">
-        <v>20250923181302</v>
+        <v>20251030182535</v>
       </c>
       <c r="C276" s="2">
-        <v>1758651291995</v>
+        <v>1761854472677</v>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651291995,"timeWatchM":109850,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"d5fa1e09","watches":[{"actions":[{"type":"start","time":1758651182144},{"type":"stop","time":1758651291994}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1761854472677,"timeWatchM":1929384,"timeWatchW":2010331,"timeWatchD":868986,"countWatchM":50,"countWatchW":24,"countWatchD":32,"id":"c823550c","watches":[{"actions":[{"type":"start","time":1761848769354},{"type":"stop","time":1761848790538},{"type":"start","time":1761848790540},{"type":"stop","time":1761848810617},{"type":"start","time":1761848810619},{"type":"stop","time":1761848819488},{"type":"start","time":1761848846517},{"type":"stop","time":1761848872876},{"type":"start","time":1761848872878},{"type":"stop","time":1761848881297},{"type":"start","time":1761848903374},{"type":"stop","time":1761848912628},{"type":"start","time":1761848912630},{"type":"stop","time":1761848921466},{"type":"start","time":1761848921468},{"type":"stop","time":1761848925768},{"type":"start","time":1761848943163},{"type":"stop","time":1761848944461},{"type":"start","time":1761848951745},{"type":"stop","time":1761848959937},{"type":"start","time":1761848959939},{"type":"stop","time":1761848967339},{"type":"start","time":1761848967341},{"type":"stop","time":1761848978110},{"type":"start","time":1761849001961},{"type":"stop","time":1761849022583},{"type":"start","time":1761849022585},{"type":"stop","time":1761849025351},{"type":"start","time":1761849025353},{"type":"stop","time":1761849031369},{"type":"start","time":1761849045514},{"type":"stop","time":1761849058570},{"type":"start","time":1761849058572},{"type":"stop","time":1761849070492},{"type":"start","time":1761849070495},{"type":"stop","time":1761849079382},{"type":"start","time":1761849266820},{"type":"stop","time":1761849908663},{"type":"start","time":1761849912133},{"type":"stop","time":1761849931039},{"type":"start","time":1761849936933},{"type":"stop","time":1761849951617},{"type":"start","time":1761850859772},{"type":"stop","time":1761850901128},{"type":"start","time":1761850901131},{"type":"stop","time":1761850917288},{"type":"start","time":1761850918960},{"type":"stop","time":1761850948360},{"type":"start","time":1761851028030},{"type":"stop","time":1761851035381},{"type":"start","time":1761851079026},{"type":"stop","time":1761851096635},{"type":"start","time":1761851098739},{"type":"stop","time":1761851134694},{"type":"start","time":1761851135847},{"type":"stop","time":1761851161854},{"type":"start","time":1761851194253},{"type":"stop","time":1761851218990},{"type":"start","time":1761851327667},{"type":"stop","time":1761851372837},{"type":"start","time":1761851373785},{"type":"stop","time":1761851468463},{"type":"start","time":1761851468465},{"type":"stop","time":1761851553618},{"type":"start","time":1761851662795},{"type":"stop","time":1761851700510},{"type":"start","time":1761853000368},{"type":"stop","time":1761853062620},{"type":"start","time":1761853114172},{"type":"stop","time":1761853132556},{"type":"start","time":1761853599043},{"type":"stop","time":1761853620651},{"type":"start","time":1761853759854},{"type":"stop","time":1761853788649},{"type":"start","time":1761853901965},{"type":"stop","time":1761853904447},{"type":"start","time":1761853920340},{"type":"stop","time":1761853956491},{"type":"start","time":1761853959061},{"type":"stop","time":1761853972832},{"type":"start","time":1761853972834},{"type":"stop","time":1761854049012},{"type":"start","time":1761854052943},{"type":"stop","time":1761854096003},{"type":"start","time":1761854096005},{"type":"stop","time":1761854129076},{"type":"start","time":1761854129078},{"type":"stop","time":1761854155075},{"type":"start","time":1761854155077},{"type":"stop","time":1761854183657},{"type":"start","time":1761854183659},{"type":"stop","time":1761854229779},{"type":"start","time":1761854229782},{"type":"stop","time":1761854256148},{"type":"start","time":1761854296746},{"type":"stop","time":1761854355021},{"type":"start","time":1761854385382},{"type":"stop","time":1761854439660},{"type":"start","time":1761854446532},{"type":"stop","time":1761854465603}]},{"actions":[{"type":"start","time":1761848835263},{"type":"stop","time":1761848846515},{"type":"start","time":1761848881299},{"type":"stop","time":1761848891585},{"type":"start","time":1761848891587},{"type":"stop","time":1761848903372},{"type":"start","time":1761848944469},{"type":"stop","time":1761848951744},{"type":"start","time":1761848978112},{"type":"stop","time":1761849001957},{"type":"start","time":1761849031372},{"type":"stop","time":1761849039191},{"type":"start","time":1761849039194},{"type":"stop","time":1761849045512},{"type":"start","time":1761849908665},{"type":"stop","time":1761849912131},{"type":"start","time":1761850952865},{"type":"stop","time":1761850976862},{"type":"start","time":1761850976864},{"type":"stop","time":1761851028028},{"type":"start","time":1761851035383},{"type":"stop","time":1761851069402},{"type":"start","time":1761851732047},{"type":"stop","time":1761852222841},{"type":"start","time":1761852223515},{"type":"stop","time":1761852332342},{"type":"start","time":1761852332344},{"type":"stop","time":1761852344147},{"type":"start","time":1761852344150},{"type":"stop","time":1761853000365},{"type":"start","time":1761853062622},{"type":"stop","time":1761853114170},{"type":"start","time":1761853132559},{"type":"stop","time":1761853261489},{"type":"start","time":1761853275634},{"type":"stop","time":1761853444723},{"type":"start","time":1761853497824},{"type":"stop","time":1761853584399},{"type":"start","time":1761853620653},{"type":"stop","time":1761853641964},{"type":"start","time":1761853641966},{"type":"stop","time":1761853655836},{"type":"start","time":1761853788650},{"type":"stop","time":1761853865764},{"type":"start","time":1761854296162},{"type":"stop","time":1761854296743},{"type":"start","time":1761854355023},{"type":"stop","time":1761854357471}]},{"actions":[{"type":"start","time":1761848735921},{"type":"stop","time":1761848769352},{"type":"start","time":1761848819490},{"type":"stop","time":1761848835261},{"type":"start","time":1761848925770},{"type":"stop","time":1761848943161},{"type":"start","time":1761849079385},{"type":"stop","time":1761849266765},{"type":"start","time":1761849931040},{"type":"stop","time":1761849933679},{"type":"start","time":1761849933681},{"type":"stop","time":1761849936929},{"type":"start","time":1761849986829},{"type":"stop","time":1761850010843},{"type":"start","time":1761850917290},{"type":"stop","time":1761850918958},{"type":"start","time":1761850948362},{"type":"stop","time":1761850952863},{"type":"start","time":1761851069404},{"type":"stop","time":1761851079024},{"type":"start","time":1761851096638},{"type":"stop","time":1761851098737},{"type":"start","time":1761851134697},{"type":"stop","time":1761851135845},{"type":"start","time":1761851161856},{"type":"stop","time":1761851194251},{"type":"start","time":1761851218993},{"type":"stop","time":1761851245007},{"type":"start","time":1761851245009},{"type":"stop","time":1761851298404},{"type":"start","time":1761851298406},{"type":"stop","time":1761851321679},{"type":"start","time":1761851321682},{"type":"stop","time":1761851327665},{"type":"start","time":1761851372839},{"type":"stop","time":1761851373783},{"type":"start","time":1761851553620},{"type":"stop","time":1761851662794},{"type":"start","time":1761851700511},{"type":"stop","time":1761851732045},{"type":"start","time":1761852222884},{"type":"stop","time":1761852223513},{"type":"start","time":1761853444725},{"type":"stop","time":1761853497821},{"type":"start","time":1761853655837},{"type":"stop","time":1761853656306},{"type":"start","time":1761853656309},{"type":"stop","time":1761853758935},{"type":"start","time":1761853865767},{"type":"stop","time":1761853888121},{"type":"start","time":1761853904449},{"type":"stop","time":1761853920338},{"type":"start","time":1761853956493},{"type":"stop","time":1761853959059},{"type":"start","time":1761854049014},{"type":"stop","time":1761854052941},{"type":"start","time":1761854256150},{"type":"stop","time":1761854296160},{"type":"start","time":1761854357473},{"type":"stop","time":1761854385380},{"type":"start","time":1761854439710},{"type":"stop","time":1761854446529},{"type":"start","time":1761854465604},{"type":"stop","time":1761854472676}]}]}</t>
         </is>
       </c>
       <c r="E276">
-        <v>109850</v>
+        <v>1929384</v>
       </c>
       <c r="F276">
-        <v>0</v>
+        <v>2010331</v>
       </c>
       <c r="G276">
-        <v>0</v>
+        <v>868986</v>
       </c>
       <c r="H276">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I276">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="J276">
-        <v>0</v>
+        <v>32</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>275</v>
       </c>
       <c r="B277" s="2">
-        <v>20231118164055</v>
+        <v>20250416172010</v>
       </c>
       <c r="C277" s="2">
-        <v>1700326335253</v>
+        <v>1744824975638</v>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>{"lastSave":1700326335253,"timeWatchM":0,"timeWatchW":642384,"timeWatchD":0,"countWatchM":0,"countWatchW":4,"countWatchD":0,"id":"d6260fd5","watches":[{"actions":[]},{"actions":[{"type":"start","time":1700325655492},{"type":"stop","time":1700326016849},{"type":"start","time":1700326016851},{"type":"stop","time":1700326054851},{"type":"start","time":1700326054851},{"type":"stop","time":1700326122918},{"type":"start","time":1700326142737},{"type":"stop","time":1700326317697}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744824975638,"timeWatchM":0,"timeWatchW":936639,"timeWatchD":0,"countWatchM":0,"countWatchW":2,"countWatchD":0,"id":"c87d6021","watches":[{"actions":[]},{"actions":[{"type":"start","time":1744824008782},{"type":"stop","time":1744824594528},{"type":"start","time":1744824618284},{"type":"stop","time":1744824969177}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E277">
         <v>0</v>
       </c>
       <c r="F277">
-        <v>642384</v>
+        <v>936639</v>
       </c>
       <c r="G277">
         <v>0</v>
       </c>
       <c r="H277">
         <v>0</v>
       </c>
       <c r="I277">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J277">
         <v>0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>276</v>
       </c>
       <c r="B278" s="2">
-        <v>20250923183007</v>
+        <v>20250717171240</v>
       </c>
       <c r="C278" s="2">
-        <v>1758652294403</v>
+        <v>1752780630423</v>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>{"lastSave":1758652294403,"timeWatchM":86783,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"d6d905b3","watches":[{"actions":[{"type":"start","time":1758652207620},{"type":"stop","time":1758652294403}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1752780630423,"timeWatchM":2545762,"timeWatchW":2805745,"timeWatchD":0,"countWatchM":116,"countWatchW":130,"countWatchD":0,"id":"c93b23ea","watches":[{"actions":[{"type":"start","time":1752772359889},{"type":"stop","time":1752772404905},{"type":"start","time":1752772419775},{"type":"stop","time":1752772471597},{"type":"start","time":1752772504309},{"type":"stop","time":1752772540903},{"type":"start","time":1752772637287},{"type":"stop","time":1752772643435},{"type":"start","time":1752772706129},{"type":"stop","time":1752772717343},{"type":"start","time":1752772777442},{"type":"stop","time":1752772786895},{"type":"start","time":1752772818820},{"type":"stop","time":1752772822138},{"type":"start","time":1752772828091},{"type":"stop","time":1752772829881},{"type":"start","time":1752772900896},{"type":"stop","time":1752772909487},{"type":"start","time":1752772936843},{"type":"stop","time":1752772943502},{"type":"start","time":1752773000048},{"type":"stop","time":1752773002050},{"type":"start","time":1752773039706},{"type":"stop","time":1752773042240},{"type":"start","time":1752773087856},{"type":"stop","time":1752773117593},{"type":"start","time":1752773139432},{"type":"stop","time":1752773156940},{"type":"start","time":1752773161778},{"type":"stop","time":1752773168875},{"type":"start","time":1752773222427},{"type":"stop","time":1752773243766},{"type":"start","time":1752773243766},{"type":"stop","time":1752773283312},{"type":"start","time":1752773283313},{"type":"stop","time":1752773286502},{"type":"start","time":1752773292127},{"type":"stop","time":1752773296136},{"type":"start","time":1752773320041},{"type":"stop","time":1752773322661},{"type":"start","time":1752773344927},{"type":"stop","time":1752773367632},{"type":"start","time":1752773367634},{"type":"stop","time":1752773370509},{"type":"start","time":1752773449160},{"type":"stop","time":1752773469836},{"type":"start","time":1752773491701},{"type":"stop","time":1752773505993},{"type":"start","time":1752773571067},{"type":"stop","time":1752773573060},{"type":"start","time":1752773574649},{"type":"stop","time":1752773575813},{"type":"start","time":1752773596694},{"type":"stop","time":1752773598798},{"type":"start","time":1752773633242},{"type":"stop","time":1752773635631},{"type":"start","time":1752773643334},{"type":"stop","time":1752773646209},{"type":"start","time":1752773715207},{"type":"stop","time":1752773750439},{"type":"start","time":1752773841385},{"type":"stop","time":1752773902989},{"type":"start","time":1752773909106},{"type":"stop","time":1752773946668},{"type":"start","time":1752773946670},{"type":"stop","time":1752773947821},{"type":"start","time":1752773947822},{"type":"stop","time":1752773954997},{"type":"start","time":1752773976690},{"type":"stop","time":1752774003884},{"type":"start","time":1752774003885},{"type":"stop","time":1752774017313},{"type":"start","time":1752774072491},{"type":"stop","time":1752774094925},{"type":"start","time":1752774129858},{"type":"stop","time":1752774234491},{"type":"start","time":1752774234492},{"type":"stop","time":1752774302029},{"type":"start","time":1752774302031},{"type":"stop","time":1752774333789},{"type":"start","time":1752774333790},{"type":"stop","time":1752774340498},{"type":"start","time":1752774353604},{"type":"stop","time":1752774402098},{"type":"start","time":1752774403601},{"type":"stop","time":1752774438686},{"type":"start","time":1752774450040},{"type":"stop","time":1752774492376},{"type":"start","time":1752774492377},{"type":"stop","time":1752774529888},{"type":"start","time":1752774626281},{"type":"stop","time":1752774633306},{"type":"start","time":1752774633306},{"type":"stop","time":1752774652588},{"type":"start","time":1752774684737},{"type":"stop","time":1752774694383},{"type":"start","time":1752774726616},{"type":"stop","time":1752774762282},{"type":"start","time":1752774762284},{"type":"stop","time":1752774775673},{"type":"start","time":1752774780455},{"type":"stop","time":1752774817750},{"type":"start","time":1752774905863},{"type":"stop","time":1752774960355},{"type":"start","time":1752774968825},{"type":"stop","time":1752774981811},{"type":"start","time":1752774981812},{"type":"stop","time":1752774995909},{"type":"start","time":1752774995909},{"type":"stop","time":1752774997340},{"type":"start","time":1752775020224},{"type":"stop","time":1752775046335},{"type":"start","time":1752775046336},{"type":"stop","time":1752775080272},{"type":"start","time":1752775080273},{"type":"stop","time":1752775083278},{"type":"start","time":1752775109388},{"type":"stop","time":1752775110568},{"type":"start","time":1752775110569},{"type":"stop","time":1752775112184},{"type":"start","time":1752775113538},{"type":"stop","time":1752775115034},{"type":"start","time":1752775117819},{"type":"stop","time":1752775119711},{"type":"start","time":1752775121177},{"type":"stop","time":1752775121977},{"type":"start","time":1752775121978},{"type":"stop","time":1752775158620},{"type":"start","time":1752775169131},{"type":"stop","time":1752775177970},{"type":"start","time":1752775177971},{"type":"stop","time":1752775262304},{"type":"start","time":1752775264822},{"type":"stop","time":1752775275139},{"type":"start","time":1752775303897},{"type":"stop","time":1752775307435},{"type":"start","time":1752775340872},{"type":"stop","time":1752775345296},{"type":"start","time":1752775372356},{"type":"stop","time":1752775413254},{"type":"start","time":1752775413255},{"type":"stop","time":1752775418571},{"type":"start","time":1752775419437},{"type":"stop","time":1752775420272},{"type":"start","time":1752777685074},{"type":"stop","time":1752777807235},{"type":"start","time":1752777807237},{"type":"stop","time":1752777996767},{"type":"start","time":1752777996768},{"type":"stop","time":1752777998265},{"type":"start","time":1752778019579},{"type":"stop","time":1752778021062},{"type":"start","time":1752778299387},{"type":"stop","time":1752778299949},{"type":"start","time":1752778467448},{"type":"stop","time":1752778472418},{"type":"start","time":1752778489464},{"type":"stop","time":1752778560970},{"type":"start","time":1752778560971},{"type":"stop","time":1752778617854},{"type":"start","time":1752778711012},{"type":"stop","time":1752778721338},{"type":"start","time":1752778721340},{"type":"stop","time":1752778723044},{"type":"start","time":1752778723960},{"type":"stop","time":1752778733598},{"type":"start","time":1752778735961},{"type":"stop","time":1752778739826},{"type":"start","time":1752778744669},{"type":"stop","time":1752778748807},{"type":"start","time":1752778770100},{"type":"stop","time":1752778787488},{"type":"start","time":1752778803936},{"type":"stop","time":1752778811459},{"type":"start","time":1752778815062},{"type":"stop","time":1752778818871},{"type":"start","time":1752778822579},{"type":"stop","time":1752778827799},{"type":"start","time":1752778827800},{"type":"stop","time":1752778844236},{"type":"start","time":1752778844237},{"type":"stop","time":1752778846978},{"type":"start","time":1752778882691},{"type":"stop","time":1752778889211},{"type":"start","time":1752778890215},{"type":"stop","time":1752778896529},{"type":"start","time":1752778914137},{"type":"stop","time":1752778915507},{"type":"start","time":1752779187584},{"type":"stop","time":1752779189068},{"type":"start","time":1752779190263},{"type":"stop","time":1752779202711},{"type":"start","time":1752779203786},{"type":"stop","time":1752779215460},{"type":"start","time":1752779215461},{"type":"stop","time":1752779217612},{"type":"start","time":1752779325335},{"type":"stop","time":1752779417523},{"type":"start","time":1752779417524},{"type":"stop","time":1752779438834},{"type":"start","time":1752779466131},{"type":"stop","time":1752779470148},{"type":"start","time":1752779471106},{"type":"stop","time":1752779479936},{"type":"start","time":1752779479938},{"type":"stop","time":1752779577898},{"type":"start","time":1752779577899},{"type":"stop","time":1752779656545},{"type":"start","time":1752779657893},{"type":"stop","time":1752779659473},{"type":"start","time":1752779661003},{"type":"stop","time":1752779663947},{"type":"start","time":1752779735644},{"type":"stop","time":1752779744271},{"type":"start","time":1752779747997},{"type":"stop","time":1752779779825},{"type":"start","time":1752779970543},{"type":"stop","time":1752779982258},{"type":"start","time":1752780005046},{"type":"stop","time":1752780044589},{"type":"start","time":1752780050062},{"type":"stop","time":1752780053362},{"type":"start","time":1752780085458},{"type":"stop","time":1752780088155},{"type":"start","time":1752780103478},{"type":"stop","time":1752780108139},{"type":"start","time":1752780203073},{"type":"stop","time":1752780207183},{"type":"start","time":1752780240491},{"type":"stop","time":1752780361858},{"type":"start","time":1752780385367},{"type":"stop","time":1752780390878}]},{"actions":[{"type":"start","time":1752772412906},{"type":"stop","time":1752772418551},{"type":"start","time":1752772496397},{"type":"stop","time":1752772503370},{"type":"start","time":1752772645564},{"type":"stop","time":1752772703221},{"type":"start","time":1752772717344},{"type":"stop","time":1752772725859},{"type":"start","time":1752772726758},{"type":"stop","time":1752772734415},{"type":"start","time":1752772737948},{"type":"stop","time":1752772754825},{"type":"start","time":1752772756033},{"type":"stop","time":1752772772536},{"type":"start","time":1752772786896},{"type":"stop","time":1752772818819},{"type":"start","time":1752772822139},{"type":"stop","time":1752772828090},{"type":"start","time":1752772829881},{"type":"stop","time":1752772837200},{"type":"start","time":1752772838096},{"type":"stop","time":1752772840667},{"type":"start","time":1752772841279},{"type":"stop","time":1752772842770},{"type":"start","time":1752772879355},{"type":"stop","time":1752772882420},{"type":"start","time":1752772882420},{"type":"stop","time":1752772884389},{"type":"start","time":1752772884389},{"type":"stop","time":1752772886820},{"type":"start","time":1752772886820},{"type":"stop","time":1752772900896},{"type":"start","time":1752772909488},{"type":"stop","time":1752772916902},{"type":"start","time":1752772916902},{"type":"stop","time":1752772920024},{"type":"start","time":1752772920024},{"type":"stop","time":1752772922876},{"type":"start","time":1752772922876},{"type":"stop","time":1752772926506},{"type":"start","time":1752772926507},{"type":"stop","time":1752772935112},{"type":"start","time":1752772943503},{"type":"stop","time":1752772947311},{"type":"start","time":1752772956035},{"type":"stop","time":1752772991066},{"type":"start","time":1752773010259},{"type":"stop","time":1752773020041},{"type":"start","time":1752773043342},{"type":"stop","time":1752773065909},{"type":"start","time":1752773076178},{"type":"stop","time":1752773087855},{"type":"start","time":1752773117594},{"type":"stop","time":1752773127960},{"type":"start","time":1752773156941},{"type":"stop","time":1752773161777},{"type":"start","time":1752773168876},{"type":"stop","time":1752773214845},{"type":"start","time":1752773214846},{"type":"stop","time":1752773222427},{"type":"start","time":1752773286502},{"type":"stop","time":1752773292126},{"type":"start","time":1752773296137},{"type":"stop","time":1752773300400},{"type":"start","time":1752773300401},{"type":"stop","time":1752773320040},{"type":"start","time":1752773322662},{"type":"stop","time":1752773324946},{"type":"start","time":1752773324946},{"type":"stop","time":1752773344926},{"type":"start","time":1752773370510},{"type":"stop","time":1752773377868},{"type":"start","time":1752773377869},{"type":"stop","time":1752773378628},{"type":"start","time":1752773400503},{"type":"stop","time":1752773449159},{"type":"start","time":1752773469836},{"type":"stop","time":1752773474116},{"type":"start","time":1752773480782},{"type":"stop","time":1752773482689},{"type":"start","time":1752773484019},{"type":"stop","time":1752773491700},{"type":"start","time":1752773505994},{"type":"stop","time":1752773512726},{"type":"start","time":1752773529243},{"type":"stop","time":1752773536046},{"type":"start","time":1752773536047},{"type":"stop","time":1752773539859},{"type":"start","time":1752773539860},{"type":"stop","time":1752773571067},{"type":"start","time":1752773573060},{"type":"stop","time":1752773574648},{"type":"start","time":1752773575814},{"type":"stop","time":1752773578386},{"type":"start","time":1752773578387},{"type":"stop","time":1752773596693},{"type":"start","time":1752773598799},{"type":"stop","time":1752773601547},{"type":"start","time":1752773603529},{"type":"stop","time":1752773605394},{"type":"start","time":1752773605394},{"type":"stop","time":1752773616262},{"type":"start","time":1752773616263},{"type":"stop","time":1752773628492},{"type":"start","time":1752773628493},{"type":"stop","time":1752773633242},{"type":"start","time":1752773635631},{"type":"stop","time":1752773643333},{"type":"start","time":1752773646210},{"type":"stop","time":1752773654570},{"type":"start","time":1752773664660},{"type":"stop","time":1752773680197},{"type":"start","time":1752773697714},{"type":"stop","time":1752773707943},{"type":"start","time":1752773707944},{"type":"stop","time":1752773712948},{"type":"start","time":1752773769481},{"type":"stop","time":1752773782137},{"type":"start","time":1752773782138},{"type":"stop","time":1752773783672},{"type":"start","time":1752773784515},{"type":"stop","time":1752773841383},{"type":"start","time":1752774017314},{"type":"stop","time":1752774044707},{"type":"start","time":1752774054182},{"type":"stop","time":1752774072491},{"type":"start","time":1752774094926},{"type":"stop","time":1752774128112},{"type":"start","time":1752774340499},{"type":"stop","time":1752774353603},{"type":"start","time":1752774438686},{"type":"stop","time":1752774448554},{"type":"start","time":1752774529889},{"type":"stop","time":1752774626280},{"type":"start","time":1752774652589},{"type":"stop","time":1752774684736},{"type":"start","time":1752774698320},{"type":"stop","time":1752774726615},{"type":"start","time":1752774775674},{"type":"stop","time":1752774780455},{"type":"start","time":1752774820719},{"type":"stop","time":1752774868439},{"type":"start","time":1752774868440},{"type":"stop","time":1752774905862},{"type":"start","time":1752774960357},{"type":"stop","time":1752774968824},{"type":"start","time":1752774997340},{"type":"stop","time":1752775010212},{"type":"start","time":1752775010213},{"type":"stop","time":1752775020223},{"type":"start","time":1752775083278},{"type":"stop","time":1752775109386},{"type":"start","time":1752775112185},{"type":"stop","time":1752775112581},{"type":"start","time":1752775112582},{"type":"stop","time":1752775113537},{"type":"start","time":1752775115035},{"type":"stop","time":1752775116557},{"type":"start","time":1752775116557},{"type":"stop","time":1752775117818},{"type":"start","time":1752775119712},{"type":"stop","time":1752775121176},{"type":"start","time":1752775158621},{"type":"stop","time":1752775169130},{"type":"start","time":1752775262305},{"type":"stop","time":1752775264822},{"type":"start","time":1752775279042},{"type":"stop","time":1752775292825},{"type":"start","time":1752775292827},{"type":"stop","time":1752775303896},{"type":"start","time":1752775307436},{"type":"stop","time":1752775340872},{"type":"start","time":1752775345298},{"type":"stop","time":1752775372354},{"type":"start","time":1752775418572},{"type":"stop","time":1752775419436},{"type":"start","time":1752777998266},{"type":"stop","time":1752778018637},{"type":"start","time":1752778018639},{"type":"stop","time":1752778019579},{"type":"start","time":1752778021063},{"type":"stop","time":1752778042825},{"type":"start","time":1752778042827},{"type":"stop","time":1752778271901},{"type":"start","time":1752778271902},{"type":"stop","time":1752778299387},{"type":"start","time":1752778299949},{"type":"stop","time":1752778331630},{"type":"start","time":1752778331630},{"type":"stop","time":1752778399029},{"type":"start","time":1752778399031},{"type":"stop","time":1752778467447},{"type":"start","time":1752778472419},{"type":"stop","time":1752778489462},{"type":"start","time":1752778617855},{"type":"stop","time":1752778711011},{"type":"start","time":1752778723045},{"type":"stop","time":1752778723958},{"type":"start","time":1752778733599},{"type":"stop","time":1752778735960},{"type":"start","time":1752778739827},{"type":"stop","time":1752778744669},{"type":"start","time":1752778748808},{"type":"stop","time":1752778770099},{"type":"start","time":1752778787489},{"type":"stop","time":1752778802897},{"type":"start","time":1752778846980},{"type":"stop","time":1752778882690},{"type":"start","time":1752778889212},{"type":"stop","time":1752778890214},{"type":"start","time":1752778896530},{"type":"stop","time":1752778914136},{"type":"start","time":1752778915508},{"type":"stop","time":1752779187583},{"type":"start","time":1752779189070},{"type":"stop","time":1752779190261},{"type":"start","time":1752779202712},{"type":"stop","time":1752779203785},{"type":"start","time":1752779217613},{"type":"stop","time":1752779325334},{"type":"start","time":1752779438836},{"type":"stop","time":1752779450477},{"type":"start","time":1752779450478},{"type":"stop","time":1752779466129},{"type":"start","time":1752779470149},{"type":"stop","time":1752779471104},{"type":"start","time":1752779656546},{"type":"stop","time":1752779657892},{"type":"start","time":1752779659474},{"type":"stop","time":1752779661001},{"type":"start","time":1752779663948},{"type":"stop","time":1752779671317},{"type":"start","time":1752779671318},{"type":"stop","time":1752779735642},{"type":"start","time":1752779744273},{"type":"stop","time":1752779747995},{"type":"start","time":1752779779826},{"type":"stop","time":1752779970542},{"type":"start","time":1752779982260},{"type":"stop","time":1752779982851},{"type":"start","time":1752779982852},{"type":"stop","time":1752779982989},{"type":"start","time":1752779982990},{"type":"stop","time":1752780005044},{"type":"start","time":1752780044591},{"type":"stop","time":1752780050061},{"type":"start","time":1752780053363},{"type":"stop","time":1752780081011},{"type":"start","time":1752780081012},{"type":"stop","time":1752780085456},{"type":"start","time":1752780088156},{"type":"stop","time":1752780088341},{"type":"start","time":1752780088342},{"type":"stop","time":1752780103476},{"type":"start","time":1752780108139},{"type":"stop","time":1752780203071},{"type":"start","time":1752780207184},{"type":"stop","time":1752780240489},{"type":"start","time":1752780361860},{"type":"stop","time":1752780385366}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E278">
-        <v>86783</v>
+        <v>2545762</v>
       </c>
       <c r="F278">
-        <v>0</v>
+        <v>2805745</v>
       </c>
       <c r="G278">
         <v>0</v>
       </c>
       <c r="H278">
-        <v>1</v>
+        <v>116</v>
       </c>
       <c r="I278">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="J278">
         <v>0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>277</v>
       </c>
       <c r="B279" s="2">
-        <v>20250325182638</v>
+        <v>20250325182116</v>
       </c>
       <c r="C279" s="2">
-        <v>1742930227139</v>
+        <v>1742926942483</v>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>{"lastSave":1742930227139,"timeWatchM":1385685,"timeWatchW":1466473,"timeWatchD":0,"countWatchM":12,"countWatchW":26,"countWatchD":0,"id":"d72b71ba","watches":[{"actions":[{"type":"start","time":1742927408562},{"type":"stop","time":1742927529572},{"type":"start","time":1742927677589},{"type":"stop","time":1742927816096},{"type":"start","time":1742928062410},{"type":"stop","time":1742928333003},{"type":"start","time":1742928600812},{"type":"stop","time":1742928787780},{"type":"start","time":1742928903663},{"type":"stop","time":1742929062076},{"type":"start","time":1742929167046},{"type":"stop","time":1742929181720},{"type":"start","time":1742929275347},{"type":"stop","time":1742929349266},{"type":"start","time":1742929422079},{"type":"stop","time":1742929450576},{"type":"start","time":1742929508695},{"type":"stop","time":1742929566920},{"type":"start","time":1742929573299},{"type":"stop","time":1742929762798},{"type":"start","time":1742929771831},{"type":"stop","time":1742929857558},{"type":"start","time":1742930013158},{"type":"stop","time":1742930072811}]},{"actions":[{"type":"start","time":1742927198665},{"type":"stop","time":1742927385532},{"type":"start","time":1742927531288},{"type":"stop","time":1742927672646},{"type":"start","time":1742927820045},{"type":"stop","time":1742927968967},{"type":"start","time":1742927971693},{"type":"stop","time":1742928059818},{"type":"start","time":1742928335536},{"type":"stop","time":1742928425912},{"type":"start","time":1742928428236},{"type":"stop","time":1742928598321},{"type":"start","time":1742928792425},{"type":"stop","time":1742928902525},{"type":"start","time":1742929064478},{"type":"stop","time":1742929131244},{"type":"start","time":1742929148123},{"type":"stop","time":1742929164809},{"type":"start","time":1742929188515},{"type":"stop","time":1742929231130},{"type":"start","time":1742929233626},{"type":"stop","time":1742929235849},{"type":"start","time":1742929237970},{"type":"stop","time":1742929255380},{"type":"start","time":1742929256531},{"type":"stop","time":1742929267676},{"type":"start","time":1742929272661},{"type":"stop","time":1742929273524},{"type":"start","time":1742929350424},{"type":"stop","time":1742929407621},{"type":"start","time":1742929410603},{"type":"stop","time":1742929413842},{"type":"start","time":1742929455337},{"type":"stop","time":1742929498456},{"type":"start","time":1742929501447},{"type":"stop","time":1742929506462},{"type":"start","time":1742929859321},{"type":"stop","time":1742929862020},{"type":"start","time":1742929862881},{"type":"stop","time":1742929938556},{"type":"start","time":1742929945359},{"type":"stop","time":1742930012046},{"type":"start","time":1742930081195},{"type":"stop","time":1742930136706},{"type":"start","time":1742930146767},{"type":"stop","time":1742930174446},{"type":"start","time":1742930174447},{"type":"stop","time":1742930175112},{"type":"start","time":1742930177711},{"type":"stop","time":1742930187808},{"type":"start","time":1742930200389},{"type":"stop","time":1742930225738}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742926942483,"timeWatchM":55862,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"cc2d7117","watches":[{"actions":[{"type":"start","time":1742926876317},{"type":"stop","time":1742926912178},{"type":"start","time":1742926915868},{"type":"stop","time":1742926921180},{"type":"start","time":1742926924691},{"type":"stop","time":1742926939380}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E279">
-        <v>1385685</v>
+        <v>55862</v>
       </c>
       <c r="F279">
-        <v>1466473</v>
+        <v>0</v>
       </c>
       <c r="G279">
         <v>0</v>
       </c>
       <c r="H279">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I279">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="J279">
         <v>0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>278</v>
       </c>
       <c r="B280" s="2">
-        <v>20230401201004</v>
+        <v>20250416174707</v>
       </c>
       <c r="C280" s="2">
-        <v>1680379839450</v>
+        <v>1744825732522</v>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>{"lastSave":1680379839450,"timeWatchM":36276,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"d82063b","watches":[{"actions":[{"type":"start","time":1680379803174},{"type":"stop","time":1680379839450}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744825732522,"timeWatchM":71909,"timeWatchW":23520,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"cdd66f84","watches":[{"actions":[{"type":"start","time":1744825625284},{"type":"stop","time":1744825675605},{"type":"start","time":1744825706399},{"type":"stop","time":1744825727987}]},{"actions":[{"type":"start","time":1744825680349},{"type":"stop","time":1744825703869}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E280">
-        <v>36276</v>
+        <v>71909</v>
       </c>
       <c r="F280">
-        <v>0</v>
+        <v>23520</v>
       </c>
       <c r="G280">
         <v>0</v>
       </c>
       <c r="H280">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I280">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J280">
         <v>0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>279</v>
       </c>
       <c r="B281" s="2">
-        <v>20251003173210</v>
+        <v>20250222135731</v>
       </c>
       <c r="C281" s="2">
-        <v>1759519528182</v>
+        <v>1740232885312</v>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>{"lastSave":1759519528182,"timeWatchM":2760636,"timeWatchW":2488104,"timeWatchD":105425,"countWatchM":24.5,"countWatchW":20,"countWatchD":2,"id":"d87f30a6","watches":[{"actions":[{"type":"start","time":1759512730465},{"type":"stop","time":1759512983985},{"type":"start","time":1759512984000},{"type":"stop","time":1759512987435},{"type":"start","time":1759513158734},{"type":"stop","time":1759514376420},{"type":"start","time":1759514376453},{"type":"stop","time":1759514391851},{"type":"start","time":1759515544124},{"type":"stop","time":1759515547568},{"type":"start","time":1759515733971},{"type":"stop","time":1759515766725},{"type":"start","time":1759515809453},{"type":"stop","time":1759515834103},{"type":"start","time":1759515848464},{"type":"stop","time":1759515869527},{"type":"start","time":1759515871222},{"type":"stop","time":1759515915078},{"type":"start","time":1759515938088},{"type":"stop","time":1759515986094},{"type":"start","time":1759515999244},{"type":"stop","time":1759516015809},{"type":"start","time":1759516469350},{"type":"stop","time":1759516638890},{"type":"start","time":1759516644004},{"type":"stop","time":1759516808937},{"type":"start","time":1759516808958},{"type":"stop","time":1759516927357},{"type":"start","time":1759517914559},{"type":"stop","time":1759518083657},{"type":"start","time":1759518164292},{"type":"stop","time":1759518214648},{"type":"start","time":1759518540207},{"type":"stop","time":1759518577865},{"type":"start","time":1759518661502},{"type":"stop","time":1759518670213},{"type":"start","time":1759518724128},{"type":"stop","time":1759518766653},{"type":"start","time":1759518859131},{"type":"stop","time":1759519003791},{"type":"start","time":1759519260104},{"type":"stop","time":1759519344622},{"type":"start","time":1759519353830},{"type":"stop","time":1759519357010},{"type":"start","time":1759519366237},{"type":"stop","time":1759519421651},{"type":"start","time":1759519496914},{"type":"stop","time":1759519528181},{"type":"start","time":1759519528182}]},{"actions":[{"type":"start","time":1759514391852},{"type":"stop","time":1759514604345},{"type":"start","time":1759514604374},{"type":"stop","time":1759514605944},{"type":"start","time":1759514605945},{"type":"stop","time":1759514813736},{"type":"start","time":1759514813738},{"type":"stop","time":1759515542662},{"type":"start","time":1759515542670},{"type":"stop","time":1759515543203},{"type":"start","time":1759515543204},{"type":"stop","time":1759515544123},{"type":"start","time":1759515547569},{"type":"stop","time":1759515635253},{"type":"start","time":1759515766726},{"type":"stop","time":1759515809402},{"type":"start","time":1759515834145},{"type":"stop","time":1759515848462},{"type":"start","time":1759515915079},{"type":"stop","time":1759515938087},{"type":"start","time":1759516039668},{"type":"stop","time":1759516469320},{"type":"start","time":1759517913948},{"type":"stop","time":1759517914558},{"type":"start","time":1759518083675},{"type":"stop","time":1759518164277},{"type":"start","time":1759518214664},{"type":"stop","time":1759518540185},{"type":"start","time":1759518577891},{"type":"stop","time":1759518661484},{"type":"start","time":1759518670215},{"type":"stop","time":1759518724108},{"type":"start","time":1759518766655},{"type":"stop","time":1759518859129},{"type":"start","time":1759519133718},{"type":"stop","time":1759519217158},{"type":"start","time":1759519344650},{"type":"stop","time":1759519353829},{"type":"start","time":1759519357011},{"type":"stop","time":1759519366236}]},{"actions":[{"type":"start","time":1759515635285},{"type":"stop","time":1759515733935},{"type":"start","time":1759517907171},{"type":"stop","time":1759517913946}]}]}</t>
+          <t>{"lastSave":1740232885312,"timeWatchM":169851,"timeWatchW":66667,"timeWatchD":0,"countWatchM":6,"countWatchW":5,"countWatchD":0,"id":"ce07ac7","watches":[{"actions":[{"type":"start","time":1740232648783},{"type":"stop","time":1740232673380},{"type":"start","time":1740232673381},{"type":"stop","time":1740232677878},{"type":"start","time":1740232677879},{"type":"stop","time":1740232765334},{"type":"start","time":1740232766635},{"type":"stop","time":1740232806444},{"type":"start","time":1740232852152},{"type":"stop","time":1740232853819},{"type":"start","time":1740232873486},{"type":"stop","time":1740232885312}]},{"actions":[{"type":"start","time":1740232765335},{"type":"stop","time":1740232766634},{"type":"start","time":1740232806445},{"type":"stop","time":1740232847071},{"type":"start","time":1740232847072},{"type":"stop","time":1740232852151},{"type":"start","time":1740232853820},{"type":"stop","time":1740232860645},{"type":"start","time":1740232860647},{"type":"stop","time":1740232873485}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E281">
-        <v>2760636</v>
+        <v>169851</v>
       </c>
       <c r="F281">
-        <v>2488104</v>
+        <v>66667</v>
       </c>
       <c r="G281">
-        <v>105425</v>
+        <v>0</v>
       </c>
       <c r="H281">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="I281">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="J281">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>280</v>
       </c>
       <c r="B282" s="2">
-        <v>20250923181628</v>
+        <v>20250821184218</v>
       </c>
       <c r="C282" s="2">
-        <v>1758651421762</v>
+        <v>1755801989270</v>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651421762,"timeWatchM":0,"timeWatchW":33147,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"d925ea8c","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758651388614},{"type":"stop","time":1758651421761}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755801989270,"timeWatchM":136436,"timeWatchW":82468,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"ce5e0eee","watches":[{"actions":[{"type":"start","time":1755801737565},{"type":"stop","time":1755801874001}]},{"actions":[{"type":"start","time":1755801882552},{"type":"stop","time":1755801921736},{"type":"start","time":1755801935019},{"type":"stop","time":1755801978303}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E282">
-        <v>0</v>
+        <v>136436</v>
       </c>
       <c r="F282">
-        <v>33147</v>
+        <v>82468</v>
       </c>
       <c r="G282">
         <v>0</v>
       </c>
       <c r="H282">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I282">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J282">
         <v>0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>281</v>
       </c>
       <c r="B283" s="2">
-        <v>20241220084223</v>
+        <v>20240423074329</v>
       </c>
       <c r="C283" s="2">
-        <v>1734684274829</v>
+        <v>1713858441485</v>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>{"lastSave":1734684274829,"timeWatchM":127997,"timeWatchW":0,"timeWatchD":0,"countWatchM":3.5,"countWatchW":0,"countWatchD":0,"id":"dbc017aa","watches":[{"actions":[{"type":"start","time":1734684143713},{"type":"stop","time":1734684164611},{"type":"start","time":1734684167729},{"type":"stop","time":1734684270499},{"type":"start","time":1734684270499},{"type":"stop","time":1734684274828},{"type":"start","time":1734684274829}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1713858441485,"timeWatchM":201025,"timeWatchW":7818,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"cf21aaef","watches":[{"actions":[{"type":"start","time":1713858208966},{"type":"stop","time":1713858409991}]},{"actions":[{"type":"start","time":1713858432651},{"type":"stop","time":1713858440469}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E283">
-        <v>127997</v>
+        <v>201025</v>
       </c>
       <c r="F283">
-        <v>0</v>
+        <v>7818</v>
       </c>
       <c r="G283">
         <v>0</v>
       </c>
       <c r="H283">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I283">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J283">
         <v>0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>282</v>
       </c>
       <c r="B284" s="2">
-        <v>20250821175137</v>
+        <v>20250315124641</v>
       </c>
       <c r="C284" s="2">
-        <v>1755799213798</v>
+        <v>1742043281824</v>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>{"lastSave":1755799213798,"timeWatchM":160619,"timeWatchW":245273,"timeWatchD":0,"countWatchM":8,"countWatchW":8,"countWatchD":0,"id":"dc1c85ca","watches":[{"actions":[{"type":"start","time":1755798696688},{"type":"stop","time":1755798705488},{"type":"start","time":1755798719688},{"type":"stop","time":1755798723688},{"type":"start","time":1755798725472},{"type":"stop","time":1755798727688},{"type":"start","time":1755798825024},{"type":"stop","time":1755798860891},{"type":"start","time":1755798951160},{"type":"stop","time":1755798980210},{"type":"start","time":1755799055462},{"type":"stop","time":1755799068829},{"type":"start","time":1755799076595},{"type":"stop","time":1755799132480},{"type":"start","time":1755799199581},{"type":"stop","time":1755799211015}]},{"actions":[{"type":"start","time":1755798707138},{"type":"stop","time":1755798718122},{"type":"start","time":1755798728855},{"type":"stop","time":1755798738672},{"type":"start","time":1755798742655},{"type":"stop","time":1755798761089},{"type":"start","time":1755798762922},{"type":"stop","time":1755798822957},{"type":"start","time":1755798867158},{"type":"stop","time":1755798903975},{"type":"start","time":1755798906475},{"type":"stop","time":1755798949326},{"type":"start","time":1755798984844},{"type":"stop","time":1755799020878},{"type":"start","time":1755799021994},{"type":"stop","time":1755799052295}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742043281824,"timeWatchM":478932,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"cf24a1dc","watches":[{"actions":[{"type":"start","time":1742042800928},{"type":"stop","time":1742043279860}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E284">
-        <v>160619</v>
+        <v>478932</v>
       </c>
       <c r="F284">
-        <v>245273</v>
+        <v>0</v>
       </c>
       <c r="G284">
         <v>0</v>
       </c>
       <c r="H284">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I284">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J284">
         <v>0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>283</v>
       </c>
       <c r="B285" s="2">
-        <v>20250416175903</v>
+        <v>20250315132428</v>
       </c>
       <c r="C285" s="2">
-        <v>1744826522684</v>
+        <v>1742045160657</v>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>{"lastSave":1744826522684,"timeWatchM":178123,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"dc36ad3d","watches":[{"actions":[{"type":"start","time":1744826341307},{"type":"stop","time":1744826519430}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742045160657,"timeWatchM":90697,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"cfae0fcd","watches":[{"actions":[{"type":"start","time":1742045067843},{"type":"stop","time":1742045158540}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E285">
-        <v>178123</v>
+        <v>90697</v>
       </c>
       <c r="F285">
         <v>0</v>
       </c>
       <c r="G285">
         <v>0</v>
       </c>
       <c r="H285">
         <v>1</v>
       </c>
       <c r="I285">
         <v>0</v>
       </c>
       <c r="J285">
         <v>0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>284</v>
       </c>
       <c r="B286" s="2">
-        <v>20231108081936</v>
+        <v>20230717172043</v>
       </c>
       <c r="C286" s="2">
-        <v>1699435714309</v>
+        <v>1689614486840</v>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>{"lastSave":1699435714309,"timeWatchM":647064,"timeWatchW":630343,"timeWatchD":2207072,"countWatchM":19,"countWatchW":21,"countWatchD":28,"id":"dc7c3179","watches":[{"actions":[{"type":"start","time":1699431596055},{"type":"stop","time":1699431614881},{"type":"start","time":1699432411308},{"type":"stop","time":1699432420114},{"type":"start","time":1699432713995},{"type":"stop","time":1699432765911},{"type":"start","time":1699433000573},{"type":"stop","time":1699433037504},{"type":"start","time":1699433097915},{"type":"stop","time":1699433099012},{"type":"start","time":1699433201399},{"type":"stop","time":1699433238349},{"type":"start","time":1699433377175},{"type":"stop","time":1699433377411},{"type":"start","time":1699433377412},{"type":"stop","time":1699433380631},{"type":"start","time":1699433535614},{"type":"stop","time":1699433589186},{"type":"start","time":1699433699522},{"type":"stop","time":1699433750012},{"type":"start","time":1699433773794},{"type":"stop","time":1699433777610},{"type":"start","time":1699433808663},{"type":"stop","time":1699433813625},{"type":"start","time":1699433848363},{"type":"stop","time":1699433878481},{"type":"start","time":1699433956266},{"type":"stop","time":1699434037453},{"type":"start","time":1699434037454},{"type":"stop","time":1699434062270},{"type":"start","time":1699434152979},{"type":"stop","time":1699434273297},{"type":"start","time":1699435214890},{"type":"stop","time":1699435230398},{"type":"start","time":1699435233715},{"type":"stop","time":1699435293265},{"type":"start","time":1699435446964},{"type":"stop","time":1699435491710}]},{"actions":[{"type":"start","time":1699432367713},{"type":"stop","time":1699432382140},{"type":"start","time":1699432385335},{"type":"stop","time":1699432393366},{"type":"start","time":1699432393367},{"type":"stop","time":1699432411307},{"type":"start","time":1699432429903},{"type":"stop","time":1699432436637},{"type":"start","time":1699432437989},{"type":"stop","time":1699432498790},{"type":"start","time":1699432499853},{"type":"stop","time":1699432570006},{"type":"start","time":1699432613196},{"type":"stop","time":1699432655141},{"type":"start","time":1699432810738},{"type":"stop","time":1699432848547},{"type":"start","time":1699433147969},{"type":"stop","time":1699433188462},{"type":"start","time":1699433239325},{"type":"stop","time":1699433308578},{"type":"start","time":1699433518366},{"type":"stop","time":1699433535613},{"type":"start","time":1699433750013},{"type":"stop","time":1699433773793},{"type":"start","time":1699433777611},{"type":"stop","time":1699433782080},{"type":"start","time":1699433799070},{"type":"stop","time":1699433808661},{"type":"start","time":1699433813626},{"type":"stop","time":1699433817780},{"type":"start","time":1699433817782},{"type":"stop","time":1699433848362},{"type":"start","time":1699434384913},{"type":"stop","time":1699434418040},{"type":"start","time":1699435317368},{"type":"stop","time":1699435349445},{"type":"start","time":1699435401405},{"type":"stop","time":1699435438431},{"type":"start","time":1699435507488},{"type":"stop","time":1699435567291},{"type":"start","time":1699435567292},{"type":"stop","time":1699435578195}]},{"actions":[{"type":"start","time":1699431576481},{"type":"stop","time":1699431596054},{"type":"start","time":1699431614882},{"type":"stop","time":1699431714435},{"type":"start","time":1699432382140},{"type":"stop","time":1699432385335},{"type":"start","time":1699432420115},{"type":"stop","time":1699432429902},{"type":"start","time":1699432436638},{"type":"stop","time":1699432437988},{"type":"start","time":1699432498791},{"type":"stop","time":1699432499853},{"type":"start","time":1699432570007},{"type":"stop","time":1699432613195},{"type":"start","time":1699432655142},{"type":"stop","time":1699432713994},{"type":"start","time":1699432765912},{"type":"stop","time":1699432810736},{"type":"start","time":1699432848548},{"type":"stop","time":1699433000572},{"type":"start","time":1699433037504},{"type":"stop","time":1699433097914},{"type":"start","time":1699433099013},{"type":"stop","time":1699433147968},{"type":"start","time":1699433188463},{"type":"stop","time":1699433201398},{"type":"start","time":1699433238350},{"type":"stop","time":1699433239324},{"type":"start","time":1699433308580},{"type":"stop","time":1699433377174},{"type":"start","time":1699433380632},{"type":"stop","time":1699433518365},{"type":"start","time":1699433589187},{"type":"stop","time":1699433699521},{"type":"start","time":1699433782081},{"type":"stop","time":1699433799069},{"type":"start","time":1699433878482},{"type":"stop","time":1699433956264},{"type":"start","time":1699434062272},{"type":"stop","time":1699434152978},{"type":"start","time":1699434273298},{"type":"stop","time":1699434384912},{"type":"start","time":1699434418041},{"type":"stop","time":1699435214889},{"type":"start","time":1699435230399},{"type":"stop","time":1699435233714},{"type":"start","time":1699435293266},{"type":"stop","time":1699435317366},{"type":"start","time":1699435349447},{"type":"stop","time":1699435401404},{"type":"start","time":1699435438432},{"type":"stop","time":1699435446962},{"type":"start","time":1699435491711},{"type":"stop","time":1699435507487},{"type":"start","time":1699435578196},{"type":"stop","time":1699435714309}]}]}</t>
+          <t>{"lastSave":1689614486840,"timeWatchM":27297,"timeWatchW":11077,"timeWatchD":0,"countWatchM":7,"countWatchW":6,"countWatchD":0,"id":"cff98adf","watches":[{"actions":[{"type":"start","time":1689614443303},{"type":"stop","time":1689614447087},{"type":"start","time":1689614453708},{"type":"stop","time":1689614454625},{"type":"start","time":1689614454967},{"type":"stop","time":1689614471020},{"type":"start","time":1689614472999},{"type":"stop","time":1689614473446},{"type":"start","time":1689614473778},{"type":"stop","time":1689614474051},{"type":"start","time":1689614474396},{"type":"stop","time":1689614477992},{"type":"start","time":1689614483124},{"type":"stop","time":1689614485351}]},{"actions":[{"type":"start","time":1689614447089},{"type":"stop","time":1689614453703},{"type":"start","time":1689614454628},{"type":"stop","time":1689614454965},{"type":"start","time":1689614471021},{"type":"stop","time":1689614472997},{"type":"start","time":1689614473448},{"type":"stop","time":1689614473776},{"type":"start","time":1689614474052},{"type":"stop","time":1689614474392},{"type":"start","time":1689614485358},{"type":"stop","time":1689614486840}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E286">
-        <v>647064</v>
+        <v>27297</v>
       </c>
       <c r="F286">
-        <v>630343</v>
+        <v>11077</v>
       </c>
       <c r="G286">
-        <v>2207072</v>
+        <v>0</v>
       </c>
       <c r="H286">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="I286">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="J286">
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>285</v>
       </c>
       <c r="B287" s="2">
-        <v>20250418145957</v>
+        <v>20240920175655</v>
       </c>
       <c r="C287" s="2">
-        <v>1744989245051</v>
+        <v>1726855036912</v>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>{"lastSave":1744989245051,"timeWatchM":4458,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"dcb151cf","watches":[{"actions":[{"type":"start","time":1744988397578},{"type":"stop","time":1744988402036}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1726855036912,"timeWatchM":21970,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"d0733056","watches":[{"actions":[{"type":"start","time":1726855014941},{"type":"stop","time":1726855021324},{"type":"start","time":1726855021324},{"type":"stop","time":1726855023441},{"type":"start","time":1726855023442},{"type":"stop","time":1726855036912}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E287">
-        <v>4458</v>
+        <v>21970</v>
       </c>
       <c r="F287">
         <v>0</v>
       </c>
       <c r="G287">
         <v>0</v>
       </c>
       <c r="H287">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I287">
         <v>0</v>
       </c>
       <c r="J287">
         <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>286</v>
       </c>
       <c r="B288" s="2">
-        <v>20240421162608</v>
+        <v>20250821135135</v>
       </c>
       <c r="C288" s="2">
-        <v>1713716807492</v>
+        <v>1755784323950</v>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>{"lastSave":1713716807492,"timeWatchM":11027,"timeWatchW":23304,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"dd490487","watches":[{"actions":[{"type":"start","time":1713716796463},{"type":"stop","time":1713716806651},{"type":"start","time":1713716806653},{"type":"stop","time":1713716807492}]},{"actions":[{"type":"start","time":1713716768455},{"type":"stop","time":1713716791759}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755784323950,"timeWatchM":14533,"timeWatchW":0,"timeWatchD":0,"countWatchM":2,"countWatchW":0,"countWatchD":0,"id":"d0fe4f60","watches":[{"actions":[{"type":"start","time":1755784294700},{"type":"stop","time":1755784299483},{"type":"start","time":1755784310067},{"type":"stop","time":1755784319817}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E288">
-        <v>11027</v>
+        <v>14533</v>
       </c>
       <c r="F288">
-        <v>23304</v>
+        <v>0</v>
       </c>
       <c r="G288">
         <v>0</v>
       </c>
       <c r="H288">
         <v>2</v>
       </c>
       <c r="I288">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J288">
         <v>0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>287</v>
       </c>
       <c r="B289" s="2">
-        <v>20250821173008</v>
+        <v>20250731171357</v>
       </c>
       <c r="C289" s="2">
-        <v>1755798125143</v>
+        <v>1753982045044</v>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>{"lastSave":1755798125143,"timeWatchM":0,"timeWatchW":716098,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"ddb93006","watches":[{"actions":[]},{"actions":[{"type":"start","time":1755797407845},{"type":"stop","time":1755798123943}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1753982045044,"timeWatchM":6272,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"d1510a61","watches":[{"actions":[{"type":"start","time":1753982038772},{"type":"stop","time":1753982045044}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E289">
-        <v>0</v>
+        <v>6272</v>
       </c>
       <c r="F289">
-        <v>716098</v>
+        <v>0</v>
       </c>
       <c r="G289">
         <v>0</v>
       </c>
       <c r="H289">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I289">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J289">
         <v>0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>288</v>
       </c>
       <c r="B290" s="2">
-        <v>20250923173231</v>
+        <v>20251120181226</v>
       </c>
       <c r="C290" s="2">
-        <v>1758648798788</v>
+        <v>1763662345649</v>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>{"lastSave":1758648798788,"timeWatchM":47334,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"e0867adb","watches":[{"actions":[{"type":"start","time":1758648751454},{"type":"stop","time":1758648798788}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1763662345649,"timeWatchM":0,"timeWatchW":0,"timeWatchD":0,"countWatchM":0,"countWatchW":0.5,"countWatchD":0,"id":"d15b26f3","watches":[{"actions":[]},{"actions":[{"type":"start","time":1763662345649}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E290">
-        <v>47334</v>
+        <v>0</v>
       </c>
       <c r="F290">
         <v>0</v>
       </c>
       <c r="G290">
         <v>0</v>
       </c>
       <c r="H290">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I290">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J290">
         <v>0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>289</v>
       </c>
       <c r="B291" s="2">
-        <v>20231002131352</v>
+        <v>20230223184415</v>
       </c>
       <c r="C291" s="2">
-        <v>1696252435370</v>
+        <v>1677177863690</v>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>{"lastSave":1696252435370,"timeWatchM":2703,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0.5,"countWatchD":0,"id":"e09c86aa","watches":[{"actions":[{"type":"start","time":1696252432666},{"type":"stop","time":1696252435369}]},{"actions":[{"type":"start","time":1696252435370}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1677177863690,"timeWatchM":1465,"timeWatchW":1822,"timeWatchD":1160,"countWatchM":1,"countWatchW":1,"countWatchD":1,"id":"d17c4a70","watches":[{"actions":[{"type":"start","time":1677177857790},{"type":"stop","time":1677177859255}]},{"actions":[{"type":"start","time":1677177855968},{"type":"stop","time":1677177857790}]},{"actions":[{"type":"start","time":1677177859256},{"type":"stop","time":1677177860416}]}]}</t>
         </is>
       </c>
       <c r="E291">
-        <v>2703</v>
+        <v>1465</v>
       </c>
       <c r="F291">
-        <v>0</v>
+        <v>1822</v>
       </c>
       <c r="G291">
-        <v>0</v>
+        <v>1160</v>
       </c>
       <c r="H291">
         <v>1</v>
       </c>
       <c r="I291">
         <v>1</v>
       </c>
       <c r="J291">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>290</v>
       </c>
       <c r="B292" s="2">
-        <v>20250923173939</v>
+        <v>20250206185143</v>
       </c>
       <c r="C292" s="2">
-        <v>1758649445472</v>
+        <v>1738867923396</v>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>{"lastSave":1758649445472,"timeWatchM":98315,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"e0bad4bb","watches":[{"actions":[{"type":"start","time":1758649179171},{"type":"stop","time":1758649198920},{"type":"start","time":1758649203355},{"type":"stop","time":1758649260238},{"type":"start","time":1758649373372},{"type":"stop","time":1758649385572},{"type":"start","time":1758649435989},{"type":"stop","time":1758649445472}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1738867923396,"timeWatchM":11142,"timeWatchW":1742,"timeWatchD":488,"countWatchM":5,"countWatchW":1,"countWatchD":1,"id":"d1816a0d","watches":[{"actions":[{"type":"start","time":1738867903524},{"type":"stop","time":1738867908922},{"type":"start","time":1738867908924},{"type":"stop","time":1738867911225},{"type":"start","time":1738867911226},{"type":"stop","time":1738867911820},{"type":"start","time":1738867911821},{"type":"stop","time":1738867913221},{"type":"start","time":1738867913222},{"type":"stop","time":1738867914671}]},{"actions":[{"type":"start","time":1738867920436},{"type":"stop","time":1738867922178}]},{"actions":[{"type":"start","time":1738867922908},{"type":"stop","time":1738867923396}]}]}</t>
         </is>
       </c>
       <c r="E292">
-        <v>98315</v>
+        <v>11142</v>
       </c>
       <c r="F292">
-        <v>0</v>
+        <v>1742</v>
       </c>
       <c r="G292">
-        <v>0</v>
+        <v>488</v>
       </c>
       <c r="H292">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I292">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J292">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>291</v>
       </c>
       <c r="B293" s="2">
-        <v>20230516183825</v>
+        <v>20250923190150</v>
       </c>
       <c r="C293" s="2">
-        <v>1684263262686</v>
+        <v>1758654181389</v>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>{"lastSave":1684263262686,"timeWatchM":723903,"timeWatchW":233014,"timeWatchD":0,"countWatchM":7.5,"countWatchW":3,"countWatchD":0,"id":"e105d94b","watches":[{"actions":[{"type":"start","time":1684262305747},{"type":"stop","time":1684262346912},{"type":"start","time":1684262346914},{"type":"stop","time":1684262374437},{"type":"start","time":1684262392328},{"type":"stop","time":1684262393057},{"type":"start","time":1684262608189},{"type":"stop","time":1684262638814},{"type":"start","time":1684262638815},{"type":"stop","time":1684263146228},{"type":"start","time":1684263146231},{"type":"stop","time":1684263175462},{"type":"start","time":1684263175465},{"type":"stop","time":1684263262682},{"type":"start","time":1684263262686}]},{"actions":[{"type":"start","time":1684262374438},{"type":"stop","time":1684262389295},{"type":"start","time":1684262389298},{"type":"stop","time":1684262392326},{"type":"start","time":1684262393059},{"type":"stop","time":1684262608188}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758654181389,"timeWatchM":71382,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"d256dc27","watches":[{"actions":[{"type":"start","time":1758654110007},{"type":"stop","time":1758654181389}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E293">
-        <v>723903</v>
+        <v>71382</v>
       </c>
       <c r="F293">
-        <v>233014</v>
+        <v>0</v>
       </c>
       <c r="G293">
         <v>0</v>
       </c>
       <c r="H293">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I293">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J293">
         <v>0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>292</v>
       </c>
       <c r="B294" s="2">
-        <v>20250109191457</v>
+        <v>20230909081200</v>
       </c>
       <c r="C294" s="2">
-        <v>1736450277228</v>
+        <v>1694247282948</v>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>{"lastSave":1736450277228,"timeWatchM":7999,"timeWatchW":162037,"timeWatchD":0,"countWatchM":2,"countWatchW":3,"countWatchD":0,"id":"e15b5808","watches":[{"actions":[{"type":"start","time":1736450227629},{"type":"stop","time":1736450234170},{"type":"start","time":1736450236110},{"type":"stop","time":1736450237568}]},{"actions":[{"type":"start","time":1736450097466},{"type":"stop","time":1736450224673},{"type":"start","time":1736450234171},{"type":"stop","time":1736450236109},{"type":"start","time":1736450237569},{"type":"stop","time":1736450270461}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1694247282948,"timeWatchM":33713,"timeWatchW":128100,"timeWatchD":0,"countWatchM":2,"countWatchW":2,"countWatchD":0,"id":"d2b6f663","watches":[{"actions":[{"type":"start","time":1694247135463},{"type":"stop","time":1694247140254},{"type":"start","time":1694247254026},{"type":"stop","time":1694247282948}]},{"actions":[{"type":"start","time":1694247121131},{"type":"stop","time":1694247135462},{"type":"start","time":1694247140255},{"type":"stop","time":1694247254024}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E294">
-        <v>7999</v>
+        <v>33713</v>
       </c>
       <c r="F294">
-        <v>162037</v>
+        <v>128100</v>
       </c>
       <c r="G294">
         <v>0</v>
       </c>
       <c r="H294">
         <v>2</v>
       </c>
       <c r="I294">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J294">
         <v>0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>293</v>
       </c>
       <c r="B295" s="2">
-        <v>20230909073734</v>
+        <v>20250109192305</v>
       </c>
       <c r="C295" s="2">
-        <v>1694245791575</v>
+        <v>1736450793817</v>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>{"lastSave":1694245791575,"timeWatchM":485551,"timeWatchW":250814,"timeWatchD":0,"countWatchM":5,"countWatchW":4,"countWatchD":0,"id":"e169d04f","watches":[{"actions":[{"type":"start","time":1694245140653},{"type":"stop","time":1694245162204},{"type":"start","time":1694245162205},{"type":"stop","time":1694245283870},{"type":"start","time":1694245283871},{"type":"stop","time":1694245365701},{"type":"start","time":1694245461340},{"type":"stop","time":1694245566635},{"type":"start","time":1694245632806},{"type":"stop","time":1694245788016}]},{"actions":[{"type":"start","time":1694245055204},{"type":"stop","time":1694245140652},{"type":"start","time":1694245365701},{"type":"stop","time":1694245461339},{"type":"start","time":1694245566636},{"type":"stop","time":1694245632805},{"type":"start","time":1694245788016},{"type":"stop","time":1694245791575}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1736450793817,"timeWatchM":111934,"timeWatchW":37069,"timeWatchD":0,"countWatchM":11,"countWatchW":10,"countWatchD":0,"id":"d328ab14","watches":[{"actions":[{"type":"start","time":1736450585594},{"type":"stop","time":1736450629104},{"type":"start","time":1736450635581},{"type":"stop","time":1736450636204},{"type":"start","time":1736450636725},{"type":"stop","time":1736450652183},{"type":"start","time":1736450652779},{"type":"stop","time":1736450658567},{"type":"start","time":1736450659866},{"type":"stop","time":1736450671069},{"type":"start","time":1736450673163},{"type":"stop","time":1736450675848},{"type":"start","time":1736450682475},{"type":"stop","time":1736450684548},{"type":"start","time":1736450690165},{"type":"stop","time":1736450693942},{"type":"start","time":1736450749639},{"type":"stop","time":1736450755916},{"type":"start","time":1736450755917},{"type":"stop","time":1736450762342},{"type":"start","time":1736450769150},{"type":"stop","time":1736450783265}]},{"actions":[{"type":"start","time":1736450636205},{"type":"stop","time":1736450636724},{"type":"start","time":1736450658568},{"type":"stop","time":1736450659865},{"type":"start","time":1736450671070},{"type":"stop","time":1736450673161},{"type":"start","time":1736450675849},{"type":"stop","time":1736450682473},{"type":"start","time":1736450684550},{"type":"stop","time":1736450690163},{"type":"start","time":1736450693943},{"type":"stop","time":1736450697065},{"type":"start","time":1736450724440},{"type":"stop","time":1736450724789},{"type":"start","time":1736450724791},{"type":"stop","time":1736450734178},{"type":"start","time":1736450765859},{"type":"stop","time":1736450769149},{"type":"start","time":1736450783266},{"type":"stop","time":1736450788043}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E295">
-        <v>485551</v>
+        <v>111934</v>
       </c>
       <c r="F295">
-        <v>250814</v>
+        <v>37069</v>
       </c>
       <c r="G295">
         <v>0</v>
       </c>
       <c r="H295">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="I295">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="J295">
         <v>0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
         <v>294</v>
       </c>
       <c r="B296" s="2">
-        <v>20250906151540</v>
+        <v>20240504111644</v>
       </c>
       <c r="C296" s="2">
-        <v>1757178506493</v>
+        <v>1714822375469</v>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>{"lastSave":1757178506493,"timeWatchM":1373125,"timeWatchW":2945894,"timeWatchD":605724,"countWatchM":14,"countWatchW":24,"countWatchD":9,"id":"e18f27fd","watches":[{"actions":[{"type":"start","time":1757171871017},{"type":"stop","time":1757171968793},{"type":"start","time":1757172663332},{"type":"stop","time":1757172671603},{"type":"start","time":1757172961530},{"type":"stop","time":1757173256514},{"type":"start","time":1757174890293},{"type":"stop","time":1757175396163},{"type":"start","time":1757175433740},{"type":"stop","time":1757175469513},{"type":"start","time":1757175485275},{"type":"stop","time":1757175531334},{"type":"start","time":1757175553213},{"type":"stop","time":1757175595208},{"type":"start","time":1757175599211},{"type":"stop","time":1757175676061},{"type":"start","time":1757175684700},{"type":"stop","time":1757175740022},{"type":"start","time":1757176419364},{"type":"stop","time":1757176421097},{"type":"start","time":1757177027879},{"type":"stop","time":1757177033279},{"type":"start","time":1757177116845},{"type":"stop","time":1757177128138},{"type":"start","time":1757177623830},{"type":"stop","time":1757177802938},{"type":"start","time":1757178296523},{"type":"stop","time":1757178309214}]},{"actions":[{"type":"start","time":1757171739578},{"type":"stop","time":1757171791091},{"type":"start","time":1757171791926},{"type":"stop","time":1757171792908},{"type":"start","time":1757171793560},{"type":"stop","time":1757171870185},{"type":"start","time":1757171969844},{"type":"stop","time":1757172032624},{"type":"start","time":1757172033843},{"type":"stop","time":1757172662431},{"type":"start","time":1757172672721},{"type":"stop","time":1757172960156},{"type":"start","time":1757173256930},{"type":"stop","time":1757173281076},{"type":"start","time":1757173283679},{"type":"stop","time":1757173312246},{"type":"start","time":1757174844758},{"type":"stop","time":1757174877238},{"type":"start","time":1757175531916},{"type":"stop","time":1757175550142},{"type":"start","time":1757175742640},{"type":"stop","time":1757176406521},{"type":"start","time":1757176421598},{"type":"stop","time":1757176439891},{"type":"start","time":1757176450766},{"type":"stop","time":1757176508317},{"type":"start","time":1757177155757},{"type":"stop","time":1757177252792},{"type":"start","time":1757177290435},{"type":"stop","time":1757177296055},{"type":"start","time":1757177322205},{"type":"stop","time":1757177363916},{"type":"start","time":1757177436283},{"type":"stop","time":1757177623084},{"type":"start","time":1757177817758},{"type":"stop","time":1757177860091},{"type":"start","time":1757177865461},{"type":"stop","time":1757178247189},{"type":"start","time":1757178251143},{"type":"stop","time":1757178295220},{"type":"start","time":1757178309685},{"type":"stop","time":1757178366822},{"type":"start","time":1757178367322},{"type":"stop","time":1757178420686},{"type":"start","time":1757178421055},{"type":"stop","time":1757178462668},{"type":"start","time":1757178463085},{"type":"stop","time":1757178506493}]},{"actions":[{"type":"start","time":1757176585825},{"type":"stop","time":1757177018340},{"type":"start","time":1757177035180},{"type":"stop","time":1757177060798},{"type":"start","time":1757177071908},{"type":"stop","time":1757177115464},{"type":"start","time":1757177129338},{"type":"stop","time":1757177154473},{"type":"start","time":1757177254261},{"type":"stop","time":1757177260780},{"type":"start","time":1757177262266},{"type":"stop","time":1757177284849},{"type":"start","time":1757177296672},{"type":"stop","time":1757177301073},{"type":"start","time":1757177309998},{"type":"stop","time":1757177320754},{"type":"start","time":1757177364883},{"type":"stop","time":1757177399524}]}]}</t>
+          <t>{"lastSave":1714822375469,"timeWatchM":733731,"timeWatchW":165480,"timeWatchD":0,"countWatchM":3,"countWatchW":4,"countWatchD":0,"id":"d473338c","watches":[{"actions":[{"type":"start","time":1714821538184},{"type":"stop","time":1714821548667},{"type":"start","time":1714821625986},{"type":"stop","time":1714822108533},{"type":"start","time":1714822134768},{"type":"stop","time":1714822375469}]},{"actions":[{"type":"start","time":1714821404101},{"type":"stop","time":1714821533351},{"type":"start","time":1714821533352},{"type":"stop","time":1714821538183},{"type":"start","time":1714821584235},{"type":"stop","time":1714821593600},{"type":"start","time":1714822112733},{"type":"stop","time":1714822134767}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E296">
-        <v>1373125</v>
+        <v>733731</v>
       </c>
       <c r="F296">
-        <v>2945894</v>
+        <v>165480</v>
       </c>
       <c r="G296">
-        <v>605724</v>
+        <v>0</v>
       </c>
       <c r="H296">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="I296">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="J296">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
         <v>295</v>
       </c>
       <c r="B297" s="2">
-        <v>20240504100103</v>
+        <v>20251104205144</v>
       </c>
       <c r="C297" s="2">
-        <v>1714817106075</v>
+        <v>1762289574237</v>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>{"lastSave":1714817106075,"timeWatchM":6565,"timeWatchW":4432,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"e1e90542","watches":[{"actions":[{"type":"start","time":1714816925143},{"type":"stop","time":1714816931708}]},{"actions":[{"type":"start","time":1714817090108},{"type":"stop","time":1714817094540}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1762289574237,"timeWatchM":36072,"timeWatchW":10996,"timeWatchD":3932,"countWatchM":3,"countWatchW":1,"countWatchD":1,"id":"d49a7e80","watches":[{"actions":[{"type":"start","time":1762289504757},{"type":"stop","time":1762289516582},{"type":"start","time":1762289516585},{"type":"stop","time":1762289518850},{"type":"start","time":1762289545403},{"type":"stop","time":1762289567385}]},{"actions":[{"type":"start","time":1762289522687},{"type":"stop","time":1762289533683}]},{"actions":[{"type":"start","time":1762289538584},{"type":"stop","time":1762289542516}]}]}</t>
         </is>
       </c>
       <c r="E297">
-        <v>6565</v>
+        <v>36072</v>
       </c>
       <c r="F297">
-        <v>4432</v>
+        <v>10996</v>
       </c>
       <c r="G297">
-        <v>0</v>
+        <v>3932</v>
       </c>
       <c r="H297">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I297">
         <v>1</v>
       </c>
       <c r="J297">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
         <v>296</v>
       </c>
       <c r="B298" s="2">
-        <v>20250925114943</v>
+        <v>20250524162407</v>
       </c>
       <c r="C298" s="2">
-        <v>1758800996529</v>
+        <v>1748104166129</v>
       </c>
       <c r="D298" t="inlineStr">
         <is>
-          <t>{"lastSave":1758800996529,"timeWatchM":4541,"timeWatchW":4265,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"e240801b","watches":[{"actions":[{"type":"start","time":1758800983330},{"type":"stop","time":1758800987871}]},{"actions":[{"type":"start","time":1758800992264},{"type":"stop","time":1758800996529}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1748104166129,"timeWatchM":61517,"timeWatchW":192903,"timeWatchD":0,"countWatchM":2,"countWatchW":9,"countWatchD":0,"id":"d58d5158","watches":[{"actions":[{"type":"start","time":1748103882500},{"type":"stop","time":1748103902224},{"type":"start","time":1748103903635},{"type":"stop","time":1748103945428}]},{"actions":[{"type":"start","time":1748103946854},{"type":"stop","time":1748103948401},{"type":"start","time":1748103950095},{"type":"stop","time":1748103960692},{"type":"start","time":1748103960693},{"type":"stop","time":1748103962272},{"type":"start","time":1748103964181},{"type":"stop","time":1748103996522},{"type":"start","time":1748103997699},{"type":"stop","time":1748104003313},{"type":"start","time":1748104013686},{"type":"stop","time":1748104080570},{"type":"start","time":1748104084716},{"type":"stop","time":1748104092935},{"type":"start","time":1748104096791},{"type":"stop","time":1748104112266},{"type":"start","time":1748104114094},{"type":"stop","time":1748104164741}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E298">
-        <v>4541</v>
+        <v>61517</v>
       </c>
       <c r="F298">
-        <v>4265</v>
+        <v>192903</v>
       </c>
       <c r="G298">
         <v>0</v>
       </c>
       <c r="H298">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I298">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="J298">
         <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
         <v>297</v>
       </c>
       <c r="B299" s="2">
-        <v>20240127090643</v>
+        <v>20250923181302</v>
       </c>
       <c r="C299" s="2">
-        <v>1706346453857</v>
+        <v>1758651291995</v>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>{"lastSave":1706346453857,"timeWatchM":13067,"timeWatchW":4116,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"e2cffe87","watches":[{"actions":[{"type":"start","time":1706346419824},{"type":"stop","time":1706346432891}]},{"actions":[{"type":"start","time":1706346449741},{"type":"stop","time":1706346453857}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758651291995,"timeWatchM":109850,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"d5fa1e09","watches":[{"actions":[{"type":"start","time":1758651182144},{"type":"stop","time":1758651291994}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E299">
-        <v>13067</v>
+        <v>109850</v>
       </c>
       <c r="F299">
-        <v>4116</v>
+        <v>0</v>
       </c>
       <c r="G299">
         <v>0</v>
       </c>
       <c r="H299">
         <v>1</v>
       </c>
       <c r="I299">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J299">
         <v>0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
         <v>298</v>
       </c>
       <c r="B300" s="2">
-        <v>20230814201030</v>
+        <v>20231118164055</v>
       </c>
       <c r="C300" s="2">
-        <v>1692043863283</v>
+        <v>1700326335253</v>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>{"lastSave":1692043863283,"timeWatchM":16682,"timeWatchW":13756,"timeWatchD":0,"countWatchM":10,"countWatchW":5,"countWatchD":0,"id":"e3165eac","watches":[{"actions":[{"type":"start","time":1692043831489},{"type":"stop","time":1692043835641},{"type":"start","time":1692043840684},{"type":"stop","time":1692043843147},{"type":"start","time":1692043848087},{"type":"stop","time":1692043848950},{"type":"start","time":1692043848951},{"type":"stop","time":1692043849687},{"type":"start","time":1692043849688},{"type":"stop","time":1692043850358},{"type":"start","time":1692043850359},{"type":"stop","time":1692043850599},{"type":"start","time":1692043850600},{"type":"stop","time":1692043850805},{"type":"start","time":1692043850806},{"type":"stop","time":1692043852951},{"type":"start","time":1692043856540},{"type":"stop","time":1692043857767},{"type":"start","time":1692043859302},{"type":"stop","time":1692043863283}]},{"actions":[{"type":"start","time":1692043835642},{"type":"stop","time":1692043840683},{"type":"start","time":1692043843148},{"type":"stop","time":1692043846219},{"type":"start","time":1692043846219},{"type":"stop","time":1692043848087},{"type":"start","time":1692043854298},{"type":"stop","time":1692043856540},{"type":"start","time":1692043857768},{"type":"stop","time":1692043859302}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1700326335253,"timeWatchM":0,"timeWatchW":642384,"timeWatchD":0,"countWatchM":0,"countWatchW":4,"countWatchD":0,"id":"d6260fd5","watches":[{"actions":[]},{"actions":[{"type":"start","time":1700325655492},{"type":"stop","time":1700326016849},{"type":"start","time":1700326016851},{"type":"stop","time":1700326054851},{"type":"start","time":1700326054851},{"type":"stop","time":1700326122918},{"type":"start","time":1700326142737},{"type":"stop","time":1700326317697}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E300">
-        <v>16682</v>
+        <v>0</v>
       </c>
       <c r="F300">
-        <v>13756</v>
+        <v>642384</v>
       </c>
       <c r="G300">
         <v>0</v>
       </c>
       <c r="H300">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I300">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J300">
         <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
         <v>299</v>
       </c>
       <c r="B301" s="2">
-        <v>20250923170942</v>
+        <v>20250923183007</v>
       </c>
       <c r="C301" s="2">
-        <v>1758647421235</v>
+        <v>1758652294403</v>
       </c>
       <c r="D301" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647421235,"timeWatchM":38450,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"e4410d5a","watches":[{"actions":[{"type":"start","time":1758647382784},{"type":"stop","time":1758647421234}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758652294403,"timeWatchM":86783,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"d6d905b3","watches":[{"actions":[{"type":"start","time":1758652207620},{"type":"stop","time":1758652294403}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E301">
-        <v>38450</v>
+        <v>86783</v>
       </c>
       <c r="F301">
         <v>0</v>
       </c>
       <c r="G301">
         <v>0</v>
       </c>
       <c r="H301">
         <v>1</v>
       </c>
       <c r="I301">
         <v>0</v>
       </c>
       <c r="J301">
         <v>0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
         <v>300</v>
       </c>
       <c r="B302" s="2">
-        <v>20241108183300</v>
+        <v>20251012083634</v>
       </c>
       <c r="C302" s="2">
-        <v>1731094660165</v>
+        <v>1760258226943</v>
       </c>
       <c r="D302" t="inlineStr">
         <is>
-          <t>{"lastSave":1731094660165,"timeWatchM":604884,"timeWatchW":3031342,"timeWatchD":7333,"countWatchM":17,"countWatchW":21,"countWatchD":2,"id":"e588cf29","watches":[{"actions":[{"type":"start","time":1731090780576},{"type":"stop","time":1731090870089},{"type":"start","time":1731090890720},{"type":"stop","time":1731090895219},{"type":"start","time":1731090908644},{"type":"stop","time":1731090917201},{"type":"start","time":1731090919231},{"type":"stop","time":1731090923930},{"type":"start","time":1731090952812},{"type":"stop","time":1731090957774},{"type":"start","time":1731090991501},{"type":"stop","time":1731091002061},{"type":"start","time":1731091015860},{"type":"stop","time":1731091020076},{"type":"start","time":1731091021195},{"type":"stop","time":1731091027310},{"type":"start","time":1731091983005},{"type":"stop","time":1731092017390},{"type":"start","time":1731092036581},{"type":"stop","time":1731092041446},{"type":"start","time":1731094175486},{"type":"stop","time":1731094214156},{"type":"start","time":1731094219997},{"type":"stop","time":1731094350640},{"type":"start","time":1731094351512},{"type":"stop","time":1731094367220},{"type":"start","time":1731094391972},{"type":"stop","time":1731094412667},{"type":"start","time":1731094414072},{"type":"stop","time":1731094416704},{"type":"start","time":1731094416706},{"type":"stop","time":1731094579127},{"type":"start","time":1731094598420},{"type":"stop","time":1731094660164}]},{"actions":[{"type":"start","time":1731090870816},{"type":"stop","time":1731090875797},{"type":"start","time":1731090877369},{"type":"stop","time":1731090888318},{"type":"start","time":1731090898471},{"type":"stop","time":1731090900620},{"type":"start","time":1731090900623},{"type":"stop","time":1731090901305},{"type":"start","time":1731090959478},{"type":"stop","time":1731090971829},{"type":"start","time":1731090972681},{"type":"stop","time":1731090978013},{"type":"start","time":1731090980249},{"type":"stop","time":1731090984614},{"type":"start","time":1731090985563},{"type":"stop","time":1731090985833},{"type":"start","time":1731090985835},{"type":"stop","time":1731090990264},{"type":"start","time":1731091002904},{"type":"stop","time":1731091005180},{"type":"start","time":1731091008073},{"type":"stop","time":1731091014790},{"type":"start","time":1731091028247},{"type":"stop","time":1731091039697},{"type":"start","time":1731091044482},{"type":"stop","time":1731091073243},{"type":"start","time":1731091073246},{"type":"stop","time":1731091074762},{"type":"start","time":1731091076197},{"type":"stop","time":1731091769695},{"type":"start","time":1731091790000},{"type":"stop","time":1731091906211},{"type":"start","time":1731091907297},{"type":"stop","time":1731091981869},{"type":"start","time":1731092132960},{"type":"stop","time":1731093940434},{"type":"start","time":1731093941219},{"type":"stop","time":1731094029253},{"type":"start","time":1731094030154},{"type":"stop","time":1731094170860},{"type":"start","time":1731094582398},{"type":"stop","time":1731094597017}]},{"actions":[{"type":"start","time":1731090901307},{"type":"stop","time":1731090907957},{"type":"start","time":1731090907959},{"type":"stop","time":1731090908642}]}]}</t>
+          <t>{"lastSave":1760258226943,"timeWatchM":32699,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"d707f4cc","watches":[{"actions":[{"type":"start","time":1760258194242},{"type":"stop","time":1760258198974},{"type":"start","time":1760258198975},{"type":"stop","time":1760258202341},{"type":"start","time":1760258202342},{"type":"stop","time":1760258209766},{"type":"start","time":1760258209766},{"type":"stop","time":1760258226943}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E302">
-        <v>604884</v>
+        <v>32699</v>
       </c>
       <c r="F302">
-        <v>3031342</v>
+        <v>0</v>
       </c>
       <c r="G302">
-        <v>7333</v>
+        <v>0</v>
       </c>
       <c r="H302">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="I302">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="J302">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
         <v>301</v>
       </c>
       <c r="B303" s="2">
-        <v>20230516182941</v>
+        <v>20250325182638</v>
       </c>
       <c r="C303" s="2">
-        <v>1684262288101</v>
+        <v>1742930227139</v>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>{"lastSave":1684262288101,"timeWatchM":500771,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"e6099b46","watches":[{"actions":[{"type":"start","time":1684261780812},{"type":"stop","time":1684262232857},{"type":"start","time":1684262232861},{"type":"stop","time":1684262279037},{"type":"start","time":1684262285551},{"type":"stop","time":1684262286652},{"type":"start","time":1684262286652},{"type":"stop","time":1684262288101}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742930227139,"timeWatchM":1385685,"timeWatchW":1466473,"timeWatchD":0,"countWatchM":12,"countWatchW":26,"countWatchD":0,"id":"d72b71ba","watches":[{"actions":[{"type":"start","time":1742927408562},{"type":"stop","time":1742927529572},{"type":"start","time":1742927677589},{"type":"stop","time":1742927816096},{"type":"start","time":1742928062410},{"type":"stop","time":1742928333003},{"type":"start","time":1742928600812},{"type":"stop","time":1742928787780},{"type":"start","time":1742928903663},{"type":"stop","time":1742929062076},{"type":"start","time":1742929167046},{"type":"stop","time":1742929181720},{"type":"start","time":1742929275347},{"type":"stop","time":1742929349266},{"type":"start","time":1742929422079},{"type":"stop","time":1742929450576},{"type":"start","time":1742929508695},{"type":"stop","time":1742929566920},{"type":"start","time":1742929573299},{"type":"stop","time":1742929762798},{"type":"start","time":1742929771831},{"type":"stop","time":1742929857558},{"type":"start","time":1742930013158},{"type":"stop","time":1742930072811}]},{"actions":[{"type":"start","time":1742927198665},{"type":"stop","time":1742927385532},{"type":"start","time":1742927531288},{"type":"stop","time":1742927672646},{"type":"start","time":1742927820045},{"type":"stop","time":1742927968967},{"type":"start","time":1742927971693},{"type":"stop","time":1742928059818},{"type":"start","time":1742928335536},{"type":"stop","time":1742928425912},{"type":"start","time":1742928428236},{"type":"stop","time":1742928598321},{"type":"start","time":1742928792425},{"type":"stop","time":1742928902525},{"type":"start","time":1742929064478},{"type":"stop","time":1742929131244},{"type":"start","time":1742929148123},{"type":"stop","time":1742929164809},{"type":"start","time":1742929188515},{"type":"stop","time":1742929231130},{"type":"start","time":1742929233626},{"type":"stop","time":1742929235849},{"type":"start","time":1742929237970},{"type":"stop","time":1742929255380},{"type":"start","time":1742929256531},{"type":"stop","time":1742929267676},{"type":"start","time":1742929272661},{"type":"stop","time":1742929273524},{"type":"start","time":1742929350424},{"type":"stop","time":1742929407621},{"type":"start","time":1742929410603},{"type":"stop","time":1742929413842},{"type":"start","time":1742929455337},{"type":"stop","time":1742929498456},{"type":"start","time":1742929501447},{"type":"stop","time":1742929506462},{"type":"start","time":1742929859321},{"type":"stop","time":1742929862020},{"type":"start","time":1742929862881},{"type":"stop","time":1742929938556},{"type":"start","time":1742929945359},{"type":"stop","time":1742930012046},{"type":"start","time":1742930081195},{"type":"stop","time":1742930136706},{"type":"start","time":1742930146767},{"type":"stop","time":1742930174446},{"type":"start","time":1742930174447},{"type":"stop","time":1742930175112},{"type":"start","time":1742930177711},{"type":"stop","time":1742930187808},{"type":"start","time":1742930200389},{"type":"stop","time":1742930225738}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E303">
-        <v>500771</v>
+        <v>1385685</v>
       </c>
       <c r="F303">
-        <v>0</v>
+        <v>1466473</v>
       </c>
       <c r="G303">
         <v>0</v>
       </c>
       <c r="H303">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I303">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="J303">
         <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
         <v>302</v>
       </c>
       <c r="B304" s="2">
-        <v>20240528114941</v>
+        <v>20230401201004</v>
       </c>
       <c r="C304" s="2">
-        <v>1716896994252</v>
+        <v>1680379839450</v>
       </c>
       <c r="D304" t="inlineStr">
         <is>
-          <t>{"lastSave":1716896994252,"timeWatchM":3016,"timeWatchW":4029,"timeWatchD":6217,"countWatchM":2,"countWatchW":2,"countWatchD":2,"id":"e6452e29","watches":[{"actions":[{"type":"start","time":1716896980987},{"type":"stop","time":1716896982883},{"type":"start","time":1716896982883},{"type":"stop","time":1716896984003}]},{"actions":[{"type":"start","time":1716896984004},{"type":"stop","time":1716896986459},{"type":"start","time":1716896986460},{"type":"stop","time":1716896988034}]},{"actions":[{"type":"start","time":1716896988035},{"type":"stop","time":1716896990434},{"type":"start","time":1716896990434},{"type":"stop","time":1716896994252}]}]}</t>
+          <t>{"lastSave":1680379839450,"timeWatchM":36276,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"d82063b","watches":[{"actions":[{"type":"start","time":1680379803174},{"type":"stop","time":1680379839450}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E304">
-        <v>3016</v>
+        <v>36276</v>
       </c>
       <c r="F304">
-        <v>4029</v>
+        <v>0</v>
       </c>
       <c r="G304">
-        <v>6217</v>
+        <v>0</v>
       </c>
       <c r="H304">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I304">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J304">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
         <v>303</v>
       </c>
       <c r="B305" s="2">
-        <v>20250315141803</v>
+        <v>20251003173210</v>
       </c>
       <c r="C305" s="2">
-        <v>1742048420681</v>
+        <v>1759519528182</v>
       </c>
       <c r="D305" t="inlineStr">
         <is>
-          <t>{"lastSave":1742048420681,"timeWatchM":136216,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"e6d39909","watches":[{"actions":[{"type":"start","time":1742048283631},{"type":"stop","time":1742048419847}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1759519528182,"timeWatchM":2760636,"timeWatchW":2488104,"timeWatchD":105425,"countWatchM":24.5,"countWatchW":20,"countWatchD":2,"id":"d87f30a6","watches":[{"actions":[{"type":"start","time":1759512730465},{"type":"stop","time":1759512983985},{"type":"start","time":1759512984000},{"type":"stop","time":1759512987435},{"type":"start","time":1759513158734},{"type":"stop","time":1759514376420},{"type":"start","time":1759514376453},{"type":"stop","time":1759514391851},{"type":"start","time":1759515544124},{"type":"stop","time":1759515547568},{"type":"start","time":1759515733971},{"type":"stop","time":1759515766725},{"type":"start","time":1759515809453},{"type":"stop","time":1759515834103},{"type":"start","time":1759515848464},{"type":"stop","time":1759515869527},{"type":"start","time":1759515871222},{"type":"stop","time":1759515915078},{"type":"start","time":1759515938088},{"type":"stop","time":1759515986094},{"type":"start","time":1759515999244},{"type":"stop","time":1759516015809},{"type":"start","time":1759516469350},{"type":"stop","time":1759516638890},{"type":"start","time":1759516644004},{"type":"stop","time":1759516808937},{"type":"start","time":1759516808958},{"type":"stop","time":1759516927357},{"type":"start","time":1759517914559},{"type":"stop","time":1759518083657},{"type":"start","time":1759518164292},{"type":"stop","time":1759518214648},{"type":"start","time":1759518540207},{"type":"stop","time":1759518577865},{"type":"start","time":1759518661502},{"type":"stop","time":1759518670213},{"type":"start","time":1759518724128},{"type":"stop","time":1759518766653},{"type":"start","time":1759518859131},{"type":"stop","time":1759519003791},{"type":"start","time":1759519260104},{"type":"stop","time":1759519344622},{"type":"start","time":1759519353830},{"type":"stop","time":1759519357010},{"type":"start","time":1759519366237},{"type":"stop","time":1759519421651},{"type":"start","time":1759519496914},{"type":"stop","time":1759519528181},{"type":"start","time":1759519528182}]},{"actions":[{"type":"start","time":1759514391852},{"type":"stop","time":1759514604345},{"type":"start","time":1759514604374},{"type":"stop","time":1759514605944},{"type":"start","time":1759514605945},{"type":"stop","time":1759514813736},{"type":"start","time":1759514813738},{"type":"stop","time":1759515542662},{"type":"start","time":1759515542670},{"type":"stop","time":1759515543203},{"type":"start","time":1759515543204},{"type":"stop","time":1759515544123},{"type":"start","time":1759515547569},{"type":"stop","time":1759515635253},{"type":"start","time":1759515766726},{"type":"stop","time":1759515809402},{"type":"start","time":1759515834145},{"type":"stop","time":1759515848462},{"type":"start","time":1759515915079},{"type":"stop","time":1759515938087},{"type":"start","time":1759516039668},{"type":"stop","time":1759516469320},{"type":"start","time":1759517913948},{"type":"stop","time":1759517914558},{"type":"start","time":1759518083675},{"type":"stop","time":1759518164277},{"type":"start","time":1759518214664},{"type":"stop","time":1759518540185},{"type":"start","time":1759518577891},{"type":"stop","time":1759518661484},{"type":"start","time":1759518670215},{"type":"stop","time":1759518724108},{"type":"start","time":1759518766655},{"type":"stop","time":1759518859129},{"type":"start","time":1759519133718},{"type":"stop","time":1759519217158},{"type":"start","time":1759519344650},{"type":"stop","time":1759519353829},{"type":"start","time":1759519357011},{"type":"stop","time":1759519366236}]},{"actions":[{"type":"start","time":1759515635285},{"type":"stop","time":1759515733935},{"type":"start","time":1759517907171},{"type":"stop","time":1759517913946}]}]}</t>
         </is>
       </c>
       <c r="E305">
-        <v>136216</v>
+        <v>2760636</v>
       </c>
       <c r="F305">
-        <v>0</v>
+        <v>2488104</v>
       </c>
       <c r="G305">
-        <v>0</v>
+        <v>105425</v>
       </c>
       <c r="H305">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I305">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="J305">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
         <v>304</v>
       </c>
       <c r="B306" s="2">
-        <v>20240923171741</v>
+        <v>20250923181628</v>
       </c>
       <c r="C306" s="2">
-        <v>1727352826781</v>
+        <v>1758651421762</v>
       </c>
       <c r="D306" t="inlineStr">
         <is>
-          <t>{"lastSave":1727352826781,"timeWatchM":235787,"timeWatchW":237708042,"timeWatchD":173633,"countWatchM":11,"countWatchW":8,"countWatchD":7,"id":"e70a7755","watches":[{"actions":[{"type":"start","time":1727111861425},{"type":"stop","time":1727111914696},{"type":"start","time":1727112417458},{"type":"stop","time":1727112431761},{"type":"start","time":1727112431762},{"type":"stop","time":1727112432976},{"type":"start","time":1727112451161},{"type":"stop","time":1727112467554},{"type":"start","time":1727112483291},{"type":"stop","time":1727112494956},{"type":"start","time":1727112535377},{"type":"stop","time":1727112551324},{"type":"start","time":1727112574233},{"type":"stop","time":1727112605495},{"type":"start","time":1727112738460},{"type":"stop","time":1727112770683},{"type":"start","time":1727112817899},{"type":"stop","time":1727112832265},{"type":"start","time":1727112832266},{"type":"stop","time":1727112835690},{"type":"start","time":1727115190859},{"type":"stop","time":1727115232578}]},{"actions":[{"type":"start","time":1727112478706},{"type":"stop","time":1727112483290},{"type":"start","time":1727112511710},{"type":"stop","time":1727112526424},{"type":"start","time":1727112551325},{"type":"stop","time":1727112574232},{"type":"start","time":1727112640181},{"type":"stop","time":1727112643362},{"type":"start","time":1727112770684},{"type":"stop","time":1727112817898},{"type":"start","time":1727112835690},{"type":"stop","time":1727112855889},{"type":"start","time":1727112855890},{"type":"stop","time":1727112856931},{"type":"start","time":1727115232579},{"type":"stop","time":1727352826781}]},{"actions":[{"type":"start","time":1727112406117},{"type":"stop","time":1727112417457},{"type":"start","time":1727112467555},{"type":"stop","time":1727112478705},{"type":"start","time":1727112499297},{"type":"stop","time":1727112511709},{"type":"start","time":1727112526425},{"type":"stop","time":1727112535376},{"type":"start","time":1727112605496},{"type":"stop","time":1727112640180},{"type":"start","time":1727112643363},{"type":"stop","time":1727112718027},{"type":"start","time":1727112718028},{"type":"stop","time":1727112738460}]}]}</t>
+          <t>{"lastSave":1758651421762,"timeWatchM":0,"timeWatchW":33147,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"d925ea8c","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758651388614},{"type":"stop","time":1758651421761}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E306">
-        <v>235787</v>
+        <v>0</v>
       </c>
       <c r="F306">
-        <v>237708042</v>
+        <v>33147</v>
       </c>
       <c r="G306">
-        <v>173633</v>
+        <v>0</v>
       </c>
       <c r="H306">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="I306">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="J306">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
         <v>305</v>
       </c>
       <c r="B307" s="2">
-        <v>20230223184322</v>
+        <v>20241220084223</v>
       </c>
       <c r="C307" s="2">
-        <v>1677177849601</v>
+        <v>1734684274829</v>
       </c>
       <c r="D307" t="inlineStr">
         <is>
-          <t>{"lastSave":1677177849601,"timeWatchM":7129,"timeWatchW":10778,"timeWatchD":3492,"countWatchM":1,"countWatchW":4,"countWatchD":1,"id":"e7d8e284","watches":[{"actions":[{"type":"start","time":1677177802877},{"type":"stop","time":1677177810006}]},{"actions":[{"type":"start","time":1677177810007},{"type":"stop","time":1677177813678},{"type":"start","time":1677177813678},{"type":"stop","time":1677177816320},{"type":"start","time":1677177816320},{"type":"stop","time":1677177817932},{"type":"start","time":1677177835504},{"type":"stop","time":1677177838357}]},{"actions":[{"type":"start","time":1677177817932},{"type":"stop","time":1677177821424}]}]}</t>
+          <t>{"lastSave":1734684274829,"timeWatchM":127997,"timeWatchW":0,"timeWatchD":0,"countWatchM":3.5,"countWatchW":0,"countWatchD":0,"id":"dbc017aa","watches":[{"actions":[{"type":"start","time":1734684143713},{"type":"stop","time":1734684164611},{"type":"start","time":1734684167729},{"type":"stop","time":1734684270499},{"type":"start","time":1734684270499},{"type":"stop","time":1734684274828},{"type":"start","time":1734684274829}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E307">
-        <v>7129</v>
+        <v>127997</v>
       </c>
       <c r="F307">
-        <v>10778</v>
+        <v>0</v>
       </c>
       <c r="G307">
-        <v>3492</v>
+        <v>0</v>
       </c>
       <c r="H307">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I307">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J307">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
         <v>306</v>
       </c>
       <c r="B308" s="2">
-        <v>20250315121337</v>
+        <v>20250821175137</v>
       </c>
       <c r="C308" s="2">
-        <v>1742040942507</v>
+        <v>1755799213798</v>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>{"lastSave":1742040942507,"timeWatchM":122295,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"e7ee4e3d","watches":[{"actions":[{"type":"start","time":1742040817029},{"type":"stop","time":1742040939324}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755799213798,"timeWatchM":160619,"timeWatchW":245273,"timeWatchD":0,"countWatchM":8,"countWatchW":8,"countWatchD":0,"id":"dc1c85ca","watches":[{"actions":[{"type":"start","time":1755798696688},{"type":"stop","time":1755798705488},{"type":"start","time":1755798719688},{"type":"stop","time":1755798723688},{"type":"start","time":1755798725472},{"type":"stop","time":1755798727688},{"type":"start","time":1755798825024},{"type":"stop","time":1755798860891},{"type":"start","time":1755798951160},{"type":"stop","time":1755798980210},{"type":"start","time":1755799055462},{"type":"stop","time":1755799068829},{"type":"start","time":1755799076595},{"type":"stop","time":1755799132480},{"type":"start","time":1755799199581},{"type":"stop","time":1755799211015}]},{"actions":[{"type":"start","time":1755798707138},{"type":"stop","time":1755798718122},{"type":"start","time":1755798728855},{"type":"stop","time":1755798738672},{"type":"start","time":1755798742655},{"type":"stop","time":1755798761089},{"type":"start","time":1755798762922},{"type":"stop","time":1755798822957},{"type":"start","time":1755798867158},{"type":"stop","time":1755798903975},{"type":"start","time":1755798906475},{"type":"stop","time":1755798949326},{"type":"start","time":1755798984844},{"type":"stop","time":1755799020878},{"type":"start","time":1755799021994},{"type":"stop","time":1755799052295}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E308">
-        <v>122295</v>
+        <v>160619</v>
       </c>
       <c r="F308">
-        <v>0</v>
+        <v>245273</v>
       </c>
       <c r="G308">
         <v>0</v>
       </c>
       <c r="H308">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I308">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J308">
         <v>0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
         <v>307</v>
       </c>
       <c r="B309" s="2">
-        <v>20250414090411</v>
+        <v>20250416175903</v>
       </c>
       <c r="C309" s="2">
-        <v>1744621489401</v>
+        <v>1744826522684</v>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>{"lastSave":1744621489401,"timeWatchM":18159,"timeWatchW":4316,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"ea1410c9","watches":[{"actions":[{"type":"start","time":1744621450668},{"type":"stop","time":1744621468827}]},{"actions":[{"type":"start","time":1744621484193},{"type":"stop","time":1744621488509}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744826522684,"timeWatchM":178123,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"dc36ad3d","watches":[{"actions":[{"type":"start","time":1744826341307},{"type":"stop","time":1744826519430}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E309">
-        <v>18159</v>
+        <v>178123</v>
       </c>
       <c r="F309">
-        <v>4316</v>
+        <v>0</v>
       </c>
       <c r="G309">
         <v>0</v>
       </c>
       <c r="H309">
         <v>1</v>
       </c>
       <c r="I309">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J309">
         <v>0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
         <v>308</v>
       </c>
       <c r="B310" s="2">
-        <v>20230911172342</v>
+        <v>20231108081936</v>
       </c>
       <c r="C310" s="2">
-        <v>1694453359905</v>
+        <v>1699435714309</v>
       </c>
       <c r="D310" t="inlineStr">
         <is>
-          <t>{"lastSave":1694453359905,"timeWatchM":269693,"timeWatchW":68106,"timeWatchD":0,"countWatchM":22,"countWatchW":11,"countWatchD":0,"id":"ea2a4691","watches":[{"actions":[{"type":"start","time":1694453022082},{"type":"stop","time":1694453072015},{"type":"start","time":1694453072017},{"type":"stop","time":1694453089391},{"type":"start","time":1694453090637},{"type":"stop","time":1694453101188},{"type":"start","time":1694453103649},{"type":"stop","time":1694453114716},{"type":"start","time":1694453119106},{"type":"stop","time":1694453123318},{"type":"start","time":1694453149831},{"type":"stop","time":1694453152836},{"type":"start","time":1694453152836},{"type":"stop","time":1694453158555},{"type":"start","time":1694453170787},{"type":"stop","time":1694453172052},{"type":"start","time":1694453172052},{"type":"stop","time":1694453194042},{"type":"start","time":1694453194042},{"type":"stop","time":1694453194413},{"type":"start","time":1694453194414},{"type":"stop","time":1694453200417},{"type":"start","time":1694453213169},{"type":"stop","time":1694453213454},{"type":"start","time":1694453213455},{"type":"stop","time":1694453214541},{"type":"start","time":1694453215489},{"type":"stop","time":1694453226256},{"type":"start","time":1694453231028},{"type":"stop","time":1694453246333},{"type":"start","time":1694453246334},{"type":"stop","time":1694453256601},{"type":"start","time":1694453256601},{"type":"stop","time":1694453265664},{"type":"start","time":1694453265665},{"type":"stop","time":1694453271556},{"type":"start","time":1694453274363},{"type":"stop","time":1694453319512},{"type":"start","time":1694453319513},{"type":"stop","time":1694453321439},{"type":"start","time":1694453321440},{"type":"stop","time":1694453344470},{"type":"start","time":1694453344471},{"type":"stop","time":1694453359905}]},{"actions":[{"type":"start","time":1694453089392},{"type":"stop","time":1694453090636},{"type":"start","time":1694453101189},{"type":"stop","time":1694453103649},{"type":"start","time":1694453114717},{"type":"stop","time":1694453119106},{"type":"start","time":1694453123319},{"type":"stop","time":1694453126042},{"type":"start","time":1694453126044},{"type":"stop","time":1694453149830},{"type":"start","time":1694453158556},{"type":"stop","time":1694453170786},{"type":"start","time":1694453200418},{"type":"stop","time":1694453213169},{"type":"start","time":1694453214541},{"type":"stop","time":1694453215488},{"type":"start","time":1694453226256},{"type":"stop","time":1694453231027},{"type":"start","time":1694453271556},{"type":"stop","time":1694453271998},{"type":"start","time":1694453271999},{"type":"stop","time":1694453274362}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1699435714309,"timeWatchM":647064,"timeWatchW":630343,"timeWatchD":2207072,"countWatchM":19,"countWatchW":21,"countWatchD":28,"id":"dc7c3179","watches":[{"actions":[{"type":"start","time":1699431596055},{"type":"stop","time":1699431614881},{"type":"start","time":1699432411308},{"type":"stop","time":1699432420114},{"type":"start","time":1699432713995},{"type":"stop","time":1699432765911},{"type":"start","time":1699433000573},{"type":"stop","time":1699433037504},{"type":"start","time":1699433097915},{"type":"stop","time":1699433099012},{"type":"start","time":1699433201399},{"type":"stop","time":1699433238349},{"type":"start","time":1699433377175},{"type":"stop","time":1699433377411},{"type":"start","time":1699433377412},{"type":"stop","time":1699433380631},{"type":"start","time":1699433535614},{"type":"stop","time":1699433589186},{"type":"start","time":1699433699522},{"type":"stop","time":1699433750012},{"type":"start","time":1699433773794},{"type":"stop","time":1699433777610},{"type":"start","time":1699433808663},{"type":"stop","time":1699433813625},{"type":"start","time":1699433848363},{"type":"stop","time":1699433878481},{"type":"start","time":1699433956266},{"type":"stop","time":1699434037453},{"type":"start","time":1699434037454},{"type":"stop","time":1699434062270},{"type":"start","time":1699434152979},{"type":"stop","time":1699434273297},{"type":"start","time":1699435214890},{"type":"stop","time":1699435230398},{"type":"start","time":1699435233715},{"type":"stop","time":1699435293265},{"type":"start","time":1699435446964},{"type":"stop","time":1699435491710}]},{"actions":[{"type":"start","time":1699432367713},{"type":"stop","time":1699432382140},{"type":"start","time":1699432385335},{"type":"stop","time":1699432393366},{"type":"start","time":1699432393367},{"type":"stop","time":1699432411307},{"type":"start","time":1699432429903},{"type":"stop","time":1699432436637},{"type":"start","time":1699432437989},{"type":"stop","time":1699432498790},{"type":"start","time":1699432499853},{"type":"stop","time":1699432570006},{"type":"start","time":1699432613196},{"type":"stop","time":1699432655141},{"type":"start","time":1699432810738},{"type":"stop","time":1699432848547},{"type":"start","time":1699433147969},{"type":"stop","time":1699433188462},{"type":"start","time":1699433239325},{"type":"stop","time":1699433308578},{"type":"start","time":1699433518366},{"type":"stop","time":1699433535613},{"type":"start","time":1699433750013},{"type":"stop","time":1699433773793},{"type":"start","time":1699433777611},{"type":"stop","time":1699433782080},{"type":"start","time":1699433799070},{"type":"stop","time":1699433808661},{"type":"start","time":1699433813626},{"type":"stop","time":1699433817780},{"type":"start","time":1699433817782},{"type":"stop","time":1699433848362},{"type":"start","time":1699434384913},{"type":"stop","time":1699434418040},{"type":"start","time":1699435317368},{"type":"stop","time":1699435349445},{"type":"start","time":1699435401405},{"type":"stop","time":1699435438431},{"type":"start","time":1699435507488},{"type":"stop","time":1699435567291},{"type":"start","time":1699435567292},{"type":"stop","time":1699435578195}]},{"actions":[{"type":"start","time":1699431576481},{"type":"stop","time":1699431596054},{"type":"start","time":1699431614882},{"type":"stop","time":1699431714435},{"type":"start","time":1699432382140},{"type":"stop","time":1699432385335},{"type":"start","time":1699432420115},{"type":"stop","time":1699432429902},{"type":"start","time":1699432436638},{"type":"stop","time":1699432437988},{"type":"start","time":1699432498791},{"type":"stop","time":1699432499853},{"type":"start","time":1699432570007},{"type":"stop","time":1699432613195},{"type":"start","time":1699432655142},{"type":"stop","time":1699432713994},{"type":"start","time":1699432765912},{"type":"stop","time":1699432810736},{"type":"start","time":1699432848548},{"type":"stop","time":1699433000572},{"type":"start","time":1699433037504},{"type":"stop","time":1699433097914},{"type":"start","time":1699433099013},{"type":"stop","time":1699433147968},{"type":"start","time":1699433188463},{"type":"stop","time":1699433201398},{"type":"start","time":1699433238350},{"type":"stop","time":1699433239324},{"type":"start","time":1699433308580},{"type":"stop","time":1699433377174},{"type":"start","time":1699433380632},{"type":"stop","time":1699433518365},{"type":"start","time":1699433589187},{"type":"stop","time":1699433699521},{"type":"start","time":1699433782081},{"type":"stop","time":1699433799069},{"type":"start","time":1699433878482},{"type":"stop","time":1699433956264},{"type":"start","time":1699434062272},{"type":"stop","time":1699434152978},{"type":"start","time":1699434273298},{"type":"stop","time":1699434384912},{"type":"start","time":1699434418041},{"type":"stop","time":1699435214889},{"type":"start","time":1699435230399},{"type":"stop","time":1699435233714},{"type":"start","time":1699435293266},{"type":"stop","time":1699435317366},{"type":"start","time":1699435349447},{"type":"stop","time":1699435401404},{"type":"start","time":1699435438432},{"type":"stop","time":1699435446962},{"type":"start","time":1699435491711},{"type":"stop","time":1699435507487},{"type":"start","time":1699435578196},{"type":"stop","time":1699435714309}]}]}</t>
         </is>
       </c>
       <c r="E310">
-        <v>269693</v>
+        <v>647064</v>
       </c>
       <c r="F310">
-        <v>68106</v>
+        <v>630343</v>
       </c>
       <c r="G310">
-        <v>0</v>
+        <v>2207072</v>
       </c>
       <c r="H310">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I310">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="J310">
-        <v>0</v>
+        <v>28</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
         <v>309</v>
       </c>
       <c r="B311" s="2">
-        <v>20250315125901</v>
+        <v>20250418145957</v>
       </c>
       <c r="C311" s="2">
-        <v>1742043963810</v>
+        <v>1744989245051</v>
       </c>
       <c r="D311" t="inlineStr">
         <is>
-          <t>{"lastSave":1742043963810,"timeWatchM":0,"timeWatchW":421126,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"ea81e40e","watches":[{"actions":[]},{"actions":[{"type":"start","time":1742043541534},{"type":"stop","time":1742043962660}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744989245051,"timeWatchM":4458,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"dcb151cf","watches":[{"actions":[{"type":"start","time":1744988397578},{"type":"stop","time":1744988402036}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E311">
-        <v>0</v>
+        <v>4458</v>
       </c>
       <c r="F311">
-        <v>421126</v>
+        <v>0</v>
       </c>
       <c r="G311">
         <v>0</v>
       </c>
       <c r="H311">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I311">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J311">
         <v>0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
         <v>310</v>
       </c>
       <c r="B312" s="2">
-        <v>20241030180659</v>
+        <v>20251121130126</v>
       </c>
       <c r="C312" s="2">
-        <v>1730315320928</v>
+        <v>1763730318422</v>
       </c>
       <c r="D312" t="inlineStr">
         <is>
-          <t>{"lastSave":1730315320928,"timeWatchM":389360,"timeWatchW":2088850,"timeWatchD":24139,"countWatchM":14,"countWatchW":21,"countWatchD":2,"id":"eaaaccd6","watches":[{"actions":[{"type":"start","time":1730311687339},{"type":"stop","time":1730311695377},{"type":"start","time":1730311695378},{"type":"stop","time":1730311714897},{"type":"start","time":1730311714899},{"type":"stop","time":1730311730206},{"type":"start","time":1730311745014},{"type":"stop","time":1730311760433},{"type":"start","time":1730311760435},{"type":"stop","time":1730311762756},{"type":"start","time":1730311772091},{"type":"stop","time":1730311788881},{"type":"start","time":1730311924837},{"type":"stop","time":1730311949205},{"type":"start","time":1730314085500},{"type":"stop","time":1730314157255},{"type":"start","time":1730314257984},{"type":"stop","time":1730314285051},{"type":"start","time":1730314330665},{"type":"stop","time":1730314351327},{"type":"start","time":1730314579027},{"type":"stop","time":1730314605785},{"type":"start","time":1730314791804},{"type":"stop","time":1730314796232},{"type":"start","time":1730315048270},{"type":"stop","time":1730315054001},{"type":"start","time":1730315143349},{"type":"stop","time":1730315274546}]},{"actions":[{"type":"start","time":1730311619163},{"type":"stop","time":1730311672271},{"type":"start","time":1730311672273},{"type":"stop","time":1730311676348},{"type":"start","time":1730311676349},{"type":"stop","time":1730311687338},{"type":"start","time":1730311788882},{"type":"stop","time":1730311924836},{"type":"start","time":1730311949207},{"type":"stop","time":1730311984680},{"type":"start","time":1730311984681},{"type":"stop","time":1730312018315},{"type":"start","time":1730312018316},{"type":"stop","time":1730312656388},{"type":"start","time":1730312656390},{"type":"stop","time":1730312806175},{"type":"start","time":1730312806176},{"type":"stop","time":1730312819420},{"type":"start","time":1730313964613},{"type":"stop","time":1730314085499},{"type":"start","time":1730314157256},{"type":"stop","time":1730314257983},{"type":"start","time":1730314285052},{"type":"stop","time":1730314330663},{"type":"start","time":1730314351329},{"type":"stop","time":1730314372892},{"type":"start","time":1730314392825},{"type":"stop","time":1730314579024},{"type":"start","time":1730314605787},{"type":"stop","time":1730314791803},{"type":"start","time":1730314796233},{"type":"stop","time":1730314813522},{"type":"start","time":1730314813523},{"type":"stop","time":1730314884276},{"type":"start","time":1730314884277},{"type":"stop","time":1730314975893},{"type":"start","time":1730314975894},{"type":"stop","time":1730315048269},{"type":"start","time":1730315054002},{"type":"stop","time":1730315143347},{"type":"start","time":1730315274547},{"type":"stop","time":1730315286683}]},{"actions":[{"type":"start","time":1730311730207},{"type":"stop","time":1730311745013},{"type":"start","time":1730311762757},{"type":"stop","time":1730311772090}]}]}</t>
+          <t>{"lastSave":1763730318422,"timeWatchM":75302,"timeWatchW":5239,"timeWatchD":0,"countWatchM":4,"countWatchW":2,"countWatchD":0,"id":"dd2cc11c","watches":[{"actions":[{"type":"start","time":1763730085172},{"type":"stop","time":1763730094707},{"type":"start","time":1763730094709},{"type":"stop","time":1763730154809},{"type":"start","time":1763730291038},{"type":"stop","time":1763730294414},{"type":"start","time":1763730305818},{"type":"stop","time":1763730308109}]},{"actions":[{"type":"start","time":1763730276644},{"type":"stop","time":1763730279520},{"type":"start","time":1763730282230},{"type":"stop","time":1763730284593}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E312">
-        <v>389360</v>
+        <v>75302</v>
       </c>
       <c r="F312">
-        <v>2088850</v>
+        <v>5239</v>
       </c>
       <c r="G312">
-        <v>24139</v>
+        <v>0</v>
       </c>
       <c r="H312">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="I312">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="J312">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
         <v>311</v>
       </c>
       <c r="B313" s="2">
-        <v>20240516185031</v>
+        <v>20240421162608</v>
       </c>
       <c r="C313" s="2">
-        <v>1715886275114</v>
+        <v>1713716807492</v>
       </c>
       <c r="D313" t="inlineStr">
         <is>
-          <t>{"lastSave":1715886275114,"timeWatchM":10533,"timeWatchW":27403,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"eaf2333e","watches":[{"actions":[{"type":"start","time":1715886261729},{"type":"stop","time":1715886272262}]},{"actions":[{"type":"start","time":1715886229810},{"type":"stop","time":1715886257213}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1713716807492,"timeWatchM":11027,"timeWatchW":23304,"timeWatchD":0,"countWatchM":2,"countWatchW":1,"countWatchD":0,"id":"dd490487","watches":[{"actions":[{"type":"start","time":1713716796463},{"type":"stop","time":1713716806651},{"type":"start","time":1713716806653},{"type":"stop","time":1713716807492}]},{"actions":[{"type":"start","time":1713716768455},{"type":"stop","time":1713716791759}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E313">
-        <v>10533</v>
+        <v>11027</v>
       </c>
       <c r="F313">
-        <v>27403</v>
+        <v>23304</v>
       </c>
       <c r="G313">
         <v>0</v>
       </c>
       <c r="H313">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I313">
         <v>1</v>
       </c>
       <c r="J313">
         <v>0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
         <v>312</v>
       </c>
       <c r="B314" s="2">
-        <v>20230215160123</v>
+        <v>20250821173008</v>
       </c>
       <c r="C314" s="2">
-        <v>1676476901017</v>
+        <v>1755798125143</v>
       </c>
       <c r="D314" t="inlineStr">
         <is>
-          <t>{"lastSave":1676476901017,"timeWatchM":1518,"timeWatchW":0,"timeWatchD":1957,"countWatchM":4,"countWatchW":0,"countWatchD":1,"id":"eb14a59d","watches":[{"actions":[{"type":"start","time":1676476899496},{"type":"stop","time":1676476899624},{"type":"start","time":1676476899625},{"type":"stop","time":1676476899755},{"type":"start","time":1676476899756},{"type":"stop","time":1676476899871},{"type":"start","time":1676476899872},{"type":"stop","time":1676476901017}]},{"actions":[]},{"actions":[{"type":"start","time":1676476883371},{"type":"stop","time":1676476885328}]}]}</t>
+          <t>{"lastSave":1755798125143,"timeWatchM":0,"timeWatchW":716098,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"ddb93006","watches":[{"actions":[]},{"actions":[{"type":"start","time":1755797407845},{"type":"stop","time":1755798123943}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E314">
-        <v>1518</v>
+        <v>0</v>
       </c>
       <c r="F314">
-        <v>0</v>
+        <v>716098</v>
       </c>
       <c r="G314">
-        <v>1957</v>
+        <v>0</v>
       </c>
       <c r="H314">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I314">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J314">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
         <v>313</v>
       </c>
       <c r="B315" s="2">
-        <v>20230905112324</v>
+        <v>20251120181425</v>
       </c>
       <c r="C315" s="2">
-        <v>1693913003883</v>
+        <v>1763672260487</v>
       </c>
       <c r="D315" t="inlineStr">
         <is>
-          <t>{"lastSave":1693913003883,"timeWatchM":0,"timeWatchW":0,"timeWatchD":0,"countWatchM":0,"countWatchW":0,"countWatchD":0.5,"id":"ed20207e","watches":[{"actions":[]},{"actions":[]},{"actions":[{"type":"start","time":1693913003883}]}]}</t>
+          <t>{"lastSave":1763672260487,"timeWatchM":2605902,"timeWatchW":5692857,"timeWatchD":1499,"countWatchM":48,"countWatchW":64,"countWatchD":1,"id":"dede857e","watches":[{"actions":[{"type":"start","time":1763665368501},{"type":"stop","time":1763665408742},{"type":"start","time":1763665485623},{"type":"stop","time":1763665494265},{"type":"start","time":1763665906846},{"type":"stop","time":1763665937744},{"type":"start","time":1763665975299},{"type":"stop","time":1763666032839},{"type":"start","time":1763666103364},{"type":"stop","time":1763666105181},{"type":"start","time":1763666105182},{"type":"stop","time":1763666106407},{"type":"start","time":1763666641702},{"type":"stop","time":1763666695599},{"type":"start","time":1763666779888},{"type":"stop","time":1763667038196},{"type":"start","time":1763667082212},{"type":"stop","time":1763667145219},{"type":"start","time":1763667145220},{"type":"stop","time":1763667169848},{"type":"start","time":1763667222603},{"type":"stop","time":1763667272321},{"type":"start","time":1763667326598},{"type":"stop","time":1763667344743},{"type":"start","time":1763667424430},{"type":"stop","time":1763667434574},{"type":"start","time":1763668718203},{"type":"stop","time":1763669005875},{"type":"start","time":1763669028557},{"type":"stop","time":1763669074977},{"type":"start","time":1763669074979},{"type":"stop","time":1763669115332},{"type":"start","time":1763669115333},{"type":"stop","time":1763669157677},{"type":"start","time":1763669235443},{"type":"stop","time":1763669328838},{"type":"start","time":1763669328840},{"type":"stop","time":1763669357587},{"type":"start","time":1763669376245},{"type":"stop","time":1763669409020},{"type":"start","time":1763669758367},{"type":"stop","time":1763669846180},{"type":"start","time":1763669846182},{"type":"stop","time":1763669913072},{"type":"start","time":1763669913073},{"type":"stop","time":1763669987352},{"type":"start","time":1763670011552},{"type":"stop","time":1763670046122},{"type":"start","time":1763670046123},{"type":"stop","time":1763670132229},{"type":"start","time":1763670163119},{"type":"stop","time":1763670222217},{"type":"start","time":1763670236786},{"type":"stop","time":1763670268494},{"type":"start","time":1763670607204},{"type":"stop","time":1763670648184},{"type":"start","time":1763670688907},{"type":"stop","time":1763670755146},{"type":"start","time":1763670755147},{"type":"stop","time":1763670757180},{"type":"start","time":1763670757181},{"type":"stop","time":1763670766642},{"type":"start","time":1763670783696},{"type":"stop","time":1763670788305},{"type":"start","time":1763670792616},{"type":"stop","time":1763670806569},{"type":"start","time":1763670835848},{"type":"stop","time":1763670893905},{"type":"start","time":1763670918070},{"type":"stop","time":1763670958380},{"type":"start","time":1763671009222},{"type":"stop","time":1763671033175},{"type":"start","time":1763671057132},{"type":"stop","time":1763671128153},{"type":"start","time":1763671147137},{"type":"stop","time":1763671157246},{"type":"start","time":1763671217650},{"type":"stop","time":1763671226819},{"type":"start","time":1763671245134},{"type":"stop","time":1763671248159},{"type":"start","time":1763671264522},{"type":"stop","time":1763671357857},{"type":"start","time":1763671357858},{"type":"stop","time":1763671442444},{"type":"start","time":1763671460862},{"type":"stop","time":1763671473711},{"type":"start","time":1763671605326},{"type":"stop","time":1763671658912},{"type":"start","time":1763671658914},{"type":"stop","time":1763671764213},{"type":"start","time":1763671764215},{"type":"stop","time":1763671906496},{"type":"start","time":1763671982237},{"type":"stop","time":1763672090179},{"type":"start","time":1763672224267},{"type":"stop","time":1763672246992}]},{"actions":[{"type":"start","time":1763662545651},{"type":"stop","time":1763662872030},{"type":"start","time":1763662872031},{"type":"stop","time":1763662971448},{"type":"start","time":1763662971450},{"type":"stop","time":1763663175853},{"type":"start","time":1763663175854},{"type":"stop","time":1763663319829},{"type":"start","time":1763663319831},{"type":"stop","time":1763663541954},{"type":"start","time":1763663541955},{"type":"stop","time":1763663888925},{"type":"start","time":1763663888931},{"type":"stop","time":1763664112067},{"type":"start","time":1763664112069},{"type":"stop","time":1763664181479},{"type":"start","time":1763664181480},{"type":"stop","time":1763664228420},{"type":"start","time":1763664228421},{"type":"stop","time":1763664570077},{"type":"start","time":1763664570078},{"type":"stop","time":1763664822777},{"type":"start","time":1763664822778},{"type":"stop","time":1763664927142},{"type":"start","time":1763664927143},{"type":"stop","time":1763665180143},{"type":"start","time":1763665180144},{"type":"stop","time":1763665344299},{"type":"start","time":1763665408743},{"type":"stop","time":1763665469317},{"type":"start","time":1763665494266},{"type":"stop","time":1763665898036},{"type":"start","time":1763665937745},{"type":"stop","time":1763665975298},{"type":"start","time":1763666032841},{"type":"stop","time":1763666034013},{"type":"start","time":1763666043194},{"type":"stop","time":1763666072587},{"type":"start","time":1763666106658},{"type":"stop","time":1763666262124},{"type":"start","time":1763666262126},{"type":"stop","time":1763666587191},{"type":"start","time":1763666587194},{"type":"stop","time":1763666641701},{"type":"start","time":1763666695601},{"type":"stop","time":1763666706496},{"type":"start","time":1763667038197},{"type":"stop","time":1763667055074},{"type":"start","time":1763667055075},{"type":"stop","time":1763667055599},{"type":"start","time":1763667081762},{"type":"stop","time":1763667082211},{"type":"start","time":1763667169850},{"type":"stop","time":1763667222602},{"type":"start","time":1763667272323},{"type":"stop","time":1763667325587},{"type":"start","time":1763667361990},{"type":"stop","time":1763667383368},{"type":"start","time":1763667384387},{"type":"stop","time":1763667424429},{"type":"start","time":1763667438152},{"type":"stop","time":1763667476153},{"type":"start","time":1763667481556},{"type":"stop","time":1763667505088},{"type":"start","time":1763668310766},{"type":"stop","time":1763668657975},{"type":"start","time":1763668661138},{"type":"stop","time":1763668696566},{"type":"start","time":1763668698067},{"type":"stop","time":1763668716954},{"type":"start","time":1763669005877},{"type":"stop","time":1763669028555},{"type":"start","time":1763669161750},{"type":"stop","time":1763669207320},{"type":"start","time":1763669220119},{"type":"stop","time":1763669235440},{"type":"start","time":1763669364097},{"type":"stop","time":1763669376244},{"type":"start","time":1763669429134},{"type":"stop","time":1763669439945},{"type":"start","time":1763669448155},{"type":"stop","time":1763669469448},{"type":"start","time":1763669510087},{"type":"stop","time":1763669548584},{"type":"start","time":1763669747330},{"type":"stop","time":1763669758365},{"type":"start","time":1763669987353},{"type":"stop","time":1763670011550},{"type":"start","time":1763670222219},{"type":"stop","time":1763670236785},{"type":"start","time":1763670268497},{"type":"stop","time":1763670311207},{"type":"start","time":1763670311209},{"type":"stop","time":1763670379782},{"type":"start","time":1763670400763},{"type":"stop","time":1763670607203},{"type":"start","time":1763670648185},{"type":"stop","time":1763670688906},{"type":"start","time":1763670771294},{"type":"stop","time":1763670783695},{"type":"start","time":1763670788306},{"type":"stop","time":1763670792615},{"type":"start","time":1763670806571},{"type":"stop","time":1763670824958},{"type":"start","time":1763670894571},{"type":"stop","time":1763670918069},{"type":"start","time":1763670958382},{"type":"stop","time":1763671009221},{"type":"start","time":1763671033176},{"type":"stop","time":1763671057131},{"type":"start","time":1763671128156},{"type":"stop","time":1763671135273},{"type":"start","time":1763671157248},{"type":"stop","time":1763671162975},{"type":"start","time":1763671164976},{"type":"stop","time":1763671217648},{"type":"start","time":1763671226825},{"type":"stop","time":1763671245133},{"type":"start","time":1763671248160},{"type":"stop","time":1763671264521},{"type":"start","time":1763671442446},{"type":"stop","time":1763671460860},{"type":"start","time":1763671474203},{"type":"stop","time":1763671605325},{"type":"start","time":1763671906498},{"type":"stop","time":1763671982236},{"type":"start","time":1763672090180},{"type":"stop","time":1763672224265}]},{"actions":[{"type":"start","time":1763668696567},{"type":"stop","time":1763668698066}]}]}</t>
         </is>
       </c>
       <c r="E315">
-        <v>0</v>
+        <v>2605902</v>
       </c>
       <c r="F315">
-        <v>0</v>
+        <v>5692857</v>
       </c>
       <c r="G315">
-        <v>0</v>
+        <v>1499</v>
       </c>
       <c r="H315">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="I315">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="J315">
         <v>1</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
         <v>314</v>
       </c>
       <c r="B316" s="2">
-        <v>20231119104736</v>
+        <v>20250923173231</v>
       </c>
       <c r="C316" s="2">
-        <v>1700392121623</v>
+        <v>1758648798788</v>
       </c>
       <c r="D316" t="inlineStr">
         <is>
-          <t>{"lastSave":1700392121623,"timeWatchM":2150,"timeWatchW":1129754,"timeWatchD":0,"countWatchM":1,"countWatchW":39,"countWatchD":0,"id":"ed4a1fa1","watches":[{"actions":[{"type":"start","time":1700391340541},{"type":"stop","time":1700391342691}]},{"actions":[{"type":"start","time":1700390867419},{"type":"stop","time":1700390894216},{"type":"start","time":1700390895511},{"type":"stop","time":1700391033950},{"type":"start","time":1700391035136},{"type":"stop","time":1700391060533},{"type":"start","time":1700391062588},{"type":"stop","time":1700391066636},{"type":"start","time":1700391066637},{"type":"stop","time":1700391067919},{"type":"start","time":1700391069014},{"type":"stop","time":1700391172651},{"type":"start","time":1700391174418},{"type":"stop","time":1700391209944},{"type":"start","time":1700391210975},{"type":"stop","time":1700391224743},{"type":"start","time":1700391225808},{"type":"stop","time":1700391266978},{"type":"start","time":1700391269828},{"type":"stop","time":1700391285727},{"type":"start","time":1700391286706},{"type":"stop","time":1700391301285},{"type":"start","time":1700391305395},{"type":"stop","time":1700391339255},{"type":"start","time":1700391344724},{"type":"stop","time":1700391350766},{"type":"start","time":1700391356981},{"type":"stop","time":1700391360429},{"type":"start","time":1700391361331},{"type":"stop","time":1700391400925},{"type":"start","time":1700391402910},{"type":"stop","time":1700391448247},{"type":"start","time":1700391452276},{"type":"stop","time":1700391474784},{"type":"start","time":1700391474785},{"type":"stop","time":1700391476615},{"type":"start","time":1700391477625},{"type":"stop","time":1700391505213},{"type":"start","time":1700391506501},{"type":"stop","time":1700391513509},{"type":"start","time":1700391514686},{"type":"stop","time":1700391589116},{"type":"start","time":1700391596849},{"type":"stop","time":1700391644760},{"type":"start","time":1700391645882},{"type":"stop","time":1700391673148},{"type":"start","time":1700391673149},{"type":"stop","time":1700391674250},{"type":"start","time":1700391711486},{"type":"stop","time":1700391755816},{"type":"start","time":1700391760367},{"type":"stop","time":1700391768979},{"type":"start","time":1700391771976},{"type":"stop","time":1700391779806},{"type":"start","time":1700391787036},{"type":"stop","time":1700391804492},{"type":"start","time":1700391805544},{"type":"stop","time":1700391817511},{"type":"start","time":1700391817512},{"type":"stop","time":1700391857542},{"type":"start","time":1700391858392},{"type":"stop","time":1700391882137},{"type":"start","time":1700391882983},{"type":"stop","time":1700391908153},{"type":"start","time":1700391914425},{"type":"stop","time":1700391951556},{"type":"start","time":1700391952620},{"type":"stop","time":1700391986487},{"type":"start","time":1700391986488},{"type":"stop","time":1700391988038},{"type":"start","time":1700391988040},{"type":"stop","time":1700392008005},{"type":"start","time":1700392008007},{"type":"stop","time":1700392008751},{"type":"start","time":1700392008753},{"type":"stop","time":1700392102358},{"type":"start","time":1700392102359},{"type":"stop","time":1700392107646}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758648798788,"timeWatchM":47334,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"e0867adb","watches":[{"actions":[{"type":"start","time":1758648751454},{"type":"stop","time":1758648798788}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E316">
-        <v>2150</v>
+        <v>47334</v>
       </c>
       <c r="F316">
-        <v>1129754</v>
+        <v>0</v>
       </c>
       <c r="G316">
         <v>0</v>
       </c>
       <c r="H316">
         <v>1</v>
       </c>
       <c r="I316">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="J316">
         <v>0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
         <v>315</v>
       </c>
       <c r="B317" s="2">
-        <v>20250821172237</v>
+        <v>20231002131352</v>
       </c>
       <c r="C317" s="2">
-        <v>1755797328277</v>
+        <v>1696252435370</v>
       </c>
       <c r="D317" t="inlineStr">
         <is>
-          <t>{"lastSave":1755797328277,"timeWatchM":0,"timeWatchW":366041,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"ee039387","watches":[{"actions":[]},{"actions":[{"type":"start","time":1755796955986},{"type":"stop","time":1755797322027}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1696252435370,"timeWatchM":2703,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0.5,"countWatchD":0,"id":"e09c86aa","watches":[{"actions":[{"type":"start","time":1696252432666},{"type":"stop","time":1696252435369}]},{"actions":[{"type":"start","time":1696252435370}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E317">
-        <v>0</v>
+        <v>2703</v>
       </c>
       <c r="F317">
-        <v>366041</v>
+        <v>0</v>
       </c>
       <c r="G317">
         <v>0</v>
       </c>
       <c r="H317">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I317">
         <v>1</v>
       </c>
       <c r="J317">
         <v>0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
         <v>316</v>
       </c>
       <c r="B318" s="2">
-        <v>20250923181454</v>
+        <v>20250923173939</v>
       </c>
       <c r="C318" s="2">
-        <v>1758651304911</v>
+        <v>1758649445472</v>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651304911,"timeWatchM":0,"timeWatchW":10616,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"ee9dc50d","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758651294295},{"type":"stop","time":1758651304911}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1758649445472,"timeWatchM":98315,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"e0bad4bb","watches":[{"actions":[{"type":"start","time":1758649179171},{"type":"stop","time":1758649198920},{"type":"start","time":1758649203355},{"type":"stop","time":1758649260238},{"type":"start","time":1758649373372},{"type":"stop","time":1758649385572},{"type":"start","time":1758649435989},{"type":"stop","time":1758649445472}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E318">
-        <v>0</v>
+        <v>98315</v>
       </c>
       <c r="F318">
-        <v>10616</v>
+        <v>0</v>
       </c>
       <c r="G318">
         <v>0</v>
       </c>
       <c r="H318">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I318">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J318">
         <v>0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
         <v>317</v>
       </c>
       <c r="B319" s="2">
-        <v>20240301195045</v>
+        <v>20230516183825</v>
       </c>
       <c r="C319" s="2">
-        <v>1709325251543</v>
+        <v>1684263262686</v>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>{"lastSave":1709325251543,"timeWatchM":1300809,"timeWatchW":974954,"timeWatchD":0,"countWatchM":13,"countWatchW":18,"countWatchD":0,"id":"eef45ecd","watches":[{"actions":[{"type":"start","time":1709322645171},{"type":"stop","time":1709323202347},{"type":"start","time":1709323409186},{"type":"stop","time":1709323460631},{"type":"start","time":1709323486152},{"type":"stop","time":1709323503634},{"type":"start","time":1709323503636},{"type":"stop","time":1709323508613},{"type":"start","time":1709323954325},{"type":"stop","time":1709323961761},{"type":"start","time":1709323961764},{"type":"stop","time":1709323963925},{"type":"start","time":1709324233275},{"type":"stop","time":1709324618673},{"type":"start","time":1709324649074},{"type":"stop","time":1709324735691},{"type":"start","time":1709324769095},{"type":"stop","time":1709324778637},{"type":"start","time":1709324817758},{"type":"stop","time":1709324883690},{"type":"start","time":1709324912062},{"type":"stop","time":1709324982086},{"type":"start","time":1709325051236},{"type":"stop","time":1709325061866},{"type":"start","time":1709325133321},{"type":"stop","time":1709325165310}]},{"actions":[{"type":"start","time":1709323250910},{"type":"stop","time":1709323277757},{"type":"start","time":1709323283607},{"type":"stop","time":1709323406633},{"type":"start","time":1709323461532},{"type":"stop","time":1709323485303},{"type":"start","time":1709323516688},{"type":"stop","time":1709323732781},{"type":"start","time":1709323733740},{"type":"stop","time":1709323946228},{"type":"start","time":1709323967229},{"type":"stop","time":1709323974057},{"type":"start","time":1709323982569},{"type":"stop","time":1709324007941},{"type":"start","time":1709324007944},{"type":"stop","time":1709324037683},{"type":"start","time":1709324056183},{"type":"stop","time":1709324149143},{"type":"start","time":1709324619246},{"type":"stop","time":1709324631453},{"type":"start","time":1709324736268},{"type":"stop","time":1709324767296},{"type":"start","time":1709324884124},{"type":"stop","time":1709324909061},{"type":"start","time":1709325003228},{"type":"stop","time":1709325030319},{"type":"start","time":1709325064155},{"type":"stop","time":1709325107202},{"type":"start","time":1709325107975},{"type":"stop","time":1709325126969},{"type":"start","time":1709325170977},{"type":"stop","time":1709325222660},{"type":"start","time":1709325242696},{"type":"stop","time":1709325248343},{"type":"start","time":1709325248346},{"type":"stop","time":1709325251542}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1684263262686,"timeWatchM":723903,"timeWatchW":233014,"timeWatchD":0,"countWatchM":7.5,"countWatchW":3,"countWatchD":0,"id":"e105d94b","watches":[{"actions":[{"type":"start","time":1684262305747},{"type":"stop","time":1684262346912},{"type":"start","time":1684262346914},{"type":"stop","time":1684262374437},{"type":"start","time":1684262392328},{"type":"stop","time":1684262393057},{"type":"start","time":1684262608189},{"type":"stop","time":1684262638814},{"type":"start","time":1684262638815},{"type":"stop","time":1684263146228},{"type":"start","time":1684263146231},{"type":"stop","time":1684263175462},{"type":"start","time":1684263175465},{"type":"stop","time":1684263262682},{"type":"start","time":1684263262686}]},{"actions":[{"type":"start","time":1684262374438},{"type":"stop","time":1684262389295},{"type":"start","time":1684262389298},{"type":"stop","time":1684262392326},{"type":"start","time":1684262393059},{"type":"stop","time":1684262608188}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E319">
-        <v>1300809</v>
+        <v>723903</v>
       </c>
       <c r="F319">
-        <v>974954</v>
+        <v>233014</v>
       </c>
       <c r="G319">
         <v>0</v>
       </c>
       <c r="H319">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="I319">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="J319">
         <v>0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
         <v>318</v>
       </c>
       <c r="B320" s="2">
-        <v>20250109200643</v>
+        <v>20250109191457</v>
       </c>
       <c r="C320" s="2">
-        <v>1736495104629</v>
+        <v>1736450277228</v>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>{"lastSave":1736495104629,"timeWatchM":54159,"timeWatchW":131960,"timeWatchD":0,"countWatchM":5,"countWatchW":5,"countWatchD":0,"id":"ef4091e5","watches":[{"actions":[{"type":"start","time":1736453203148},{"type":"stop","time":1736453225538},{"type":"start","time":1736453225539},{"type":"stop","time":1736453233539},{"type":"start","time":1736453233541},{"type":"stop","time":1736453248749},{"type":"start","time":1736453321673},{"type":"stop","time":1736453329059},{"type":"start","time":1736453330209},{"type":"stop","time":1736453331384}]},{"actions":[{"type":"start","time":1736453250788},{"type":"stop","time":1736453320026},{"type":"start","time":1736453329060},{"type":"stop","time":1736453330208},{"type":"start","time":1736453331385},{"type":"stop","time":1736453371970},{"type":"start","time":1736453418104},{"type":"stop","time":1736453429244},{"type":"start","time":1736453430487},{"type":"stop","time":1736453440336}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1736450277228,"timeWatchM":7999,"timeWatchW":162037,"timeWatchD":0,"countWatchM":2,"countWatchW":3,"countWatchD":0,"id":"e15b5808","watches":[{"actions":[{"type":"start","time":1736450227629},{"type":"stop","time":1736450234170},{"type":"start","time":1736450236110},{"type":"stop","time":1736450237568}]},{"actions":[{"type":"start","time":1736450097466},{"type":"stop","time":1736450224673},{"type":"start","time":1736450234171},{"type":"stop","time":1736450236109},{"type":"start","time":1736450237569},{"type":"stop","time":1736450270461}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E320">
-        <v>54159</v>
+        <v>7999</v>
       </c>
       <c r="F320">
-        <v>131960</v>
+        <v>162037</v>
       </c>
       <c r="G320">
         <v>0</v>
       </c>
       <c r="H320">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I320">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J320">
         <v>0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
         <v>319</v>
       </c>
       <c r="B321" s="2">
-        <v>20250325201437</v>
+        <v>20230909073734</v>
       </c>
       <c r="C321" s="2">
-        <v>1742933763133</v>
+        <v>1694245791575</v>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>{"lastSave":1742933763133,"timeWatchM":50282,"timeWatchW":35818,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"ef727198","watches":[{"actions":[{"type":"start","time":1742933677032},{"type":"stop","time":1742933727314}]},{"actions":[{"type":"start","time":1742933727315},{"type":"stop","time":1742933763133}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1694245791575,"timeWatchM":485551,"timeWatchW":250814,"timeWatchD":0,"countWatchM":5,"countWatchW":4,"countWatchD":0,"id":"e169d04f","watches":[{"actions":[{"type":"start","time":1694245140653},{"type":"stop","time":1694245162204},{"type":"start","time":1694245162205},{"type":"stop","time":1694245283870},{"type":"start","time":1694245283871},{"type":"stop","time":1694245365701},{"type":"start","time":1694245461340},{"type":"stop","time":1694245566635},{"type":"start","time":1694245632806},{"type":"stop","time":1694245788016}]},{"actions":[{"type":"start","time":1694245055204},{"type":"stop","time":1694245140652},{"type":"start","time":1694245365701},{"type":"stop","time":1694245461339},{"type":"start","time":1694245566636},{"type":"stop","time":1694245632805},{"type":"start","time":1694245788016},{"type":"stop","time":1694245791575}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E321">
-        <v>50282</v>
+        <v>485551</v>
       </c>
       <c r="F321">
-        <v>35818</v>
+        <v>250814</v>
       </c>
       <c r="G321">
         <v>0</v>
       </c>
       <c r="H321">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I321">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J321">
         <v>0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
         <v>320</v>
       </c>
       <c r="B322" s="2">
-        <v>20231108081903</v>
+        <v>20250906151540</v>
       </c>
       <c r="C322" s="2">
-        <v>1699431574322</v>
+        <v>1757178506493</v>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>{"lastSave":1699431574322,"timeWatchM":31334,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"efdd2449","watches":[{"actions":[{"type":"start","time":1699431542986},{"type":"stop","time":1699431551651},{"type":"start","time":1699431551652},{"type":"stop","time":1699431553253},{"type":"start","time":1699431553254},{"type":"stop","time":1699431574322}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1757178506493,"timeWatchM":1373125,"timeWatchW":2945894,"timeWatchD":605724,"countWatchM":14,"countWatchW":24,"countWatchD":9,"id":"e18f27fd","watches":[{"actions":[{"type":"start","time":1757171871017},{"type":"stop","time":1757171968793},{"type":"start","time":1757172663332},{"type":"stop","time":1757172671603},{"type":"start","time":1757172961530},{"type":"stop","time":1757173256514},{"type":"start","time":1757174890293},{"type":"stop","time":1757175396163},{"type":"start","time":1757175433740},{"type":"stop","time":1757175469513},{"type":"start","time":1757175485275},{"type":"stop","time":1757175531334},{"type":"start","time":1757175553213},{"type":"stop","time":1757175595208},{"type":"start","time":1757175599211},{"type":"stop","time":1757175676061},{"type":"start","time":1757175684700},{"type":"stop","time":1757175740022},{"type":"start","time":1757176419364},{"type":"stop","time":1757176421097},{"type":"start","time":1757177027879},{"type":"stop","time":1757177033279},{"type":"start","time":1757177116845},{"type":"stop","time":1757177128138},{"type":"start","time":1757177623830},{"type":"stop","time":1757177802938},{"type":"start","time":1757178296523},{"type":"stop","time":1757178309214}]},{"actions":[{"type":"start","time":1757171739578},{"type":"stop","time":1757171791091},{"type":"start","time":1757171791926},{"type":"stop","time":1757171792908},{"type":"start","time":1757171793560},{"type":"stop","time":1757171870185},{"type":"start","time":1757171969844},{"type":"stop","time":1757172032624},{"type":"start","time":1757172033843},{"type":"stop","time":1757172662431},{"type":"start","time":1757172672721},{"type":"stop","time":1757172960156},{"type":"start","time":1757173256930},{"type":"stop","time":1757173281076},{"type":"start","time":1757173283679},{"type":"stop","time":1757173312246},{"type":"start","time":1757174844758},{"type":"stop","time":1757174877238},{"type":"start","time":1757175531916},{"type":"stop","time":1757175550142},{"type":"start","time":1757175742640},{"type":"stop","time":1757176406521},{"type":"start","time":1757176421598},{"type":"stop","time":1757176439891},{"type":"start","time":1757176450766},{"type":"stop","time":1757176508317},{"type":"start","time":1757177155757},{"type":"stop","time":1757177252792},{"type":"start","time":1757177290435},{"type":"stop","time":1757177296055},{"type":"start","time":1757177322205},{"type":"stop","time":1757177363916},{"type":"start","time":1757177436283},{"type":"stop","time":1757177623084},{"type":"start","time":1757177817758},{"type":"stop","time":1757177860091},{"type":"start","time":1757177865461},{"type":"stop","time":1757178247189},{"type":"start","time":1757178251143},{"type":"stop","time":1757178295220},{"type":"start","time":1757178309685},{"type":"stop","time":1757178366822},{"type":"start","time":1757178367322},{"type":"stop","time":1757178420686},{"type":"start","time":1757178421055},{"type":"stop","time":1757178462668},{"type":"start","time":1757178463085},{"type":"stop","time":1757178506493}]},{"actions":[{"type":"start","time":1757176585825},{"type":"stop","time":1757177018340},{"type":"start","time":1757177035180},{"type":"stop","time":1757177060798},{"type":"start","time":1757177071908},{"type":"stop","time":1757177115464},{"type":"start","time":1757177129338},{"type":"stop","time":1757177154473},{"type":"start","time":1757177254261},{"type":"stop","time":1757177260780},{"type":"start","time":1757177262266},{"type":"stop","time":1757177284849},{"type":"start","time":1757177296672},{"type":"stop","time":1757177301073},{"type":"start","time":1757177309998},{"type":"stop","time":1757177320754},{"type":"start","time":1757177364883},{"type":"stop","time":1757177399524}]}]}</t>
         </is>
       </c>
       <c r="E322">
-        <v>31334</v>
+        <v>1373125</v>
       </c>
       <c r="F322">
-        <v>0</v>
+        <v>2945894</v>
       </c>
       <c r="G322">
-        <v>0</v>
+        <v>605724</v>
       </c>
       <c r="H322">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="I322">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="J322">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
         <v>321</v>
       </c>
       <c r="B323" s="2">
-        <v>20250818174343</v>
+        <v>20240504100103</v>
       </c>
       <c r="C323" s="2">
-        <v>1755545761733</v>
+        <v>1714817106075</v>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>{"lastSave":1755545761733,"timeWatchM":848156,"timeWatchW":142420,"timeWatchD":2682591,"countWatchM":16,"countWatchW":4,"countWatchD":26,"id":"f14e9e7b","watches":[{"actions":[{"type":"start","time":1755539044238},{"type":"stop","time":1755539125955},{"type":"start","time":1755539158586},{"type":"stop","time":1755539194427},{"type":"start","time":1755539194429},{"type":"stop","time":1755539203597},{"type":"start","time":1755539382644},{"type":"stop","time":1755539390459},{"type":"start","time":1755539633211},{"type":"stop","time":1755539654310},{"type":"start","time":1755541608288},{"type":"stop","time":1755541638623},{"type":"start","time":1755541811598},{"type":"stop","time":1755541833812},{"type":"start","time":1755541833814},{"type":"stop","time":1755541909143},{"type":"start","time":1755542144160},{"type":"stop","time":1755542152067},{"type":"start","time":1755542242780},{"type":"stop","time":1755542270371},{"type":"start","time":1755542270374},{"type":"stop","time":1755542318362},{"type":"start","time":1755542401059},{"type":"stop","time":1755542421039},{"type":"start","time":1755542471092},{"type":"stop","time":1755542493516},{"type":"start","time":1755545071235},{"type":"stop","time":1755545347870},{"type":"start","time":1755545347872},{"type":"stop","time":1755545497247},{"type":"start","time":1755545501566},{"type":"stop","time":1755545514304}]},{"actions":[{"type":"start","time":1755539438641},{"type":"stop","time":1755539489338},{"type":"start","time":1755542152069},{"type":"stop","time":1755542187592},{"type":"start","time":1755542448814},{"type":"stop","time":1755542471089},{"type":"start","time":1755545712451},{"type":"stop","time":1755545746376}]},{"actions":[{"type":"start","time":1755539023055},{"type":"stop","time":1755539031629},{"type":"start","time":1755539031631},{"type":"stop","time":1755539044236},{"type":"start","time":1755539125956},{"type":"stop","time":1755539158583},{"type":"start","time":1755539203599},{"type":"stop","time":1755539299473},{"type":"start","time":1755539299475},{"type":"stop","time":1755539382642},{"type":"start","time":1755539390461},{"type":"stop","time":1755539438639},{"type":"start","time":1755539489340},{"type":"stop","time":1755539501675},{"type":"start","time":1755539501677},{"type":"stop","time":1755539633209},{"type":"start","time":1755539654312},{"type":"stop","time":1755540000068},{"type":"start","time":1755541591162},{"type":"stop","time":1755541608285},{"type":"start","time":1755541638625},{"type":"stop","time":1755541694033},{"type":"start","time":1755541694038},{"type":"stop","time":1755541799962},{"type":"start","time":1755541909145},{"type":"stop","time":1755542011749},{"type":"start","time":1755542053492},{"type":"stop","time":1755542144155},{"type":"start","time":1755542187594},{"type":"stop","time":1755542242778},{"type":"start","time":1755542318364},{"type":"stop","time":1755542401057},{"type":"start","time":1755542421041},{"type":"stop","time":1755542427820},{"type":"start","time":1755542493517},{"type":"stop","time":1755542512913},{"type":"start","time":1755542512915},{"type":"stop","time":1755542534027},{"type":"start","time":1755542534029},{"type":"stop","time":1755542542959},{"type":"start","time":1755543942912},{"type":"stop","time":1755544674731},{"type":"start","time":1755544674734},{"type":"stop","time":1755545071233},{"type":"start","time":1755545497250},{"type":"stop","time":1755545501564},{"type":"start","time":1755545514307},{"type":"stop","time":1755545582432},{"type":"start","time":1755545582434},{"type":"stop","time":1755545712449},{"type":"start","time":1755545746378},{"type":"stop","time":1755545761733}]}]}</t>
+          <t>{"lastSave":1714817106075,"timeWatchM":6565,"timeWatchW":4432,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"e1e90542","watches":[{"actions":[{"type":"start","time":1714816925143},{"type":"stop","time":1714816931708}]},{"actions":[{"type":"start","time":1714817090108},{"type":"stop","time":1714817094540}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E323">
-        <v>848156</v>
+        <v>6565</v>
       </c>
       <c r="F323">
-        <v>142420</v>
+        <v>4432</v>
       </c>
       <c r="G323">
-        <v>2682591</v>
+        <v>0</v>
       </c>
       <c r="H323">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I323">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J323">
-        <v>26</v>
+        <v>0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
         <v>322</v>
       </c>
       <c r="B324" s="2">
-        <v>20230703212441</v>
+        <v>20250925114943</v>
       </c>
       <c r="C324" s="2">
-        <v>1688419526175</v>
+        <v>1758800996529</v>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>{"lastSave":1688419526175,"timeWatchM":16711,"timeWatchW":12562,"timeWatchD":7934,"countWatchM":3,"countWatchW":2,"countWatchD":1,"id":"f1dfec7a","watches":[{"actions":[{"type":"start","time":1688419481609},{"type":"stop","time":1688419486989},{"type":"start","time":1688419493896},{"type":"stop","time":1688419503157},{"type":"start","time":1688419524105},{"type":"stop","time":1688419526175}]},{"actions":[{"type":"start","time":1688419503608},{"type":"stop","time":1688419506721},{"type":"start","time":1688419514656},{"type":"stop","time":1688419524105}]},{"actions":[{"type":"start","time":1688419506721},{"type":"stop","time":1688419514655}]}]}</t>
+          <t>{"lastSave":1758800996529,"timeWatchM":4541,"timeWatchW":4265,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"e240801b","watches":[{"actions":[{"type":"start","time":1758800983330},{"type":"stop","time":1758800987871}]},{"actions":[{"type":"start","time":1758800992264},{"type":"stop","time":1758800996529}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E324">
-        <v>16711</v>
+        <v>4541</v>
       </c>
       <c r="F324">
-        <v>12562</v>
+        <v>4265</v>
       </c>
       <c r="G324">
-        <v>7934</v>
+        <v>0</v>
       </c>
       <c r="H324">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I324">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J324">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
         <v>323</v>
       </c>
       <c r="B325" s="2">
-        <v>20250414090508</v>
+        <v>20240127090643</v>
       </c>
       <c r="C325" s="2">
-        <v>1744621521706</v>
+        <v>1706346453857</v>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>{"lastSave":1744621521706,"timeWatchM":12925,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"f2949d88","watches":[{"actions":[{"type":"start","time":1744621508051},{"type":"stop","time":1744621520976}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1706346453857,"timeWatchM":13067,"timeWatchW":4116,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"e2cffe87","watches":[{"actions":[{"type":"start","time":1706346419824},{"type":"stop","time":1706346432891}]},{"actions":[{"type":"start","time":1706346449741},{"type":"stop","time":1706346453857}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E325">
-        <v>12925</v>
+        <v>13067</v>
       </c>
       <c r="F325">
-        <v>0</v>
+        <v>4116</v>
       </c>
       <c r="G325">
         <v>0</v>
       </c>
       <c r="H325">
         <v>1</v>
       </c>
       <c r="I325">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J325">
         <v>0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
         <v>324</v>
       </c>
       <c r="B326" s="2">
-        <v>20250109190604</v>
+        <v>20230814201030</v>
       </c>
       <c r="C326" s="2">
-        <v>1736449788060</v>
+        <v>1692043863283</v>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>{"lastSave":1736449788060,"timeWatchM":154003,"timeWatchW":46374,"timeWatchD":0,"countWatchM":11,"countWatchW":5,"countWatchD":0,"id":"f2b68dad","watches":[{"actions":[{"type":"start","time":1736449566608},{"type":"stop","time":1736449620102},{"type":"start","time":1736449620103},{"type":"stop","time":1736449621248},{"type":"start","time":1736449672618},{"type":"stop","time":1736449696039},{"type":"start","time":1736449696040},{"type":"stop","time":1736449723789},{"type":"start","time":1736449725572},{"type":"stop","time":1736449739178},{"type":"start","time":1736449739180},{"type":"stop","time":1736449739510},{"type":"start","time":1736449739512},{"type":"stop","time":1736449752864},{"type":"start","time":1736449752865},{"type":"stop","time":1736449753247},{"type":"start","time":1736449753248},{"type":"stop","time":1736449756311},{"type":"start","time":1736449757272},{"type":"stop","time":1736449774117},{"type":"start","time":1736449786656},{"type":"stop","time":1736449787272}]},{"actions":[{"type":"start","time":1736449564174},{"type":"stop","time":1736449565828},{"type":"start","time":1736449621249},{"type":"stop","time":1736449662721},{"type":"start","time":1736449723790},{"type":"stop","time":1736449725570},{"type":"start","time":1736449756313},{"type":"stop","time":1736449757271},{"type":"start","time":1736449780391},{"type":"stop","time":1736449780901}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1692043863283,"timeWatchM":16682,"timeWatchW":13756,"timeWatchD":0,"countWatchM":10,"countWatchW":5,"countWatchD":0,"id":"e3165eac","watches":[{"actions":[{"type":"start","time":1692043831489},{"type":"stop","time":1692043835641},{"type":"start","time":1692043840684},{"type":"stop","time":1692043843147},{"type":"start","time":1692043848087},{"type":"stop","time":1692043848950},{"type":"start","time":1692043848951},{"type":"stop","time":1692043849687},{"type":"start","time":1692043849688},{"type":"stop","time":1692043850358},{"type":"start","time":1692043850359},{"type":"stop","time":1692043850599},{"type":"start","time":1692043850600},{"type":"stop","time":1692043850805},{"type":"start","time":1692043850806},{"type":"stop","time":1692043852951},{"type":"start","time":1692043856540},{"type":"stop","time":1692043857767},{"type":"start","time":1692043859302},{"type":"stop","time":1692043863283}]},{"actions":[{"type":"start","time":1692043835642},{"type":"stop","time":1692043840683},{"type":"start","time":1692043843148},{"type":"stop","time":1692043846219},{"type":"start","time":1692043846219},{"type":"stop","time":1692043848087},{"type":"start","time":1692043854298},{"type":"stop","time":1692043856540},{"type":"start","time":1692043857768},{"type":"stop","time":1692043859302}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E326">
-        <v>154003</v>
+        <v>16682</v>
       </c>
       <c r="F326">
-        <v>46374</v>
+        <v>13756</v>
       </c>
       <c r="G326">
         <v>0</v>
       </c>
       <c r="H326">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I326">
         <v>5</v>
       </c>
       <c r="J326">
         <v>0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
         <v>325</v>
       </c>
       <c r="B327" s="2">
-        <v>20250304181537</v>
+        <v>20250923170942</v>
       </c>
       <c r="C327" s="2">
-        <v>1741116613542</v>
+        <v>1758647421235</v>
       </c>
       <c r="D327" t="inlineStr">
         <is>
-          <t>{"lastSave":1741116613542,"timeWatchM":1094347,"timeWatchW":9077,"timeWatchD":850485,"countWatchM":30,"countWatchW":5,"countWatchD":21,"id":"f309d848","watches":[{"actions":[{"type":"start","time":1741112135273},{"type":"stop","time":1741112490702},{"type":"start","time":1741112491391},{"type":"stop","time":1741112509936},{"type":"start","time":1741112518341},{"type":"stop","time":1741112546390},{"type":"start","time":1741112547620},{"type":"stop","time":1741112554050},{"type":"start","time":1741112620474},{"type":"stop","time":1741112625992},{"type":"start","time":1741112625995},{"type":"stop","time":1741112627231},{"type":"start","time":1741114743594},{"type":"stop","time":1741114755605},{"type":"start","time":1741114755608},{"type":"stop","time":1741114756606},{"type":"start","time":1741114845123},{"type":"stop","time":1741114886734},{"type":"start","time":1741114904131},{"type":"stop","time":1741114971789},{"type":"start","time":1741114972358},{"type":"stop","time":1741114976578},{"type":"start","time":1741114977438},{"type":"stop","time":1741114985882},{"type":"start","time":1741114985886},{"type":"stop","time":1741114995039},{"type":"start","time":1741115927209},{"type":"stop","time":1741115985722},{"type":"start","time":1741115989153},{"type":"stop","time":1741115994848},{"type":"start","time":1741115995749},{"type":"stop","time":1741116023624},{"type":"start","time":1741116047797},{"type":"stop","time":1741116088644},{"type":"start","time":1741116088648},{"type":"stop","time":1741116110526},{"type":"start","time":1741116121164},{"type":"stop","time":1741116134214},{"type":"start","time":1741116139651},{"type":"stop","time":1741116145504},{"type":"start","time":1741116145806},{"type":"stop","time":1741116174619},{"type":"start","time":1741116178213},{"type":"stop","time":1741116226905},{"type":"start","time":1741116242442},{"type":"stop","time":1741116265214},{"type":"start","time":1741116290539},{"type":"stop","time":1741116305959},{"type":"start","time":1741116312229},{"type":"stop","time":1741116331852},{"type":"start","time":1741116361844},{"type":"stop","time":1741116396837},{"type":"start","time":1741116420522},{"type":"stop","time":1741116524855},{"type":"start","time":1741116524861},{"type":"stop","time":1741116569408},{"type":"start","time":1741116569411},{"type":"stop","time":1741116591943},{"type":"start","time":1741116593933},{"type":"stop","time":1741116613542}]},{"actions":[{"type":"start","time":1741114740964},{"type":"stop","time":1741114741501},{"type":"start","time":1741114741504},{"type":"stop","time":1741114742532},{"type":"start","time":1741115903988},{"type":"stop","time":1741115909542},{"type":"start","time":1741115909545},{"type":"stop","time":1741115911209},{"type":"start","time":1741116145509},{"type":"stop","time":1741116145803}]},{"actions":[{"type":"start","time":1741112512116},{"type":"stop","time":1741112516857},{"type":"start","time":1741112516860},{"type":"stop","time":1741112518337},{"type":"start","time":1741112554666},{"type":"stop","time":1741112598543},{"type":"start","time":1741112598545},{"type":"stop","time":1741112599925},{"type":"start","time":1741112631462},{"type":"stop","time":1741112641129},{"type":"start","time":1741114604617},{"type":"stop","time":1741114727556},{"type":"start","time":1741114727559},{"type":"stop","time":1741114729773},{"type":"start","time":1741114784763},{"type":"stop","time":1741114823031},{"type":"start","time":1741115079410},{"type":"stop","time":1741115113510},{"type":"start","time":1741115113513},{"type":"stop","time":1741115114297},{"type":"start","time":1741115339783},{"type":"stop","time":1741115874308},{"type":"start","time":1741115994850},{"type":"stop","time":1741115995066},{"type":"start","time":1741115995068},{"type":"stop","time":1741115995745},{"type":"start","time":1741116110529},{"type":"stop","time":1741116120741},{"type":"start","time":1741116134218},{"type":"stop","time":1741116136389},{"type":"start","time":1741116136393},{"type":"stop","time":1741116139103},{"type":"start","time":1741116174625},{"type":"stop","time":1741116178210},{"type":"start","time":1741116241109},{"type":"stop","time":1741116242438},{"type":"start","time":1741116305962},{"type":"stop","time":1741116311105},{"type":"start","time":1741116331858},{"type":"stop","time":1741116360345},{"type":"start","time":1741116591947},{"type":"stop","time":1741116593930}]}]}</t>
+          <t>{"lastSave":1758647421235,"timeWatchM":38450,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"e4410d5a","watches":[{"actions":[{"type":"start","time":1758647382784},{"type":"stop","time":1758647421234}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E327">
-        <v>1094347</v>
+        <v>38450</v>
       </c>
       <c r="F327">
-        <v>9077</v>
+        <v>0</v>
       </c>
       <c r="G327">
-        <v>850485</v>
+        <v>0</v>
       </c>
       <c r="H327">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I327">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J327">
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
         <v>326</v>
       </c>
       <c r="B328" s="2">
-        <v>20230316125737</v>
+        <v>20241108183300</v>
       </c>
       <c r="C328" s="2">
-        <v>1678971494506</v>
+        <v>1731094660165</v>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>{"lastSave":1678971494506,"timeWatchM":37203,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"f35805b2","watches":[{"actions":[{"type":"start","time":1678971457303},{"type":"stop","time":1678971494506}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1731094660165,"timeWatchM":604884,"timeWatchW":3031342,"timeWatchD":7333,"countWatchM":17,"countWatchW":21,"countWatchD":2,"id":"e588cf29","watches":[{"actions":[{"type":"start","time":1731090780576},{"type":"stop","time":1731090870089},{"type":"start","time":1731090890720},{"type":"stop","time":1731090895219},{"type":"start","time":1731090908644},{"type":"stop","time":1731090917201},{"type":"start","time":1731090919231},{"type":"stop","time":1731090923930},{"type":"start","time":1731090952812},{"type":"stop","time":1731090957774},{"type":"start","time":1731090991501},{"type":"stop","time":1731091002061},{"type":"start","time":1731091015860},{"type":"stop","time":1731091020076},{"type":"start","time":1731091021195},{"type":"stop","time":1731091027310},{"type":"start","time":1731091983005},{"type":"stop","time":1731092017390},{"type":"start","time":1731092036581},{"type":"stop","time":1731092041446},{"type":"start","time":1731094175486},{"type":"stop","time":1731094214156},{"type":"start","time":1731094219997},{"type":"stop","time":1731094350640},{"type":"start","time":1731094351512},{"type":"stop","time":1731094367220},{"type":"start","time":1731094391972},{"type":"stop","time":1731094412667},{"type":"start","time":1731094414072},{"type":"stop","time":1731094416704},{"type":"start","time":1731094416706},{"type":"stop","time":1731094579127},{"type":"start","time":1731094598420},{"type":"stop","time":1731094660164}]},{"actions":[{"type":"start","time":1731090870816},{"type":"stop","time":1731090875797},{"type":"start","time":1731090877369},{"type":"stop","time":1731090888318},{"type":"start","time":1731090898471},{"type":"stop","time":1731090900620},{"type":"start","time":1731090900623},{"type":"stop","time":1731090901305},{"type":"start","time":1731090959478},{"type":"stop","time":1731090971829},{"type":"start","time":1731090972681},{"type":"stop","time":1731090978013},{"type":"start","time":1731090980249},{"type":"stop","time":1731090984614},{"type":"start","time":1731090985563},{"type":"stop","time":1731090985833},{"type":"start","time":1731090985835},{"type":"stop","time":1731090990264},{"type":"start","time":1731091002904},{"type":"stop","time":1731091005180},{"type":"start","time":1731091008073},{"type":"stop","time":1731091014790},{"type":"start","time":1731091028247},{"type":"stop","time":1731091039697},{"type":"start","time":1731091044482},{"type":"stop","time":1731091073243},{"type":"start","time":1731091073246},{"type":"stop","time":1731091074762},{"type":"start","time":1731091076197},{"type":"stop","time":1731091769695},{"type":"start","time":1731091790000},{"type":"stop","time":1731091906211},{"type":"start","time":1731091907297},{"type":"stop","time":1731091981869},{"type":"start","time":1731092132960},{"type":"stop","time":1731093940434},{"type":"start","time":1731093941219},{"type":"stop","time":1731094029253},{"type":"start","time":1731094030154},{"type":"stop","time":1731094170860},{"type":"start","time":1731094582398},{"type":"stop","time":1731094597017}]},{"actions":[{"type":"start","time":1731090901307},{"type":"stop","time":1731090907957},{"type":"start","time":1731090907959},{"type":"stop","time":1731090908642}]}]}</t>
         </is>
       </c>
       <c r="E328">
-        <v>37203</v>
+        <v>604884</v>
       </c>
       <c r="F328">
-        <v>0</v>
+        <v>3031342</v>
       </c>
       <c r="G328">
-        <v>0</v>
+        <v>7333</v>
       </c>
       <c r="H328">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="I328">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="J328">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
         <v>327</v>
       </c>
       <c r="B329" s="2">
-        <v>20240126180156</v>
+        <v>20230516182941</v>
       </c>
       <c r="C329" s="2">
-        <v>1706296426561</v>
+        <v>1684262288101</v>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>{"lastSave":1706296426561,"timeWatchM":950370,"timeWatchW":1684610,"timeWatchD":0,"countWatchM":18,"countWatchW":38,"countWatchD":0,"id":"f3b21a13","watches":[{"actions":[{"type":"start","time":1706292491177},{"type":"stop","time":1706292593764},{"type":"start","time":1706292752135},{"type":"stop","time":1706292791770},{"type":"start","time":1706292827031},{"type":"stop","time":1706292834653},{"type":"start","time":1706292904117},{"type":"stop","time":1706292945697},{"type":"start","time":1706293088486},{"type":"stop","time":1706293156263},{"type":"start","time":1706293290581},{"type":"stop","time":1706293342197},{"type":"start","time":1706293348799},{"type":"stop","time":1706293389184},{"type":"start","time":1706293619687},{"type":"stop","time":1706293631719},{"type":"start","time":1706293631721},{"type":"stop","time":1706293634163},{"type":"start","time":1706294474105},{"type":"stop","time":1706294491342},{"type":"start","time":1706294498355},{"type":"stop","time":1706294507376},{"type":"start","time":1706294948489},{"type":"stop","time":1706295177416},{"type":"start","time":1706295229936},{"type":"stop","time":1706295422166},{"type":"start","time":1706295625416},{"type":"stop","time":1706295631836},{"type":"start","time":1706295668360},{"type":"stop","time":1706295694044},{"type":"start","time":1706295770029},{"type":"stop","time":1706295782900},{"type":"start","time":1706295866494},{"type":"stop","time":1706295916323},{"type":"start","time":1706295961347},{"type":"stop","time":1706296003822}]},{"actions":[{"type":"start","time":1706292118249},{"type":"stop","time":1706292351275},{"type":"start","time":1706292351276},{"type":"stop","time":1706292364131},{"type":"start","time":1706292364132},{"type":"stop","time":1706292367513},{"type":"start","time":1706292595780},{"type":"stop","time":1706292670744},{"type":"start","time":1706292696874},{"type":"stop","time":1706292712424},{"type":"start","time":1706292712425},{"type":"stop","time":1706292725282},{"type":"start","time":1706292727073},{"type":"stop","time":1706292752134},{"type":"start","time":1706292794182},{"type":"stop","time":1706292827029},{"type":"start","time":1706292837369},{"type":"stop","time":1706292858036},{"type":"start","time":1706292873458},{"type":"stop","time":1706292904116},{"type":"start","time":1706292949048},{"type":"stop","time":1706292953837},{"type":"start","time":1706292953839},{"type":"stop","time":1706292955664},{"type":"start","time":1706292962611},{"type":"stop","time":1706292993084},{"type":"start","time":1706292997601},{"type":"stop","time":1706293079342},{"type":"start","time":1706293162838},{"type":"stop","time":1706293219846},{"type":"start","time":1706293231753},{"type":"stop","time":1706293287961},{"type":"start","time":1706294467371},{"type":"stop","time":1706294471888},{"type":"start","time":1706294507377},{"type":"stop","time":1706294531458},{"type":"start","time":1706294548852},{"type":"stop","time":1706294553556},{"type":"start","time":1706294564294},{"type":"stop","time":1706294605148},{"type":"start","time":1706294615830},{"type":"stop","time":1706294676680},{"type":"start","time":1706294676681},{"type":"stop","time":1706294867856},{"type":"start","time":1706294876591},{"type":"stop","time":1706294907093},{"type":"start","time":1706294909867},{"type":"stop","time":1706294918108},{"type":"start","time":1706294920172},{"type":"stop","time":1706294948486},{"type":"start","time":1706295180374},{"type":"stop","time":1706295209841},{"type":"start","time":1706295221094},{"type":"stop","time":1706295229934},{"type":"start","time":1706295425753},{"type":"stop","time":1706295625414},{"type":"start","time":1706295631838},{"type":"stop","time":1706295647209},{"type":"start","time":1706295647211},{"type":"stop","time":1706295668358},{"type":"start","time":1706295696236},{"type":"stop","time":1706295770027},{"type":"start","time":1706295782902},{"type":"stop","time":1706295799722},{"type":"start","time":1706295799724},{"type":"stop","time":1706295826187},{"type":"start","time":1706295826189},{"type":"stop","time":1706295865433},{"type":"start","time":1706295919072},{"type":"stop","time":1706295961346},{"type":"start","time":1706296003824},{"type":"stop","time":1706296096268},{"type":"start","time":1706296111056},{"type":"stop","time":1706296121343},{"type":"start","time":1706296121344},{"type":"stop","time":1706296142997}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1684262288101,"timeWatchM":500771,"timeWatchW":0,"timeWatchD":0,"countWatchM":4,"countWatchW":0,"countWatchD":0,"id":"e6099b46","watches":[{"actions":[{"type":"start","time":1684261780812},{"type":"stop","time":1684262232857},{"type":"start","time":1684262232861},{"type":"stop","time":1684262279037},{"type":"start","time":1684262285551},{"type":"stop","time":1684262286652},{"type":"start","time":1684262286652},{"type":"stop","time":1684262288101}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E329">
-        <v>950370</v>
+        <v>500771</v>
       </c>
       <c r="F329">
-        <v>1684610</v>
+        <v>0</v>
       </c>
       <c r="G329">
         <v>0</v>
       </c>
       <c r="H329">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="I329">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="J329">
         <v>0</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
         <v>328</v>
       </c>
       <c r="B330" s="2">
-        <v>20250315151249</v>
+        <v>20240528114941</v>
       </c>
       <c r="C330" s="2">
-        <v>1742051579866</v>
+        <v>1716896994252</v>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>{"lastSave":1742051579866,"timeWatchM":10969,"timeWatchW":0,"timeWatchD":0,"countWatchM":0.5,"countWatchW":0,"countWatchD":0,"id":"f4196c00","watches":[{"actions":[{"type":"start","time":1742051568897}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1716896994252,"timeWatchM":3016,"timeWatchW":4029,"timeWatchD":6217,"countWatchM":2,"countWatchW":2,"countWatchD":2,"id":"e6452e29","watches":[{"actions":[{"type":"start","time":1716896980987},{"type":"stop","time":1716896982883},{"type":"start","time":1716896982883},{"type":"stop","time":1716896984003}]},{"actions":[{"type":"start","time":1716896984004},{"type":"stop","time":1716896986459},{"type":"start","time":1716896986460},{"type":"stop","time":1716896988034}]},{"actions":[{"type":"start","time":1716896988035},{"type":"stop","time":1716896990434},{"type":"start","time":1716896990434},{"type":"stop","time":1716896994252}]}]}</t>
         </is>
       </c>
       <c r="E330">
-        <v>10969</v>
+        <v>3016</v>
       </c>
       <c r="F330">
-        <v>0</v>
+        <v>4029</v>
       </c>
       <c r="G330">
-        <v>0</v>
+        <v>6217</v>
       </c>
       <c r="H330">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I330">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J330">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
         <v>329</v>
       </c>
       <c r="B331" s="2">
-        <v>20231119110920</v>
+        <v>20250315141803</v>
       </c>
       <c r="C331" s="2">
-        <v>1700393311290</v>
+        <v>1742048420681</v>
       </c>
       <c r="D331" t="inlineStr">
         <is>
-          <t>{"lastSave":1700393311290,"timeWatchM":49744,"timeWatchW":581213,"timeWatchD":0,"countWatchM":5,"countWatchW":18,"countWatchD":0,"id":"f4799dae","watches":[{"actions":[{"type":"start","time":1700392673373},{"type":"stop","time":1700392683760},{"type":"start","time":1700392697316},{"type":"stop","time":1700392709774},{"type":"start","time":1700392769686},{"type":"stop","time":1700392791328},{"type":"start","time":1700392808837},{"type":"stop","time":1700392812877},{"type":"start","time":1700392825030},{"type":"stop","time":1700392826247}]},{"actions":[{"type":"start","time":1700392171557},{"type":"stop","time":1700392235184},{"type":"start","time":1700392667212},{"type":"stop","time":1700392672212},{"type":"start","time":1700392684907},{"type":"stop","time":1700392693220},{"type":"start","time":1700392724081},{"type":"stop","time":1700392728310},{"type":"start","time":1700392738765},{"type":"stop","time":1700392769685},{"type":"start","time":1700392791329},{"type":"stop","time":1700392808836},{"type":"start","time":1700392812878},{"type":"stop","time":1700392825029},{"type":"start","time":1700392826249},{"type":"stop","time":1700392871635},{"type":"start","time":1700392881607},{"type":"stop","time":1700392948353},{"type":"start","time":1700392951262},{"type":"stop","time":1700392984319},{"type":"start","time":1700392985299},{"type":"stop","time":1700393006386},{"type":"start","time":1700393009810},{"type":"stop","time":1700393036181},{"type":"start","time":1700393050784},{"type":"stop","time":1700393069067},{"type":"start","time":1700393073045},{"type":"stop","time":1700393104508},{"type":"start","time":1700393104510},{"type":"stop","time":1700393208286},{"type":"start","time":1700393211277},{"type":"stop","time":1700393292491},{"type":"start","time":1700393296978},{"type":"stop","time":1700393307238},{"type":"start","time":1700393309467},{"type":"stop","time":1700393311290}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742048420681,"timeWatchM":136216,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"e6d39909","watches":[{"actions":[{"type":"start","time":1742048283631},{"type":"stop","time":1742048419847}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E331">
-        <v>49744</v>
+        <v>136216</v>
       </c>
       <c r="F331">
-        <v>581213</v>
+        <v>0</v>
       </c>
       <c r="G331">
         <v>0</v>
       </c>
       <c r="H331">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I331">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="J331">
         <v>0</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
         <v>330</v>
       </c>
       <c r="B332" s="2">
-        <v>20250315131230</v>
+        <v>20240923171741</v>
       </c>
       <c r="C332" s="2">
-        <v>1742044753044</v>
+        <v>1727352826781</v>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>{"lastSave":1742044753044,"timeWatchM":0,"timeWatchW":401957,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"f531f72f","watches":[{"actions":[]},{"actions":[{"type":"start","time":1742044350257},{"type":"stop","time":1742044752214}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1727352826781,"timeWatchM":235787,"timeWatchW":237708042,"timeWatchD":173633,"countWatchM":11,"countWatchW":8,"countWatchD":7,"id":"e70a7755","watches":[{"actions":[{"type":"start","time":1727111861425},{"type":"stop","time":1727111914696},{"type":"start","time":1727112417458},{"type":"stop","time":1727112431761},{"type":"start","time":1727112431762},{"type":"stop","time":1727112432976},{"type":"start","time":1727112451161},{"type":"stop","time":1727112467554},{"type":"start","time":1727112483291},{"type":"stop","time":1727112494956},{"type":"start","time":1727112535377},{"type":"stop","time":1727112551324},{"type":"start","time":1727112574233},{"type":"stop","time":1727112605495},{"type":"start","time":1727112738460},{"type":"stop","time":1727112770683},{"type":"start","time":1727112817899},{"type":"stop","time":1727112832265},{"type":"start","time":1727112832266},{"type":"stop","time":1727112835690},{"type":"start","time":1727115190859},{"type":"stop","time":1727115232578}]},{"actions":[{"type":"start","time":1727112478706},{"type":"stop","time":1727112483290},{"type":"start","time":1727112511710},{"type":"stop","time":1727112526424},{"type":"start","time":1727112551325},{"type":"stop","time":1727112574232},{"type":"start","time":1727112640181},{"type":"stop","time":1727112643362},{"type":"start","time":1727112770684},{"type":"stop","time":1727112817898},{"type":"start","time":1727112835690},{"type":"stop","time":1727112855889},{"type":"start","time":1727112855890},{"type":"stop","time":1727112856931},{"type":"start","time":1727115232579},{"type":"stop","time":1727352826781}]},{"actions":[{"type":"start","time":1727112406117},{"type":"stop","time":1727112417457},{"type":"start","time":1727112467555},{"type":"stop","time":1727112478705},{"type":"start","time":1727112499297},{"type":"stop","time":1727112511709},{"type":"start","time":1727112526425},{"type":"stop","time":1727112535376},{"type":"start","time":1727112605496},{"type":"stop","time":1727112640180},{"type":"start","time":1727112643363},{"type":"stop","time":1727112718027},{"type":"start","time":1727112718028},{"type":"stop","time":1727112738460}]}]}</t>
         </is>
       </c>
       <c r="E332">
-        <v>0</v>
+        <v>235787</v>
       </c>
       <c r="F332">
-        <v>401957</v>
+        <v>237708042</v>
       </c>
       <c r="G332">
-        <v>0</v>
+        <v>173633</v>
       </c>
       <c r="H332">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I332">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="J332">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
         <v>331</v>
       </c>
       <c r="B333" s="2">
-        <v>20250821182648</v>
+        <v>20230223184322</v>
       </c>
       <c r="C333" s="2">
-        <v>1755801715415</v>
+        <v>1677177849601</v>
       </c>
       <c r="D333" t="inlineStr">
         <is>
-          <t>{"lastSave":1755801715415,"timeWatchM":492227,"timeWatchW":309857,"timeWatchD":0,"countWatchM":12,"countWatchW":8,"countWatchD":0,"id":"f6321e86","watches":[{"actions":[{"type":"start","time":1755800807013},{"type":"stop","time":1755800826097},{"type":"start","time":1755800827747},{"type":"stop","time":1755800860498},{"type":"start","time":1755800862898},{"type":"stop","time":1755800896082},{"type":"start","time":1755800897648},{"type":"stop","time":1755800906532},{"type":"start","time":1755800970417},{"type":"stop","time":1755801051018},{"type":"start","time":1755801121386},{"type":"stop","time":1755801171504},{"type":"start","time":1755801177754},{"type":"stop","time":1755801212171},{"type":"start","time":1755801213238},{"type":"stop","time":1755801231305},{"type":"start","time":1755801254022},{"type":"stop","time":1755801301457},{"type":"start","time":1755801308957},{"type":"stop","time":1755801395875},{"type":"start","time":1755801608296},{"type":"stop","time":1755801675214},{"type":"start","time":1755801683531},{"type":"stop","time":1755801697381}]},{"actions":[{"type":"start","time":1755800909815},{"type":"stop","time":1755800968783},{"type":"start","time":1755801053918},{"type":"stop","time":1755801108236},{"type":"start","time":1755801109986},{"type":"stop","time":1755801119770},{"type":"start","time":1755801403275},{"type":"stop","time":1755801446776},{"type":"start","time":1755801449560},{"type":"stop","time":1755801475343},{"type":"start","time":1755801479493},{"type":"stop","time":1755801515494},{"type":"start","time":1755801521044},{"type":"stop","time":1755801569112},{"type":"start","time":1755801573245},{"type":"stop","time":1755801606679}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1677177849601,"timeWatchM":7129,"timeWatchW":10778,"timeWatchD":3492,"countWatchM":1,"countWatchW":4,"countWatchD":1,"id":"e7d8e284","watches":[{"actions":[{"type":"start","time":1677177802877},{"type":"stop","time":1677177810006}]},{"actions":[{"type":"start","time":1677177810007},{"type":"stop","time":1677177813678},{"type":"start","time":1677177813678},{"type":"stop","time":1677177816320},{"type":"start","time":1677177816320},{"type":"stop","time":1677177817932},{"type":"start","time":1677177835504},{"type":"stop","time":1677177838357}]},{"actions":[{"type":"start","time":1677177817932},{"type":"stop","time":1677177821424}]}]}</t>
         </is>
       </c>
       <c r="E333">
-        <v>492227</v>
+        <v>7129</v>
       </c>
       <c r="F333">
-        <v>309857</v>
+        <v>10778</v>
       </c>
       <c r="G333">
-        <v>0</v>
+        <v>3492</v>
       </c>
       <c r="H333">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I333">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="J333">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
         <v>332</v>
       </c>
       <c r="B334" s="2">
-        <v>20231119081135</v>
+        <v>20250315121337</v>
       </c>
       <c r="C334" s="2">
-        <v>1700384408687</v>
+        <v>1742040942507</v>
       </c>
       <c r="D334" t="inlineStr">
         <is>
-          <t>{"lastSave":1700384408687,"timeWatchM":1261001,"timeWatchW":1593443,"timeWatchD":0,"countWatchM":9,"countWatchW":16,"countWatchD":0,"id":"f6390d89","watches":[{"actions":[{"type":"start","time":1700381575568},{"type":"stop","time":1700381947023},{"type":"start","time":1700381950238},{"type":"stop","time":1700382084102},{"type":"start","time":1700382200561},{"type":"stop","time":1700382429126},{"type":"start","time":1700382524183},{"type":"stop","time":1700382527409},{"type":"start","time":1700382545815},{"type":"stop","time":1700382548366},{"type":"start","time":1700382829131},{"type":"stop","time":1700383068334},{"type":"start","time":1700383099399},{"type":"stop","time":1700383232033},{"type":"start","time":1700383266060},{"type":"stop","time":1700383374238},{"type":"start","time":1700384162936},{"type":"stop","time":1700384204261}]},{"actions":[{"type":"start","time":1700381495162},{"type":"stop","time":1700381575568},{"type":"start","time":1700381947024},{"type":"stop","time":1700381950238},{"type":"start","time":1700382084102},{"type":"stop","time":1700382200560},{"type":"start","time":1700382429127},{"type":"stop","time":1700382524182},{"type":"start","time":1700382527409},{"type":"stop","time":1700382545815},{"type":"start","time":1700382548367},{"type":"stop","time":1700382548367},{"type":"start","time":1700382548368},{"type":"stop","time":1700382829131},{"type":"start","time":1700383068334},{"type":"stop","time":1700383099398},{"type":"start","time":1700383232033},{"type":"stop","time":1700383266059},{"type":"start","time":1700383376207},{"type":"stop","time":1700383444479},{"type":"start","time":1700383501581},{"type":"stop","time":1700383799260},{"type":"start","time":1700383799260},{"type":"stop","time":1700383856225},{"type":"start","time":1700383856225},{"type":"stop","time":1700384075854},{"type":"start","time":1700384075854},{"type":"stop","time":1700384110949},{"type":"start","time":1700384110949},{"type":"stop","time":1700384162936},{"type":"start","time":1700384204262},{"type":"stop","time":1700384408686}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742040942507,"timeWatchM":122295,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"e7ee4e3d","watches":[{"actions":[{"type":"start","time":1742040817029},{"type":"stop","time":1742040939324}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E334">
-        <v>1261001</v>
+        <v>122295</v>
       </c>
       <c r="F334">
-        <v>1593443</v>
+        <v>0</v>
       </c>
       <c r="G334">
         <v>0</v>
       </c>
       <c r="H334">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="I334">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="J334">
         <v>0</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
         <v>333</v>
       </c>
       <c r="B335" s="2">
-        <v>20230223145829</v>
+        <v>20250414090411</v>
       </c>
       <c r="C335" s="2">
-        <v>1677165515096</v>
+        <v>1744621489401</v>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>{"lastSave":1677165515096,"timeWatchM":51524,"timeWatchW":198263,"timeWatchD":0,"countWatchM":1,"countWatchW":6,"countWatchD":0,"id":"f7a4cf22","watches":[{"actions":[{"type":"start","time":1677164359376},{"type":"stop","time":1677164410900}]},{"actions":[{"type":"start","time":1677164309548},{"type":"stop","time":1677164345077},{"type":"start","time":1677164474079},{"type":"stop","time":1677164527393},{"type":"start","time":1677164608594},{"type":"stop","time":1677164619464},{"type":"start","time":1677164674224},{"type":"stop","time":1677164705624},{"type":"start","time":1677164820863},{"type":"stop","time":1677164885288},{"type":"start","time":1677164965901},{"type":"stop","time":1677164968626}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1744621489401,"timeWatchM":18159,"timeWatchW":4316,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"ea1410c9","watches":[{"actions":[{"type":"start","time":1744621450668},{"type":"stop","time":1744621468827}]},{"actions":[{"type":"start","time":1744621484193},{"type":"stop","time":1744621488509}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E335">
-        <v>51524</v>
+        <v>18159</v>
       </c>
       <c r="F335">
-        <v>198263</v>
+        <v>4316</v>
       </c>
       <c r="G335">
         <v>0</v>
       </c>
       <c r="H335">
         <v>1</v>
       </c>
       <c r="I335">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J335">
         <v>0</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
         <v>334</v>
       </c>
       <c r="B336" s="2">
-        <v>20240504100513</v>
+        <v>20230911172342</v>
       </c>
       <c r="C336" s="2">
-        <v>1714819495915</v>
+        <v>1694453359905</v>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>{"lastSave":1714819495915,"timeWatchM":4513,"timeWatchW":5898,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"f8e34099","watches":[{"actions":[{"type":"start","time":1714819426965},{"type":"stop","time":1714819431478}]},{"actions":[{"type":"start","time":1714819446846},{"type":"stop","time":1714819451345},{"type":"start","time":1714819451346},{"type":"stop","time":1714819452745}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1694453359905,"timeWatchM":269693,"timeWatchW":68106,"timeWatchD":0,"countWatchM":22,"countWatchW":11,"countWatchD":0,"id":"ea2a4691","watches":[{"actions":[{"type":"start","time":1694453022082},{"type":"stop","time":1694453072015},{"type":"start","time":1694453072017},{"type":"stop","time":1694453089391},{"type":"start","time":1694453090637},{"type":"stop","time":1694453101188},{"type":"start","time":1694453103649},{"type":"stop","time":1694453114716},{"type":"start","time":1694453119106},{"type":"stop","time":1694453123318},{"type":"start","time":1694453149831},{"type":"stop","time":1694453152836},{"type":"start","time":1694453152836},{"type":"stop","time":1694453158555},{"type":"start","time":1694453170787},{"type":"stop","time":1694453172052},{"type":"start","time":1694453172052},{"type":"stop","time":1694453194042},{"type":"start","time":1694453194042},{"type":"stop","time":1694453194413},{"type":"start","time":1694453194414},{"type":"stop","time":1694453200417},{"type":"start","time":1694453213169},{"type":"stop","time":1694453213454},{"type":"start","time":1694453213455},{"type":"stop","time":1694453214541},{"type":"start","time":1694453215489},{"type":"stop","time":1694453226256},{"type":"start","time":1694453231028},{"type":"stop","time":1694453246333},{"type":"start","time":1694453246334},{"type":"stop","time":1694453256601},{"type":"start","time":1694453256601},{"type":"stop","time":1694453265664},{"type":"start","time":1694453265665},{"type":"stop","time":1694453271556},{"type":"start","time":1694453274363},{"type":"stop","time":1694453319512},{"type":"start","time":1694453319513},{"type":"stop","time":1694453321439},{"type":"start","time":1694453321440},{"type":"stop","time":1694453344470},{"type":"start","time":1694453344471},{"type":"stop","time":1694453359905}]},{"actions":[{"type":"start","time":1694453089392},{"type":"stop","time":1694453090636},{"type":"start","time":1694453101189},{"type":"stop","time":1694453103649},{"type":"start","time":1694453114717},{"type":"stop","time":1694453119106},{"type":"start","time":1694453123319},{"type":"stop","time":1694453126042},{"type":"start","time":1694453126044},{"type":"stop","time":1694453149830},{"type":"start","time":1694453158556},{"type":"stop","time":1694453170786},{"type":"start","time":1694453200418},{"type":"stop","time":1694453213169},{"type":"start","time":1694453214541},{"type":"stop","time":1694453215488},{"type":"start","time":1694453226256},{"type":"stop","time":1694453231027},{"type":"start","time":1694453271556},{"type":"stop","time":1694453271998},{"type":"start","time":1694453271999},{"type":"stop","time":1694453274362}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E336">
-        <v>4513</v>
+        <v>269693</v>
       </c>
       <c r="F336">
-        <v>5898</v>
+        <v>68106</v>
       </c>
       <c r="G336">
         <v>0</v>
       </c>
       <c r="H336">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="I336">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="J336">
         <v>0</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
         <v>335</v>
       </c>
       <c r="B337" s="2">
-        <v>20240920180052</v>
+        <v>20250315125901</v>
       </c>
       <c r="C337" s="2">
-        <v>1726855298714</v>
+        <v>1742043963810</v>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>{"lastSave":1726855298714,"timeWatchM":25898,"timeWatchW":8068,"timeWatchD":0,"countWatchM":5,"countWatchW":1,"countWatchD":0,"id":"f936ca4b","watches":[{"actions":[{"type":"start","time":1726855251767},{"type":"stop","time":1726855268052},{"type":"start","time":1726855268054},{"type":"stop","time":1726855269885},{"type":"start","time":1726855269887},{"type":"stop","time":1726855271092},{"type":"start","time":1726855271094},{"type":"stop","time":1726855272578},{"type":"start","time":1726855272580},{"type":"stop","time":1726855277673}]},{"actions":[{"type":"start","time":1726855285485},{"type":"stop","time":1726855293553}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742043963810,"timeWatchM":0,"timeWatchW":421126,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"ea81e40e","watches":[{"actions":[]},{"actions":[{"type":"start","time":1742043541534},{"type":"stop","time":1742043962660}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E337">
-        <v>25898</v>
+        <v>0</v>
       </c>
       <c r="F337">
-        <v>8068</v>
+        <v>421126</v>
       </c>
       <c r="G337">
         <v>0</v>
       </c>
       <c r="H337">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I337">
         <v>1</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
         <v>336</v>
       </c>
       <c r="B338" s="2">
-        <v>20250923180754</v>
+        <v>20241030180659</v>
       </c>
       <c r="C338" s="2">
-        <v>1758650988042</v>
+        <v>1730315320928</v>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>{"lastSave":1758650988042,"timeWatchM":114018,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"f9d0f1cf","watches":[{"actions":[{"type":"start","time":1758650874024},{"type":"stop","time":1758650988042}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1730315320928,"timeWatchM":389360,"timeWatchW":2088850,"timeWatchD":24139,"countWatchM":14,"countWatchW":21,"countWatchD":2,"id":"eaaaccd6","watches":[{"actions":[{"type":"start","time":1730311687339},{"type":"stop","time":1730311695377},{"type":"start","time":1730311695378},{"type":"stop","time":1730311714897},{"type":"start","time":1730311714899},{"type":"stop","time":1730311730206},{"type":"start","time":1730311745014},{"type":"stop","time":1730311760433},{"type":"start","time":1730311760435},{"type":"stop","time":1730311762756},{"type":"start","time":1730311772091},{"type":"stop","time":1730311788881},{"type":"start","time":1730311924837},{"type":"stop","time":1730311949205},{"type":"start","time":1730314085500},{"type":"stop","time":1730314157255},{"type":"start","time":1730314257984},{"type":"stop","time":1730314285051},{"type":"start","time":1730314330665},{"type":"stop","time":1730314351327},{"type":"start","time":1730314579027},{"type":"stop","time":1730314605785},{"type":"start","time":1730314791804},{"type":"stop","time":1730314796232},{"type":"start","time":1730315048270},{"type":"stop","time":1730315054001},{"type":"start","time":1730315143349},{"type":"stop","time":1730315274546}]},{"actions":[{"type":"start","time":1730311619163},{"type":"stop","time":1730311672271},{"type":"start","time":1730311672273},{"type":"stop","time":1730311676348},{"type":"start","time":1730311676349},{"type":"stop","time":1730311687338},{"type":"start","time":1730311788882},{"type":"stop","time":1730311924836},{"type":"start","time":1730311949207},{"type":"stop","time":1730311984680},{"type":"start","time":1730311984681},{"type":"stop","time":1730312018315},{"type":"start","time":1730312018316},{"type":"stop","time":1730312656388},{"type":"start","time":1730312656390},{"type":"stop","time":1730312806175},{"type":"start","time":1730312806176},{"type":"stop","time":1730312819420},{"type":"start","time":1730313964613},{"type":"stop","time":1730314085499},{"type":"start","time":1730314157256},{"type":"stop","time":1730314257983},{"type":"start","time":1730314285052},{"type":"stop","time":1730314330663},{"type":"start","time":1730314351329},{"type":"stop","time":1730314372892},{"type":"start","time":1730314392825},{"type":"stop","time":1730314579024},{"type":"start","time":1730314605787},{"type":"stop","time":1730314791803},{"type":"start","time":1730314796233},{"type":"stop","time":1730314813522},{"type":"start","time":1730314813523},{"type":"stop","time":1730314884276},{"type":"start","time":1730314884277},{"type":"stop","time":1730314975893},{"type":"start","time":1730314975894},{"type":"stop","time":1730315048269},{"type":"start","time":1730315054002},{"type":"stop","time":1730315143347},{"type":"start","time":1730315274547},{"type":"stop","time":1730315286683}]},{"actions":[{"type":"start","time":1730311730207},{"type":"stop","time":1730311745013},{"type":"start","time":1730311762757},{"type":"stop","time":1730311772090}]}]}</t>
         </is>
       </c>
       <c r="E338">
-        <v>114018</v>
+        <v>389360</v>
       </c>
       <c r="F338">
-        <v>0</v>
+        <v>2088850</v>
       </c>
       <c r="G338">
-        <v>0</v>
+        <v>24139</v>
       </c>
       <c r="H338">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="I338">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="J338">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
         <v>337</v>
       </c>
       <c r="B339" s="2">
-        <v>20230707171717</v>
+        <v>20240516185031</v>
       </c>
       <c r="C339" s="2">
-        <v>1688750241035</v>
+        <v>1715886275114</v>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>{"lastSave":1688750241035,"timeWatchM":0,"timeWatchW":5005,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"fb037229","watches":[{"actions":[]},{"actions":[{"type":"start","time":1688750236030},{"type":"stop","time":1688750241035}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1715886275114,"timeWatchM":10533,"timeWatchW":27403,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"eaf2333e","watches":[{"actions":[{"type":"start","time":1715886261729},{"type":"stop","time":1715886272262}]},{"actions":[{"type":"start","time":1715886229810},{"type":"stop","time":1715886257213}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E339">
-        <v>0</v>
+        <v>10533</v>
       </c>
       <c r="F339">
-        <v>5005</v>
+        <v>27403</v>
       </c>
       <c r="G339">
         <v>0</v>
       </c>
       <c r="H339">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I339">
         <v>1</v>
       </c>
       <c r="J339">
         <v>0</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
         <v>338</v>
       </c>
       <c r="B340" s="2">
-        <v>20240505171204</v>
+        <v>20230215160123</v>
       </c>
       <c r="C340" s="2">
-        <v>1714929166304</v>
+        <v>1676476901017</v>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>{"lastSave":1714929166304,"timeWatchM":0,"timeWatchW":0,"timeWatchD":2763,"countWatchM":0,"countWatchW":0,"countWatchD":1,"id":"fb75e7c0","watches":[{"actions":[]},{"actions":[]},{"actions":[{"type":"start","time":1714929163541},{"type":"stop","time":1714929166304}]}]}</t>
+          <t>{"lastSave":1676476901017,"timeWatchM":1518,"timeWatchW":0,"timeWatchD":1957,"countWatchM":4,"countWatchW":0,"countWatchD":1,"id":"eb14a59d","watches":[{"actions":[{"type":"start","time":1676476899496},{"type":"stop","time":1676476899624},{"type":"start","time":1676476899625},{"type":"stop","time":1676476899755},{"type":"start","time":1676476899756},{"type":"stop","time":1676476899871},{"type":"start","time":1676476899872},{"type":"stop","time":1676476901017}]},{"actions":[]},{"actions":[{"type":"start","time":1676476883371},{"type":"stop","time":1676476885328}]}]}</t>
         </is>
       </c>
       <c r="E340">
-        <v>0</v>
+        <v>1518</v>
       </c>
       <c r="F340">
         <v>0</v>
       </c>
       <c r="G340">
-        <v>2763</v>
+        <v>1957</v>
       </c>
       <c r="H340">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I340">
         <v>0</v>
       </c>
       <c r="J340">
         <v>1</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
         <v>339</v>
       </c>
       <c r="B341" s="2">
-        <v>20250623174804</v>
+        <v>20230905112324</v>
       </c>
       <c r="C341" s="2">
-        <v>1750958044356</v>
+        <v>1693913003883</v>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>{"lastSave":1750958044356,"timeWatchM":657341,"timeWatchW":306262,"timeWatchD":0,"countWatchM":12,"countWatchW":6,"countWatchD":0,"id":"fc248f17","watches":[{"actions":[{"type":"start","time":1750700884081},{"type":"stop","time":1750700940287},{"type":"start","time":1750700972573},{"type":"stop","time":1750701035575},{"type":"start","time":1750701093946},{"type":"stop","time":1750701143165},{"type":"start","time":1750701341458},{"type":"stop","time":1750701421612},{"type":"start","time":1750701467583},{"type":"stop","time":1750701482515},{"type":"start","time":1750701506451},{"type":"stop","time":1750701657621},{"type":"start","time":1750702517004},{"type":"stop","time":1750702518051},{"type":"start","time":1750702518052},{"type":"stop","time":1750702520401},{"type":"start","time":1750702645145},{"type":"stop","time":1750702691072},{"type":"start","time":1750702712692},{"type":"stop","time":1750702762310},{"type":"start","time":1750702801496},{"type":"stop","time":1750702812665},{"type":"start","time":1750702821347},{"type":"stop","time":1750702953895}]},{"actions":[{"type":"start","time":1750700963489},{"type":"stop","time":1750700971672},{"type":"start","time":1750701046944},{"type":"stop","time":1750701093945},{"type":"start","time":1750701143167},{"type":"stop","time":1750701200820},{"type":"start","time":1750701208704},{"type":"stop","time":1750701240568},{"type":"start","time":1750702520785},{"type":"stop","time":1750702645144},{"type":"start","time":1750702764293},{"type":"stop","time":1750702801495}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1693913003883,"timeWatchM":0,"timeWatchW":0,"timeWatchD":0,"countWatchM":0,"countWatchW":0,"countWatchD":0.5,"id":"ed20207e","watches":[{"actions":[]},{"actions":[]},{"actions":[{"type":"start","time":1693913003883}]}]}</t>
         </is>
       </c>
       <c r="E341">
-        <v>657341</v>
+        <v>0</v>
       </c>
       <c r="F341">
-        <v>306262</v>
+        <v>0</v>
       </c>
       <c r="G341">
         <v>0</v>
       </c>
       <c r="H341">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="I341">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J341">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
         <v>340</v>
       </c>
       <c r="B342" s="2">
-        <v>20230909073445</v>
+        <v>20231119104736</v>
       </c>
       <c r="C342" s="2">
-        <v>1694245053135</v>
+        <v>1700392121623</v>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>{"lastSave":1694245053135,"timeWatchM":0,"timeWatchW":166747,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"fca08e6a","watches":[{"actions":[]},{"actions":[{"type":"start","time":1694244886388},{"type":"stop","time":1694245053135}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1700392121623,"timeWatchM":2150,"timeWatchW":1129754,"timeWatchD":0,"countWatchM":1,"countWatchW":39,"countWatchD":0,"id":"ed4a1fa1","watches":[{"actions":[{"type":"start","time":1700391340541},{"type":"stop","time":1700391342691}]},{"actions":[{"type":"start","time":1700390867419},{"type":"stop","time":1700390894216},{"type":"start","time":1700390895511},{"type":"stop","time":1700391033950},{"type":"start","time":1700391035136},{"type":"stop","time":1700391060533},{"type":"start","time":1700391062588},{"type":"stop","time":1700391066636},{"type":"start","time":1700391066637},{"type":"stop","time":1700391067919},{"type":"start","time":1700391069014},{"type":"stop","time":1700391172651},{"type":"start","time":1700391174418},{"type":"stop","time":1700391209944},{"type":"start","time":1700391210975},{"type":"stop","time":1700391224743},{"type":"start","time":1700391225808},{"type":"stop","time":1700391266978},{"type":"start","time":1700391269828},{"type":"stop","time":1700391285727},{"type":"start","time":1700391286706},{"type":"stop","time":1700391301285},{"type":"start","time":1700391305395},{"type":"stop","time":1700391339255},{"type":"start","time":1700391344724},{"type":"stop","time":1700391350766},{"type":"start","time":1700391356981},{"type":"stop","time":1700391360429},{"type":"start","time":1700391361331},{"type":"stop","time":1700391400925},{"type":"start","time":1700391402910},{"type":"stop","time":1700391448247},{"type":"start","time":1700391452276},{"type":"stop","time":1700391474784},{"type":"start","time":1700391474785},{"type":"stop","time":1700391476615},{"type":"start","time":1700391477625},{"type":"stop","time":1700391505213},{"type":"start","time":1700391506501},{"type":"stop","time":1700391513509},{"type":"start","time":1700391514686},{"type":"stop","time":1700391589116},{"type":"start","time":1700391596849},{"type":"stop","time":1700391644760},{"type":"start","time":1700391645882},{"type":"stop","time":1700391673148},{"type":"start","time":1700391673149},{"type":"stop","time":1700391674250},{"type":"start","time":1700391711486},{"type":"stop","time":1700391755816},{"type":"start","time":1700391760367},{"type":"stop","time":1700391768979},{"type":"start","time":1700391771976},{"type":"stop","time":1700391779806},{"type":"start","time":1700391787036},{"type":"stop","time":1700391804492},{"type":"start","time":1700391805544},{"type":"stop","time":1700391817511},{"type":"start","time":1700391817512},{"type":"stop","time":1700391857542},{"type":"start","time":1700391858392},{"type":"stop","time":1700391882137},{"type":"start","time":1700391882983},{"type":"stop","time":1700391908153},{"type":"start","time":1700391914425},{"type":"stop","time":1700391951556},{"type":"start","time":1700391952620},{"type":"stop","time":1700391986487},{"type":"start","time":1700391986488},{"type":"stop","time":1700391988038},{"type":"start","time":1700391988040},{"type":"stop","time":1700392008005},{"type":"start","time":1700392008007},{"type":"stop","time":1700392008751},{"type":"start","time":1700392008753},{"type":"stop","time":1700392102358},{"type":"start","time":1700392102359},{"type":"stop","time":1700392107646}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E342">
-        <v>0</v>
+        <v>2150</v>
       </c>
       <c r="F342">
-        <v>166747</v>
+        <v>1129754</v>
       </c>
       <c r="G342">
         <v>0</v>
       </c>
       <c r="H342">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I342">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="J342">
         <v>0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
         <v>341</v>
       </c>
       <c r="B343" s="2">
-        <v>20231120182148</v>
+        <v>20250821172237</v>
       </c>
       <c r="C343" s="2">
-        <v>1700504581367</v>
+        <v>1755797328277</v>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>{"lastSave":1700504581367,"timeWatchM":22717,"timeWatchW":5465,"timeWatchD":0,"countWatchM":4,"countWatchW":1,"countWatchD":0,"id":"fca39f95","watches":[{"actions":[{"type":"start","time":1700504508205},{"type":"stop","time":1700504513904},{"type":"start","time":1700504533366},{"type":"stop","time":1700504547494},{"type":"start","time":1700504547495},{"type":"stop","time":1700504549499},{"type":"start","time":1700504549501},{"type":"stop","time":1700504550387}]},{"actions":[{"type":"start","time":1700504513905},{"type":"stop","time":1700504519370}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1755797328277,"timeWatchM":0,"timeWatchW":366041,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"ee039387","watches":[{"actions":[]},{"actions":[{"type":"start","time":1755796955986},{"type":"stop","time":1755797322027}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E343">
-        <v>22717</v>
+        <v>0</v>
       </c>
       <c r="F343">
-        <v>5465</v>
+        <v>366041</v>
       </c>
       <c r="G343">
         <v>0</v>
       </c>
       <c r="H343">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I343">
         <v>1</v>
       </c>
       <c r="J343">
         <v>0</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
         <v>342</v>
       </c>
       <c r="B344" s="2">
-        <v>20230215160156</v>
+        <v>20250923181454</v>
       </c>
       <c r="C344" s="2">
-        <v>1676477568839</v>
+        <v>1758651304911</v>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>{"lastSave":1676477568839,"timeWatchM":12640,"timeWatchW":0,"timeWatchD":1611,"countWatchM":2,"countWatchW":0,"countWatchD":1,"id":"fdcf75cf","watches":[{"actions":[{"type":"start","time":1676476917973},{"type":"stop","time":1676476924151},{"type":"start","time":1676476940228},{"type":"stop","time":1676476946690}]},{"actions":[]},{"actions":[{"type":"start","time":1676476916361},{"type":"stop","time":1676476917972}]}]}</t>
+          <t>{"lastSave":1758651304911,"timeWatchM":0,"timeWatchW":10616,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"ee9dc50d","watches":[{"actions":[]},{"actions":[{"type":"start","time":1758651294295},{"type":"stop","time":1758651304911}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E344">
-        <v>12640</v>
+        <v>0</v>
       </c>
       <c r="F344">
-        <v>0</v>
+        <v>10616</v>
       </c>
       <c r="G344">
-        <v>1611</v>
+        <v>0</v>
       </c>
       <c r="H344">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I344">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J344">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
         <v>343</v>
       </c>
       <c r="B345" s="2">
-        <v>20240324095803</v>
+        <v>20240301195045</v>
       </c>
       <c r="C345" s="2">
-        <v>1711271198797</v>
+        <v>1709325251543</v>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>{"lastSave":1711271198797,"timeWatchM":132321,"timeWatchW":534549,"timeWatchD":0,"countWatchM":2,"countWatchW":7,"countWatchD":0,"id":"fe114bf0","watches":[{"actions":[{"type":"start","time":1711270960163},{"type":"stop","time":1711271002422},{"type":"start","time":1711271013325},{"type":"stop","time":1711271103387}]},{"actions":[{"type":"start","time":1711270455765},{"type":"stop","time":1711270563704},{"type":"start","time":1711270564855},{"type":"stop","time":1711270689445},{"type":"start","time":1711270761844},{"type":"stop","time":1711270769688},{"type":"start","time":1711270769690},{"type":"stop","time":1711270959377},{"type":"start","time":1711271003106},{"type":"stop","time":1711271012656},{"type":"start","time":1711271103855},{"type":"stop","time":1711271147251},{"type":"start","time":1711271147253},{"type":"stop","time":1711271198796}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1709325251543,"timeWatchM":1300809,"timeWatchW":974954,"timeWatchD":0,"countWatchM":13,"countWatchW":18,"countWatchD":0,"id":"eef45ecd","watches":[{"actions":[{"type":"start","time":1709322645171},{"type":"stop","time":1709323202347},{"type":"start","time":1709323409186},{"type":"stop","time":1709323460631},{"type":"start","time":1709323486152},{"type":"stop","time":1709323503634},{"type":"start","time":1709323503636},{"type":"stop","time":1709323508613},{"type":"start","time":1709323954325},{"type":"stop","time":1709323961761},{"type":"start","time":1709323961764},{"type":"stop","time":1709323963925},{"type":"start","time":1709324233275},{"type":"stop","time":1709324618673},{"type":"start","time":1709324649074},{"type":"stop","time":1709324735691},{"type":"start","time":1709324769095},{"type":"stop","time":1709324778637},{"type":"start","time":1709324817758},{"type":"stop","time":1709324883690},{"type":"start","time":1709324912062},{"type":"stop","time":1709324982086},{"type":"start","time":1709325051236},{"type":"stop","time":1709325061866},{"type":"start","time":1709325133321},{"type":"stop","time":1709325165310}]},{"actions":[{"type":"start","time":1709323250910},{"type":"stop","time":1709323277757},{"type":"start","time":1709323283607},{"type":"stop","time":1709323406633},{"type":"start","time":1709323461532},{"type":"stop","time":1709323485303},{"type":"start","time":1709323516688},{"type":"stop","time":1709323732781},{"type":"start","time":1709323733740},{"type":"stop","time":1709323946228},{"type":"start","time":1709323967229},{"type":"stop","time":1709323974057},{"type":"start","time":1709323982569},{"type":"stop","time":1709324007941},{"type":"start","time":1709324007944},{"type":"stop","time":1709324037683},{"type":"start","time":1709324056183},{"type":"stop","time":1709324149143},{"type":"start","time":1709324619246},{"type":"stop","time":1709324631453},{"type":"start","time":1709324736268},{"type":"stop","time":1709324767296},{"type":"start","time":1709324884124},{"type":"stop","time":1709324909061},{"type":"start","time":1709325003228},{"type":"stop","time":1709325030319},{"type":"start","time":1709325064155},{"type":"stop","time":1709325107202},{"type":"start","time":1709325107975},{"type":"stop","time":1709325126969},{"type":"start","time":1709325170977},{"type":"stop","time":1709325222660},{"type":"start","time":1709325242696},{"type":"stop","time":1709325248343},{"type":"start","time":1709325248346},{"type":"stop","time":1709325251542}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E345">
-        <v>132321</v>
+        <v>1300809</v>
       </c>
       <c r="F345">
-        <v>534549</v>
+        <v>974954</v>
       </c>
       <c r="G345">
         <v>0</v>
       </c>
       <c r="H345">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="I345">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="J345">
         <v>0</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
         <v>344</v>
       </c>
       <c r="B346" s="2">
-        <v>20250923170424</v>
+        <v>20250109200643</v>
       </c>
       <c r="C346" s="2">
-        <v>1758647103351</v>
+        <v>1736495104629</v>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>{"lastSave":1758647103351,"timeWatchM":39483,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"febfc128","watches":[{"actions":[{"type":"start","time":1758647063868},{"type":"stop","time":1758647103351}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1736495104629,"timeWatchM":54159,"timeWatchW":131960,"timeWatchD":0,"countWatchM":5,"countWatchW":5,"countWatchD":0,"id":"ef4091e5","watches":[{"actions":[{"type":"start","time":1736453203148},{"type":"stop","time":1736453225538},{"type":"start","time":1736453225539},{"type":"stop","time":1736453233539},{"type":"start","time":1736453233541},{"type":"stop","time":1736453248749},{"type":"start","time":1736453321673},{"type":"stop","time":1736453329059},{"type":"start","time":1736453330209},{"type":"stop","time":1736453331384}]},{"actions":[{"type":"start","time":1736453250788},{"type":"stop","time":1736453320026},{"type":"start","time":1736453329060},{"type":"stop","time":1736453330208},{"type":"start","time":1736453331385},{"type":"stop","time":1736453371970},{"type":"start","time":1736453418104},{"type":"stop","time":1736453429244},{"type":"start","time":1736453430487},{"type":"stop","time":1736453440336}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E346">
-        <v>39483</v>
+        <v>54159</v>
       </c>
       <c r="F346">
-        <v>0</v>
+        <v>131960</v>
       </c>
       <c r="G346">
         <v>0</v>
       </c>
       <c r="H346">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I346">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J346">
         <v>0</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
         <v>345</v>
       </c>
       <c r="B347" s="2">
-        <v>20250923181507</v>
+        <v>20250325201437</v>
       </c>
       <c r="C347" s="2">
-        <v>1758651335962</v>
+        <v>1742933763133</v>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>{"lastSave":1758651335962,"timeWatchM":28448,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"ff81da74","watches":[{"actions":[{"type":"start","time":1758651307514},{"type":"stop","time":1758651335962}]},{"actions":[]},{"actions":[]}]}</t>
+          <t>{"lastSave":1742933763133,"timeWatchM":50282,"timeWatchW":35818,"timeWatchD":0,"countWatchM":1,"countWatchW":1,"countWatchD":0,"id":"ef727198","watches":[{"actions":[{"type":"start","time":1742933677032},{"type":"stop","time":1742933727314}]},{"actions":[{"type":"start","time":1742933727315},{"type":"stop","time":1742933763133}]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E347">
-        <v>28448</v>
+        <v>50282</v>
       </c>
       <c r="F347">
-        <v>0</v>
+        <v>35818</v>
       </c>
       <c r="G347">
         <v>0</v>
       </c>
       <c r="H347">
         <v>1</v>
       </c>
       <c r="I347">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J347">
         <v>0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
         <v>346</v>
       </c>
       <c r="B348" s="2">
-        <v>20230306181847</v>
+        <v>20231108081903</v>
       </c>
       <c r="C348" s="2">
-        <v>1680380015466</v>
+        <v>1699431574322</v>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>{"lastSave":1680380015466,"timeWatchM":570037,"timeWatchW":482117,"timeWatchD":0,"countWatchM":13,"countWatchW":11,"countWatchD":0,"id":"ffb290e3","watches":[{"actions":[{"type":"start","time":1680377350411},{"type":"stop","time":1680377397381},{"type":"start","time":1680377403323},{"type":"stop","time":1680377436876},{"type":"start","time":1680377471730},{"type":"stop","time":1680377488879},{"type":"start","time":1680377665490},{"type":"stop","time":1680377740740},{"type":"start","time":1680377859108},{"type":"stop","time":1680377861868},{"type":"start","time":1680377883214},{"type":"stop","time":1680377890388},{"type":"start","time":1680377890391},{"type":"stop","time":1680378001138},{"type":"start","time":1680378001142},{"type":"stop","time":1680378013863},{"type":"start","time":1680378013866},{"type":"stop","time":1680378052009},{"type":"start","time":1680378168140},{"type":"stop","time":1680378236024},{"type":"start","time":1680378239838},{"type":"stop","time":1680378355907},{"type":"start","time":1680378366963},{"type":"stop","time":1680378386276},{"type":"start","time":1680378386279},{"type":"stop","time":1680378408583}]},{"actions":[{"type":"start","time":1680377436879},{"type":"stop","time":1680377471726},{"type":"start","time":1680377488882},{"type":"stop","time":1680377539605},{"type":"start","time":1680377539608},{"type":"stop","time":1680377665485},{"type":"start","time":1680377740744},{"type":"stop","time":1680377800144},{"type":"start","time":1680377800148},{"type":"stop","time":1680377859105},{"type":"start","time":1680377861870},{"type":"stop","time":1680377883211},{"type":"start","time":1680378052012},{"type":"stop","time":1680378084956},{"type":"start","time":1680378084959},{"type":"stop","time":1680378111234},{"type":"start","time":1680378111237},{"type":"stop","time":1680378168136},{"type":"start","time":1680378236028},{"type":"stop","time":1680378239835},{"type":"start","time":1680378355912},{"type":"stop","time":1680378366959}]},{"actions":[]}]}</t>
+          <t>{"lastSave":1699431574322,"timeWatchM":31334,"timeWatchW":0,"timeWatchD":0,"countWatchM":3,"countWatchW":0,"countWatchD":0,"id":"efdd2449","watches":[{"actions":[{"type":"start","time":1699431542986},{"type":"stop","time":1699431551651},{"type":"start","time":1699431551652},{"type":"stop","time":1699431553253},{"type":"start","time":1699431553254},{"type":"stop","time":1699431574322}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
       <c r="E348">
-        <v>570037</v>
+        <v>31334</v>
       </c>
       <c r="F348">
-        <v>482117</v>
+        <v>0</v>
       </c>
       <c r="G348">
         <v>0</v>
       </c>
       <c r="H348">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="I348">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="J348">
         <v>0</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
         <v>347</v>
       </c>
       <c r="B349" s="2">
+        <v>20250818174343</v>
+      </c>
+      <c r="C349" s="2">
+        <v>1755545761733</v>
+      </c>
+      <c r="D349" t="inlineStr">
+        <is>
+          <t>{"lastSave":1755545761733,"timeWatchM":848156,"timeWatchW":142420,"timeWatchD":2682591,"countWatchM":16,"countWatchW":4,"countWatchD":26,"id":"f14e9e7b","watches":[{"actions":[{"type":"start","time":1755539044238},{"type":"stop","time":1755539125955},{"type":"start","time":1755539158586},{"type":"stop","time":1755539194427},{"type":"start","time":1755539194429},{"type":"stop","time":1755539203597},{"type":"start","time":1755539382644},{"type":"stop","time":1755539390459},{"type":"start","time":1755539633211},{"type":"stop","time":1755539654310},{"type":"start","time":1755541608288},{"type":"stop","time":1755541638623},{"type":"start","time":1755541811598},{"type":"stop","time":1755541833812},{"type":"start","time":1755541833814},{"type":"stop","time":1755541909143},{"type":"start","time":1755542144160},{"type":"stop","time":1755542152067},{"type":"start","time":1755542242780},{"type":"stop","time":1755542270371},{"type":"start","time":1755542270374},{"type":"stop","time":1755542318362},{"type":"start","time":1755542401059},{"type":"stop","time":1755542421039},{"type":"start","time":1755542471092},{"type":"stop","time":1755542493516},{"type":"start","time":1755545071235},{"type":"stop","time":1755545347870},{"type":"start","time":1755545347872},{"type":"stop","time":1755545497247},{"type":"start","time":1755545501566},{"type":"stop","time":1755545514304}]},{"actions":[{"type":"start","time":1755539438641},{"type":"stop","time":1755539489338},{"type":"start","time":1755542152069},{"type":"stop","time":1755542187592},{"type":"start","time":1755542448814},{"type":"stop","time":1755542471089},{"type":"start","time":1755545712451},{"type":"stop","time":1755545746376}]},{"actions":[{"type":"start","time":1755539023055},{"type":"stop","time":1755539031629},{"type":"start","time":1755539031631},{"type":"stop","time":1755539044236},{"type":"start","time":1755539125956},{"type":"stop","time":1755539158583},{"type":"start","time":1755539203599},{"type":"stop","time":1755539299473},{"type":"start","time":1755539299475},{"type":"stop","time":1755539382642},{"type":"start","time":1755539390461},{"type":"stop","time":1755539438639},{"type":"start","time":1755539489340},{"type":"stop","time":1755539501675},{"type":"start","time":1755539501677},{"type":"stop","time":1755539633209},{"type":"start","time":1755539654312},{"type":"stop","time":1755540000068},{"type":"start","time":1755541591162},{"type":"stop","time":1755541608285},{"type":"start","time":1755541638625},{"type":"stop","time":1755541694033},{"type":"start","time":1755541694038},{"type":"stop","time":1755541799962},{"type":"start","time":1755541909145},{"type":"stop","time":1755542011749},{"type":"start","time":1755542053492},{"type":"stop","time":1755542144155},{"type":"start","time":1755542187594},{"type":"stop","time":1755542242778},{"type":"start","time":1755542318364},{"type":"stop","time":1755542401057},{"type":"start","time":1755542421041},{"type":"stop","time":1755542427820},{"type":"start","time":1755542493517},{"type":"stop","time":1755542512913},{"type":"start","time":1755542512915},{"type":"stop","time":1755542534027},{"type":"start","time":1755542534029},{"type":"stop","time":1755542542959},{"type":"start","time":1755543942912},{"type":"stop","time":1755544674731},{"type":"start","time":1755544674734},{"type":"stop","time":1755545071233},{"type":"start","time":1755545497250},{"type":"stop","time":1755545501564},{"type":"start","time":1755545514307},{"type":"stop","time":1755545582432},{"type":"start","time":1755545582434},{"type":"stop","time":1755545712449},{"type":"start","time":1755545746378},{"type":"stop","time":1755545761733}]}]}</t>
+        </is>
+      </c>
+      <c r="E349">
+        <v>848156</v>
+      </c>
+      <c r="F349">
+        <v>142420</v>
+      </c>
+      <c r="G349">
+        <v>2682591</v>
+      </c>
+      <c r="H349">
+        <v>16</v>
+      </c>
+      <c r="I349">
+        <v>4</v>
+      </c>
+      <c r="J349">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="s">
+        <v>348</v>
+      </c>
+      <c r="B350" s="2">
+        <v>20230703212441</v>
+      </c>
+      <c r="C350" s="2">
+        <v>1688419526175</v>
+      </c>
+      <c r="D350" t="inlineStr">
+        <is>
+          <t>{"lastSave":1688419526175,"timeWatchM":16711,"timeWatchW":12562,"timeWatchD":7934,"countWatchM":3,"countWatchW":2,"countWatchD":1,"id":"f1dfec7a","watches":[{"actions":[{"type":"start","time":1688419481609},{"type":"stop","time":1688419486989},{"type":"start","time":1688419493896},{"type":"stop","time":1688419503157},{"type":"start","time":1688419524105},{"type":"stop","time":1688419526175}]},{"actions":[{"type":"start","time":1688419503608},{"type":"stop","time":1688419506721},{"type":"start","time":1688419514656},{"type":"stop","time":1688419524105}]},{"actions":[{"type":"start","time":1688419506721},{"type":"stop","time":1688419514655}]}]}</t>
+        </is>
+      </c>
+      <c r="E350">
+        <v>16711</v>
+      </c>
+      <c r="F350">
+        <v>12562</v>
+      </c>
+      <c r="G350">
+        <v>7934</v>
+      </c>
+      <c r="H350">
+        <v>3</v>
+      </c>
+      <c r="I350">
+        <v>2</v>
+      </c>
+      <c r="J350">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" t="s">
+        <v>349</v>
+      </c>
+      <c r="B351" s="2">
+        <v>20250414090508</v>
+      </c>
+      <c r="C351" s="2">
+        <v>1744621521706</v>
+      </c>
+      <c r="D351" t="inlineStr">
+        <is>
+          <t>{"lastSave":1744621521706,"timeWatchM":12925,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"f2949d88","watches":[{"actions":[{"type":"start","time":1744621508051},{"type":"stop","time":1744621520976}]},{"actions":[]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E351">
+        <v>12925</v>
+      </c>
+      <c r="F351">
+        <v>0</v>
+      </c>
+      <c r="G351">
+        <v>0</v>
+      </c>
+      <c r="H351">
+        <v>1</v>
+      </c>
+      <c r="I351">
+        <v>0</v>
+      </c>
+      <c r="J351">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" t="s">
+        <v>350</v>
+      </c>
+      <c r="B352" s="2">
+        <v>20250109190604</v>
+      </c>
+      <c r="C352" s="2">
+        <v>1736449788060</v>
+      </c>
+      <c r="D352" t="inlineStr">
+        <is>
+          <t>{"lastSave":1736449788060,"timeWatchM":154003,"timeWatchW":46374,"timeWatchD":0,"countWatchM":11,"countWatchW":5,"countWatchD":0,"id":"f2b68dad","watches":[{"actions":[{"type":"start","time":1736449566608},{"type":"stop","time":1736449620102},{"type":"start","time":1736449620103},{"type":"stop","time":1736449621248},{"type":"start","time":1736449672618},{"type":"stop","time":1736449696039},{"type":"start","time":1736449696040},{"type":"stop","time":1736449723789},{"type":"start","time":1736449725572},{"type":"stop","time":1736449739178},{"type":"start","time":1736449739180},{"type":"stop","time":1736449739510},{"type":"start","time":1736449739512},{"type":"stop","time":1736449752864},{"type":"start","time":1736449752865},{"type":"stop","time":1736449753247},{"type":"start","time":1736449753248},{"type":"stop","time":1736449756311},{"type":"start","time":1736449757272},{"type":"stop","time":1736449774117},{"type":"start","time":1736449786656},{"type":"stop","time":1736449787272}]},{"actions":[{"type":"start","time":1736449564174},{"type":"stop","time":1736449565828},{"type":"start","time":1736449621249},{"type":"stop","time":1736449662721},{"type":"start","time":1736449723790},{"type":"stop","time":1736449725570},{"type":"start","time":1736449756313},{"type":"stop","time":1736449757271},{"type":"start","time":1736449780391},{"type":"stop","time":1736449780901}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E352">
+        <v>154003</v>
+      </c>
+      <c r="F352">
+        <v>46374</v>
+      </c>
+      <c r="G352">
+        <v>0</v>
+      </c>
+      <c r="H352">
+        <v>11</v>
+      </c>
+      <c r="I352">
+        <v>5</v>
+      </c>
+      <c r="J352">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" t="s">
+        <v>351</v>
+      </c>
+      <c r="B353" s="2">
+        <v>20250304181537</v>
+      </c>
+      <c r="C353" s="2">
+        <v>1741116613542</v>
+      </c>
+      <c r="D353" t="inlineStr">
+        <is>
+          <t>{"lastSave":1741116613542,"timeWatchM":1094347,"timeWatchW":9077,"timeWatchD":850485,"countWatchM":30,"countWatchW":5,"countWatchD":21,"id":"f309d848","watches":[{"actions":[{"type":"start","time":1741112135273},{"type":"stop","time":1741112490702},{"type":"start","time":1741112491391},{"type":"stop","time":1741112509936},{"type":"start","time":1741112518341},{"type":"stop","time":1741112546390},{"type":"start","time":1741112547620},{"type":"stop","time":1741112554050},{"type":"start","time":1741112620474},{"type":"stop","time":1741112625992},{"type":"start","time":1741112625995},{"type":"stop","time":1741112627231},{"type":"start","time":1741114743594},{"type":"stop","time":1741114755605},{"type":"start","time":1741114755608},{"type":"stop","time":1741114756606},{"type":"start","time":1741114845123},{"type":"stop","time":1741114886734},{"type":"start","time":1741114904131},{"type":"stop","time":1741114971789},{"type":"start","time":1741114972358},{"type":"stop","time":1741114976578},{"type":"start","time":1741114977438},{"type":"stop","time":1741114985882},{"type":"start","time":1741114985886},{"type":"stop","time":1741114995039},{"type":"start","time":1741115927209},{"type":"stop","time":1741115985722},{"type":"start","time":1741115989153},{"type":"stop","time":1741115994848},{"type":"start","time":1741115995749},{"type":"stop","time":1741116023624},{"type":"start","time":1741116047797},{"type":"stop","time":1741116088644},{"type":"start","time":1741116088648},{"type":"stop","time":1741116110526},{"type":"start","time":1741116121164},{"type":"stop","time":1741116134214},{"type":"start","time":1741116139651},{"type":"stop","time":1741116145504},{"type":"start","time":1741116145806},{"type":"stop","time":1741116174619},{"type":"start","time":1741116178213},{"type":"stop","time":1741116226905},{"type":"start","time":1741116242442},{"type":"stop","time":1741116265214},{"type":"start","time":1741116290539},{"type":"stop","time":1741116305959},{"type":"start","time":1741116312229},{"type":"stop","time":1741116331852},{"type":"start","time":1741116361844},{"type":"stop","time":1741116396837},{"type":"start","time":1741116420522},{"type":"stop","time":1741116524855},{"type":"start","time":1741116524861},{"type":"stop","time":1741116569408},{"type":"start","time":1741116569411},{"type":"stop","time":1741116591943},{"type":"start","time":1741116593933},{"type":"stop","time":1741116613542}]},{"actions":[{"type":"start","time":1741114740964},{"type":"stop","time":1741114741501},{"type":"start","time":1741114741504},{"type":"stop","time":1741114742532},{"type":"start","time":1741115903988},{"type":"stop","time":1741115909542},{"type":"start","time":1741115909545},{"type":"stop","time":1741115911209},{"type":"start","time":1741116145509},{"type":"stop","time":1741116145803}]},{"actions":[{"type":"start","time":1741112512116},{"type":"stop","time":1741112516857},{"type":"start","time":1741112516860},{"type":"stop","time":1741112518337},{"type":"start","time":1741112554666},{"type":"stop","time":1741112598543},{"type":"start","time":1741112598545},{"type":"stop","time":1741112599925},{"type":"start","time":1741112631462},{"type":"stop","time":1741112641129},{"type":"start","time":1741114604617},{"type":"stop","time":1741114727556},{"type":"start","time":1741114727559},{"type":"stop","time":1741114729773},{"type":"start","time":1741114784763},{"type":"stop","time":1741114823031},{"type":"start","time":1741115079410},{"type":"stop","time":1741115113510},{"type":"start","time":1741115113513},{"type":"stop","time":1741115114297},{"type":"start","time":1741115339783},{"type":"stop","time":1741115874308},{"type":"start","time":1741115994850},{"type":"stop","time":1741115995066},{"type":"start","time":1741115995068},{"type":"stop","time":1741115995745},{"type":"start","time":1741116110529},{"type":"stop","time":1741116120741},{"type":"start","time":1741116134218},{"type":"stop","time":1741116136389},{"type":"start","time":1741116136393},{"type":"stop","time":1741116139103},{"type":"start","time":1741116174625},{"type":"stop","time":1741116178210},{"type":"start","time":1741116241109},{"type":"stop","time":1741116242438},{"type":"start","time":1741116305962},{"type":"stop","time":1741116311105},{"type":"start","time":1741116331858},{"type":"stop","time":1741116360345},{"type":"start","time":1741116591947},{"type":"stop","time":1741116593930}]}]}</t>
+        </is>
+      </c>
+      <c r="E353">
+        <v>1094347</v>
+      </c>
+      <c r="F353">
+        <v>9077</v>
+      </c>
+      <c r="G353">
+        <v>850485</v>
+      </c>
+      <c r="H353">
+        <v>30</v>
+      </c>
+      <c r="I353">
+        <v>5</v>
+      </c>
+      <c r="J353">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" t="s">
+        <v>352</v>
+      </c>
+      <c r="B354" s="2">
+        <v>20230316125737</v>
+      </c>
+      <c r="C354" s="2">
+        <v>1678971494506</v>
+      </c>
+      <c r="D354" t="inlineStr">
+        <is>
+          <t>{"lastSave":1678971494506,"timeWatchM":37203,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"f35805b2","watches":[{"actions":[{"type":"start","time":1678971457303},{"type":"stop","time":1678971494506}]},{"actions":[]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E354">
+        <v>37203</v>
+      </c>
+      <c r="F354">
+        <v>0</v>
+      </c>
+      <c r="G354">
+        <v>0</v>
+      </c>
+      <c r="H354">
+        <v>1</v>
+      </c>
+      <c r="I354">
+        <v>0</v>
+      </c>
+      <c r="J354">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" t="s">
+        <v>353</v>
+      </c>
+      <c r="B355" s="2">
+        <v>20240126180156</v>
+      </c>
+      <c r="C355" s="2">
+        <v>1706296426561</v>
+      </c>
+      <c r="D355" t="inlineStr">
+        <is>
+          <t>{"lastSave":1706296426561,"timeWatchM":950370,"timeWatchW":1684610,"timeWatchD":0,"countWatchM":18,"countWatchW":38,"countWatchD":0,"id":"f3b21a13","watches":[{"actions":[{"type":"start","time":1706292491177},{"type":"stop","time":1706292593764},{"type":"start","time":1706292752135},{"type":"stop","time":1706292791770},{"type":"start","time":1706292827031},{"type":"stop","time":1706292834653},{"type":"start","time":1706292904117},{"type":"stop","time":1706292945697},{"type":"start","time":1706293088486},{"type":"stop","time":1706293156263},{"type":"start","time":1706293290581},{"type":"stop","time":1706293342197},{"type":"start","time":1706293348799},{"type":"stop","time":1706293389184},{"type":"start","time":1706293619687},{"type":"stop","time":1706293631719},{"type":"start","time":1706293631721},{"type":"stop","time":1706293634163},{"type":"start","time":1706294474105},{"type":"stop","time":1706294491342},{"type":"start","time":1706294498355},{"type":"stop","time":1706294507376},{"type":"start","time":1706294948489},{"type":"stop","time":1706295177416},{"type":"start","time":1706295229936},{"type":"stop","time":1706295422166},{"type":"start","time":1706295625416},{"type":"stop","time":1706295631836},{"type":"start","time":1706295668360},{"type":"stop","time":1706295694044},{"type":"start","time":1706295770029},{"type":"stop","time":1706295782900},{"type":"start","time":1706295866494},{"type":"stop","time":1706295916323},{"type":"start","time":1706295961347},{"type":"stop","time":1706296003822}]},{"actions":[{"type":"start","time":1706292118249},{"type":"stop","time":1706292351275},{"type":"start","time":1706292351276},{"type":"stop","time":1706292364131},{"type":"start","time":1706292364132},{"type":"stop","time":1706292367513},{"type":"start","time":1706292595780},{"type":"stop","time":1706292670744},{"type":"start","time":1706292696874},{"type":"stop","time":1706292712424},{"type":"start","time":1706292712425},{"type":"stop","time":1706292725282},{"type":"start","time":1706292727073},{"type":"stop","time":1706292752134},{"type":"start","time":1706292794182},{"type":"stop","time":1706292827029},{"type":"start","time":1706292837369},{"type":"stop","time":1706292858036},{"type":"start","time":1706292873458},{"type":"stop","time":1706292904116},{"type":"start","time":1706292949048},{"type":"stop","time":1706292953837},{"type":"start","time":1706292953839},{"type":"stop","time":1706292955664},{"type":"start","time":1706292962611},{"type":"stop","time":1706292993084},{"type":"start","time":1706292997601},{"type":"stop","time":1706293079342},{"type":"start","time":1706293162838},{"type":"stop","time":1706293219846},{"type":"start","time":1706293231753},{"type":"stop","time":1706293287961},{"type":"start","time":1706294467371},{"type":"stop","time":1706294471888},{"type":"start","time":1706294507377},{"type":"stop","time":1706294531458},{"type":"start","time":1706294548852},{"type":"stop","time":1706294553556},{"type":"start","time":1706294564294},{"type":"stop","time":1706294605148},{"type":"start","time":1706294615830},{"type":"stop","time":1706294676680},{"type":"start","time":1706294676681},{"type":"stop","time":1706294867856},{"type":"start","time":1706294876591},{"type":"stop","time":1706294907093},{"type":"start","time":1706294909867},{"type":"stop","time":1706294918108},{"type":"start","time":1706294920172},{"type":"stop","time":1706294948486},{"type":"start","time":1706295180374},{"type":"stop","time":1706295209841},{"type":"start","time":1706295221094},{"type":"stop","time":1706295229934},{"type":"start","time":1706295425753},{"type":"stop","time":1706295625414},{"type":"start","time":1706295631838},{"type":"stop","time":1706295647209},{"type":"start","time":1706295647211},{"type":"stop","time":1706295668358},{"type":"start","time":1706295696236},{"type":"stop","time":1706295770027},{"type":"start","time":1706295782902},{"type":"stop","time":1706295799722},{"type":"start","time":1706295799724},{"type":"stop","time":1706295826187},{"type":"start","time":1706295826189},{"type":"stop","time":1706295865433},{"type":"start","time":1706295919072},{"type":"stop","time":1706295961346},{"type":"start","time":1706296003824},{"type":"stop","time":1706296096268},{"type":"start","time":1706296111056},{"type":"stop","time":1706296121343},{"type":"start","time":1706296121344},{"type":"stop","time":1706296142997}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E355">
+        <v>950370</v>
+      </c>
+      <c r="F355">
+        <v>1684610</v>
+      </c>
+      <c r="G355">
+        <v>0</v>
+      </c>
+      <c r="H355">
+        <v>18</v>
+      </c>
+      <c r="I355">
+        <v>38</v>
+      </c>
+      <c r="J355">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="s">
+        <v>354</v>
+      </c>
+      <c r="B356" s="2">
+        <v>20250315151249</v>
+      </c>
+      <c r="C356" s="2">
+        <v>1742051579866</v>
+      </c>
+      <c r="D356" t="inlineStr">
+        <is>
+          <t>{"lastSave":1742051579866,"timeWatchM":10969,"timeWatchW":0,"timeWatchD":0,"countWatchM":0.5,"countWatchW":0,"countWatchD":0,"id":"f4196c00","watches":[{"actions":[{"type":"start","time":1742051568897}]},{"actions":[]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E356">
+        <v>10969</v>
+      </c>
+      <c r="F356">
+        <v>0</v>
+      </c>
+      <c r="G356">
+        <v>0</v>
+      </c>
+      <c r="H356">
+        <v>1</v>
+      </c>
+      <c r="I356">
+        <v>0</v>
+      </c>
+      <c r="J356">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="s">
+        <v>355</v>
+      </c>
+      <c r="B357" s="2">
+        <v>20231119110920</v>
+      </c>
+      <c r="C357" s="2">
+        <v>1700393311290</v>
+      </c>
+      <c r="D357" t="inlineStr">
+        <is>
+          <t>{"lastSave":1700393311290,"timeWatchM":49744,"timeWatchW":581213,"timeWatchD":0,"countWatchM":5,"countWatchW":18,"countWatchD":0,"id":"f4799dae","watches":[{"actions":[{"type":"start","time":1700392673373},{"type":"stop","time":1700392683760},{"type":"start","time":1700392697316},{"type":"stop","time":1700392709774},{"type":"start","time":1700392769686},{"type":"stop","time":1700392791328},{"type":"start","time":1700392808837},{"type":"stop","time":1700392812877},{"type":"start","time":1700392825030},{"type":"stop","time":1700392826247}]},{"actions":[{"type":"start","time":1700392171557},{"type":"stop","time":1700392235184},{"type":"start","time":1700392667212},{"type":"stop","time":1700392672212},{"type":"start","time":1700392684907},{"type":"stop","time":1700392693220},{"type":"start","time":1700392724081},{"type":"stop","time":1700392728310},{"type":"start","time":1700392738765},{"type":"stop","time":1700392769685},{"type":"start","time":1700392791329},{"type":"stop","time":1700392808836},{"type":"start","time":1700392812878},{"type":"stop","time":1700392825029},{"type":"start","time":1700392826249},{"type":"stop","time":1700392871635},{"type":"start","time":1700392881607},{"type":"stop","time":1700392948353},{"type":"start","time":1700392951262},{"type":"stop","time":1700392984319},{"type":"start","time":1700392985299},{"type":"stop","time":1700393006386},{"type":"start","time":1700393009810},{"type":"stop","time":1700393036181},{"type":"start","time":1700393050784},{"type":"stop","time":1700393069067},{"type":"start","time":1700393073045},{"type":"stop","time":1700393104508},{"type":"start","time":1700393104510},{"type":"stop","time":1700393208286},{"type":"start","time":1700393211277},{"type":"stop","time":1700393292491},{"type":"start","time":1700393296978},{"type":"stop","time":1700393307238},{"type":"start","time":1700393309467},{"type":"stop","time":1700393311290}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E357">
+        <v>49744</v>
+      </c>
+      <c r="F357">
+        <v>581213</v>
+      </c>
+      <c r="G357">
+        <v>0</v>
+      </c>
+      <c r="H357">
+        <v>5</v>
+      </c>
+      <c r="I357">
+        <v>18</v>
+      </c>
+      <c r="J357">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" t="s">
+        <v>356</v>
+      </c>
+      <c r="B358" s="2">
+        <v>20250315131230</v>
+      </c>
+      <c r="C358" s="2">
+        <v>1742044753044</v>
+      </c>
+      <c r="D358" t="inlineStr">
+        <is>
+          <t>{"lastSave":1742044753044,"timeWatchM":0,"timeWatchW":401957,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"f531f72f","watches":[{"actions":[]},{"actions":[{"type":"start","time":1742044350257},{"type":"stop","time":1742044752214}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E358">
+        <v>0</v>
+      </c>
+      <c r="F358">
+        <v>401957</v>
+      </c>
+      <c r="G358">
+        <v>0</v>
+      </c>
+      <c r="H358">
+        <v>0</v>
+      </c>
+      <c r="I358">
+        <v>1</v>
+      </c>
+      <c r="J358">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="s">
+        <v>357</v>
+      </c>
+      <c r="B359" s="2">
+        <v>20250821182648</v>
+      </c>
+      <c r="C359" s="2">
+        <v>1755801715415</v>
+      </c>
+      <c r="D359" t="inlineStr">
+        <is>
+          <t>{"lastSave":1755801715415,"timeWatchM":492227,"timeWatchW":309857,"timeWatchD":0,"countWatchM":12,"countWatchW":8,"countWatchD":0,"id":"f6321e86","watches":[{"actions":[{"type":"start","time":1755800807013},{"type":"stop","time":1755800826097},{"type":"start","time":1755800827747},{"type":"stop","time":1755800860498},{"type":"start","time":1755800862898},{"type":"stop","time":1755800896082},{"type":"start","time":1755800897648},{"type":"stop","time":1755800906532},{"type":"start","time":1755800970417},{"type":"stop","time":1755801051018},{"type":"start","time":1755801121386},{"type":"stop","time":1755801171504},{"type":"start","time":1755801177754},{"type":"stop","time":1755801212171},{"type":"start","time":1755801213238},{"type":"stop","time":1755801231305},{"type":"start","time":1755801254022},{"type":"stop","time":1755801301457},{"type":"start","time":1755801308957},{"type":"stop","time":1755801395875},{"type":"start","time":1755801608296},{"type":"stop","time":1755801675214},{"type":"start","time":1755801683531},{"type":"stop","time":1755801697381}]},{"actions":[{"type":"start","time":1755800909815},{"type":"stop","time":1755800968783},{"type":"start","time":1755801053918},{"type":"stop","time":1755801108236},{"type":"start","time":1755801109986},{"type":"stop","time":1755801119770},{"type":"start","time":1755801403275},{"type":"stop","time":1755801446776},{"type":"start","time":1755801449560},{"type":"stop","time":1755801475343},{"type":"start","time":1755801479493},{"type":"stop","time":1755801515494},{"type":"start","time":1755801521044},{"type":"stop","time":1755801569112},{"type":"start","time":1755801573245},{"type":"stop","time":1755801606679}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E359">
+        <v>492227</v>
+      </c>
+      <c r="F359">
+        <v>309857</v>
+      </c>
+      <c r="G359">
+        <v>0</v>
+      </c>
+      <c r="H359">
+        <v>12</v>
+      </c>
+      <c r="I359">
+        <v>8</v>
+      </c>
+      <c r="J359">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="s">
+        <v>358</v>
+      </c>
+      <c r="B360" s="2">
+        <v>20231119081135</v>
+      </c>
+      <c r="C360" s="2">
+        <v>1700384408687</v>
+      </c>
+      <c r="D360" t="inlineStr">
+        <is>
+          <t>{"lastSave":1700384408687,"timeWatchM":1261001,"timeWatchW":1593443,"timeWatchD":0,"countWatchM":9,"countWatchW":16,"countWatchD":0,"id":"f6390d89","watches":[{"actions":[{"type":"start","time":1700381575568},{"type":"stop","time":1700381947023},{"type":"start","time":1700381950238},{"type":"stop","time":1700382084102},{"type":"start","time":1700382200561},{"type":"stop","time":1700382429126},{"type":"start","time":1700382524183},{"type":"stop","time":1700382527409},{"type":"start","time":1700382545815},{"type":"stop","time":1700382548366},{"type":"start","time":1700382829131},{"type":"stop","time":1700383068334},{"type":"start","time":1700383099399},{"type":"stop","time":1700383232033},{"type":"start","time":1700383266060},{"type":"stop","time":1700383374238},{"type":"start","time":1700384162936},{"type":"stop","time":1700384204261}]},{"actions":[{"type":"start","time":1700381495162},{"type":"stop","time":1700381575568},{"type":"start","time":1700381947024},{"type":"stop","time":1700381950238},{"type":"start","time":1700382084102},{"type":"stop","time":1700382200560},{"type":"start","time":1700382429127},{"type":"stop","time":1700382524182},{"type":"start","time":1700382527409},{"type":"stop","time":1700382545815},{"type":"start","time":1700382548367},{"type":"stop","time":1700382548367},{"type":"start","time":1700382548368},{"type":"stop","time":1700382829131},{"type":"start","time":1700383068334},{"type":"stop","time":1700383099398},{"type":"start","time":1700383232033},{"type":"stop","time":1700383266059},{"type":"start","time":1700383376207},{"type":"stop","time":1700383444479},{"type":"start","time":1700383501581},{"type":"stop","time":1700383799260},{"type":"start","time":1700383799260},{"type":"stop","time":1700383856225},{"type":"start","time":1700383856225},{"type":"stop","time":1700384075854},{"type":"start","time":1700384075854},{"type":"stop","time":1700384110949},{"type":"start","time":1700384110949},{"type":"stop","time":1700384162936},{"type":"start","time":1700384204262},{"type":"stop","time":1700384408686}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E360">
+        <v>1261001</v>
+      </c>
+      <c r="F360">
+        <v>1593443</v>
+      </c>
+      <c r="G360">
+        <v>0</v>
+      </c>
+      <c r="H360">
+        <v>9</v>
+      </c>
+      <c r="I360">
+        <v>16</v>
+      </c>
+      <c r="J360">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="s">
+        <v>359</v>
+      </c>
+      <c r="B361" s="2">
+        <v>20230223145829</v>
+      </c>
+      <c r="C361" s="2">
+        <v>1677165515096</v>
+      </c>
+      <c r="D361" t="inlineStr">
+        <is>
+          <t>{"lastSave":1677165515096,"timeWatchM":51524,"timeWatchW":198263,"timeWatchD":0,"countWatchM":1,"countWatchW":6,"countWatchD":0,"id":"f7a4cf22","watches":[{"actions":[{"type":"start","time":1677164359376},{"type":"stop","time":1677164410900}]},{"actions":[{"type":"start","time":1677164309548},{"type":"stop","time":1677164345077},{"type":"start","time":1677164474079},{"type":"stop","time":1677164527393},{"type":"start","time":1677164608594},{"type":"stop","time":1677164619464},{"type":"start","time":1677164674224},{"type":"stop","time":1677164705624},{"type":"start","time":1677164820863},{"type":"stop","time":1677164885288},{"type":"start","time":1677164965901},{"type":"stop","time":1677164968626}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E361">
+        <v>51524</v>
+      </c>
+      <c r="F361">
+        <v>198263</v>
+      </c>
+      <c r="G361">
+        <v>0</v>
+      </c>
+      <c r="H361">
+        <v>1</v>
+      </c>
+      <c r="I361">
+        <v>6</v>
+      </c>
+      <c r="J361">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="s">
+        <v>360</v>
+      </c>
+      <c r="B362" s="2">
+        <v>20240504100513</v>
+      </c>
+      <c r="C362" s="2">
+        <v>1714819495915</v>
+      </c>
+      <c r="D362" t="inlineStr">
+        <is>
+          <t>{"lastSave":1714819495915,"timeWatchM":4513,"timeWatchW":5898,"timeWatchD":0,"countWatchM":1,"countWatchW":2,"countWatchD":0,"id":"f8e34099","watches":[{"actions":[{"type":"start","time":1714819426965},{"type":"stop","time":1714819431478}]},{"actions":[{"type":"start","time":1714819446846},{"type":"stop","time":1714819451345},{"type":"start","time":1714819451346},{"type":"stop","time":1714819452745}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E362">
+        <v>4513</v>
+      </c>
+      <c r="F362">
+        <v>5898</v>
+      </c>
+      <c r="G362">
+        <v>0</v>
+      </c>
+      <c r="H362">
+        <v>1</v>
+      </c>
+      <c r="I362">
+        <v>2</v>
+      </c>
+      <c r="J362">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="s">
+        <v>361</v>
+      </c>
+      <c r="B363" s="2">
+        <v>20240920180052</v>
+      </c>
+      <c r="C363" s="2">
+        <v>1726855298714</v>
+      </c>
+      <c r="D363" t="inlineStr">
+        <is>
+          <t>{"lastSave":1726855298714,"timeWatchM":25898,"timeWatchW":8068,"timeWatchD":0,"countWatchM":5,"countWatchW":1,"countWatchD":0,"id":"f936ca4b","watches":[{"actions":[{"type":"start","time":1726855251767},{"type":"stop","time":1726855268052},{"type":"start","time":1726855268054},{"type":"stop","time":1726855269885},{"type":"start","time":1726855269887},{"type":"stop","time":1726855271092},{"type":"start","time":1726855271094},{"type":"stop","time":1726855272578},{"type":"start","time":1726855272580},{"type":"stop","time":1726855277673}]},{"actions":[{"type":"start","time":1726855285485},{"type":"stop","time":1726855293553}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E363">
+        <v>25898</v>
+      </c>
+      <c r="F363">
+        <v>8068</v>
+      </c>
+      <c r="G363">
+        <v>0</v>
+      </c>
+      <c r="H363">
+        <v>5</v>
+      </c>
+      <c r="I363">
+        <v>1</v>
+      </c>
+      <c r="J363">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" t="s">
+        <v>362</v>
+      </c>
+      <c r="B364" s="2">
+        <v>20250923180754</v>
+      </c>
+      <c r="C364" s="2">
+        <v>1758650988042</v>
+      </c>
+      <c r="D364" t="inlineStr">
+        <is>
+          <t>{"lastSave":1758650988042,"timeWatchM":114018,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"f9d0f1cf","watches":[{"actions":[{"type":"start","time":1758650874024},{"type":"stop","time":1758650988042}]},{"actions":[]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E364">
+        <v>114018</v>
+      </c>
+      <c r="F364">
+        <v>0</v>
+      </c>
+      <c r="G364">
+        <v>0</v>
+      </c>
+      <c r="H364">
+        <v>1</v>
+      </c>
+      <c r="I364">
+        <v>0</v>
+      </c>
+      <c r="J364">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" t="s">
+        <v>363</v>
+      </c>
+      <c r="B365" s="2">
+        <v>20230707171717</v>
+      </c>
+      <c r="C365" s="2">
+        <v>1688750241035</v>
+      </c>
+      <c r="D365" t="inlineStr">
+        <is>
+          <t>{"lastSave":1688750241035,"timeWatchM":0,"timeWatchW":5005,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"fb037229","watches":[{"actions":[]},{"actions":[{"type":"start","time":1688750236030},{"type":"stop","time":1688750241035}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E365">
+        <v>0</v>
+      </c>
+      <c r="F365">
+        <v>5005</v>
+      </c>
+      <c r="G365">
+        <v>0</v>
+      </c>
+      <c r="H365">
+        <v>0</v>
+      </c>
+      <c r="I365">
+        <v>1</v>
+      </c>
+      <c r="J365">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" t="s">
+        <v>364</v>
+      </c>
+      <c r="B366" s="2">
+        <v>20240505171204</v>
+      </c>
+      <c r="C366" s="2">
+        <v>1714929166304</v>
+      </c>
+      <c r="D366" t="inlineStr">
+        <is>
+          <t>{"lastSave":1714929166304,"timeWatchM":0,"timeWatchW":0,"timeWatchD":2763,"countWatchM":0,"countWatchW":0,"countWatchD":1,"id":"fb75e7c0","watches":[{"actions":[]},{"actions":[]},{"actions":[{"type":"start","time":1714929163541},{"type":"stop","time":1714929166304}]}]}</t>
+        </is>
+      </c>
+      <c r="E366">
+        <v>0</v>
+      </c>
+      <c r="F366">
+        <v>0</v>
+      </c>
+      <c r="G366">
+        <v>2763</v>
+      </c>
+      <c r="H366">
+        <v>0</v>
+      </c>
+      <c r="I366">
+        <v>0</v>
+      </c>
+      <c r="J366">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" t="s">
+        <v>365</v>
+      </c>
+      <c r="B367" s="2">
+        <v>20250623174804</v>
+      </c>
+      <c r="C367" s="2">
+        <v>1750958044356</v>
+      </c>
+      <c r="D367" t="inlineStr">
+        <is>
+          <t>{"lastSave":1750958044356,"timeWatchM":657341,"timeWatchW":306262,"timeWatchD":0,"countWatchM":12,"countWatchW":6,"countWatchD":0,"id":"fc248f17","watches":[{"actions":[{"type":"start","time":1750700884081},{"type":"stop","time":1750700940287},{"type":"start","time":1750700972573},{"type":"stop","time":1750701035575},{"type":"start","time":1750701093946},{"type":"stop","time":1750701143165},{"type":"start","time":1750701341458},{"type":"stop","time":1750701421612},{"type":"start","time":1750701467583},{"type":"stop","time":1750701482515},{"type":"start","time":1750701506451},{"type":"stop","time":1750701657621},{"type":"start","time":1750702517004},{"type":"stop","time":1750702518051},{"type":"start","time":1750702518052},{"type":"stop","time":1750702520401},{"type":"start","time":1750702645145},{"type":"stop","time":1750702691072},{"type":"start","time":1750702712692},{"type":"stop","time":1750702762310},{"type":"start","time":1750702801496},{"type":"stop","time":1750702812665},{"type":"start","time":1750702821347},{"type":"stop","time":1750702953895}]},{"actions":[{"type":"start","time":1750700963489},{"type":"stop","time":1750700971672},{"type":"start","time":1750701046944},{"type":"stop","time":1750701093945},{"type":"start","time":1750701143167},{"type":"stop","time":1750701200820},{"type":"start","time":1750701208704},{"type":"stop","time":1750701240568},{"type":"start","time":1750702520785},{"type":"stop","time":1750702645144},{"type":"start","time":1750702764293},{"type":"stop","time":1750702801495}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E367">
+        <v>657341</v>
+      </c>
+      <c r="F367">
+        <v>306262</v>
+      </c>
+      <c r="G367">
+        <v>0</v>
+      </c>
+      <c r="H367">
+        <v>12</v>
+      </c>
+      <c r="I367">
+        <v>6</v>
+      </c>
+      <c r="J367">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" t="s">
+        <v>366</v>
+      </c>
+      <c r="B368" s="2">
+        <v>20230909073445</v>
+      </c>
+      <c r="C368" s="2">
+        <v>1694245053135</v>
+      </c>
+      <c r="D368" t="inlineStr">
+        <is>
+          <t>{"lastSave":1694245053135,"timeWatchM":0,"timeWatchW":166747,"timeWatchD":0,"countWatchM":0,"countWatchW":1,"countWatchD":0,"id":"fca08e6a","watches":[{"actions":[]},{"actions":[{"type":"start","time":1694244886388},{"type":"stop","time":1694245053135}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E368">
+        <v>0</v>
+      </c>
+      <c r="F368">
+        <v>166747</v>
+      </c>
+      <c r="G368">
+        <v>0</v>
+      </c>
+      <c r="H368">
+        <v>0</v>
+      </c>
+      <c r="I368">
+        <v>1</v>
+      </c>
+      <c r="J368">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" t="s">
+        <v>367</v>
+      </c>
+      <c r="B369" s="2">
+        <v>20231120182148</v>
+      </c>
+      <c r="C369" s="2">
+        <v>1700504581367</v>
+      </c>
+      <c r="D369" t="inlineStr">
+        <is>
+          <t>{"lastSave":1700504581367,"timeWatchM":22717,"timeWatchW":5465,"timeWatchD":0,"countWatchM":4,"countWatchW":1,"countWatchD":0,"id":"fca39f95","watches":[{"actions":[{"type":"start","time":1700504508205},{"type":"stop","time":1700504513904},{"type":"start","time":1700504533366},{"type":"stop","time":1700504547494},{"type":"start","time":1700504547495},{"type":"stop","time":1700504549499},{"type":"start","time":1700504549501},{"type":"stop","time":1700504550387}]},{"actions":[{"type":"start","time":1700504513905},{"type":"stop","time":1700504519370}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E369">
+        <v>22717</v>
+      </c>
+      <c r="F369">
+        <v>5465</v>
+      </c>
+      <c r="G369">
+        <v>0</v>
+      </c>
+      <c r="H369">
+        <v>4</v>
+      </c>
+      <c r="I369">
+        <v>1</v>
+      </c>
+      <c r="J369">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" t="s">
+        <v>368</v>
+      </c>
+      <c r="B370" s="2">
+        <v>20230215160156</v>
+      </c>
+      <c r="C370" s="2">
+        <v>1676477568839</v>
+      </c>
+      <c r="D370" t="inlineStr">
+        <is>
+          <t>{"lastSave":1676477568839,"timeWatchM":12640,"timeWatchW":0,"timeWatchD":1611,"countWatchM":2,"countWatchW":0,"countWatchD":1,"id":"fdcf75cf","watches":[{"actions":[{"type":"start","time":1676476917973},{"type":"stop","time":1676476924151},{"type":"start","time":1676476940228},{"type":"stop","time":1676476946690}]},{"actions":[]},{"actions":[{"type":"start","time":1676476916361},{"type":"stop","time":1676476917972}]}]}</t>
+        </is>
+      </c>
+      <c r="E370">
+        <v>12640</v>
+      </c>
+      <c r="F370">
+        <v>0</v>
+      </c>
+      <c r="G370">
+        <v>1611</v>
+      </c>
+      <c r="H370">
+        <v>2</v>
+      </c>
+      <c r="I370">
+        <v>0</v>
+      </c>
+      <c r="J370">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" t="s">
+        <v>369</v>
+      </c>
+      <c r="B371" s="2">
+        <v>20240324095803</v>
+      </c>
+      <c r="C371" s="2">
+        <v>1711271198797</v>
+      </c>
+      <c r="D371" t="inlineStr">
+        <is>
+          <t>{"lastSave":1711271198797,"timeWatchM":132321,"timeWatchW":534549,"timeWatchD":0,"countWatchM":2,"countWatchW":7,"countWatchD":0,"id":"fe114bf0","watches":[{"actions":[{"type":"start","time":1711270960163},{"type":"stop","time":1711271002422},{"type":"start","time":1711271013325},{"type":"stop","time":1711271103387}]},{"actions":[{"type":"start","time":1711270455765},{"type":"stop","time":1711270563704},{"type":"start","time":1711270564855},{"type":"stop","time":1711270689445},{"type":"start","time":1711270761844},{"type":"stop","time":1711270769688},{"type":"start","time":1711270769690},{"type":"stop","time":1711270959377},{"type":"start","time":1711271003106},{"type":"stop","time":1711271012656},{"type":"start","time":1711271103855},{"type":"stop","time":1711271147251},{"type":"start","time":1711271147253},{"type":"stop","time":1711271198796}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E371">
+        <v>132321</v>
+      </c>
+      <c r="F371">
+        <v>534549</v>
+      </c>
+      <c r="G371">
+        <v>0</v>
+      </c>
+      <c r="H371">
+        <v>2</v>
+      </c>
+      <c r="I371">
+        <v>7</v>
+      </c>
+      <c r="J371">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" t="s">
+        <v>370</v>
+      </c>
+      <c r="B372" s="2">
+        <v>20251021173635</v>
+      </c>
+      <c r="C372" s="2">
+        <v>1761068200579</v>
+      </c>
+      <c r="D372" t="inlineStr">
+        <is>
+          <t>{"lastSave":1761068200579,"timeWatchM":5504,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"fe19e399","watches":[{"actions":[{"type":"start","time":1761068195075},{"type":"stop","time":1761068200579}]},{"actions":[]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E372">
+        <v>5504</v>
+      </c>
+      <c r="F372">
+        <v>0</v>
+      </c>
+      <c r="G372">
+        <v>0</v>
+      </c>
+      <c r="H372">
+        <v>1</v>
+      </c>
+      <c r="I372">
+        <v>0</v>
+      </c>
+      <c r="J372">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" t="s">
+        <v>371</v>
+      </c>
+      <c r="B373" s="2">
+        <v>20250923170424</v>
+      </c>
+      <c r="C373" s="2">
+        <v>1758647103351</v>
+      </c>
+      <c r="D373" t="inlineStr">
+        <is>
+          <t>{"lastSave":1758647103351,"timeWatchM":39483,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"febfc128","watches":[{"actions":[{"type":"start","time":1758647063868},{"type":"stop","time":1758647103351}]},{"actions":[]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E373">
+        <v>39483</v>
+      </c>
+      <c r="F373">
+        <v>0</v>
+      </c>
+      <c r="G373">
+        <v>0</v>
+      </c>
+      <c r="H373">
+        <v>1</v>
+      </c>
+      <c r="I373">
+        <v>0</v>
+      </c>
+      <c r="J373">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" t="s">
+        <v>372</v>
+      </c>
+      <c r="B374" s="2">
+        <v>20250923181507</v>
+      </c>
+      <c r="C374" s="2">
+        <v>1758651335962</v>
+      </c>
+      <c r="D374" t="inlineStr">
+        <is>
+          <t>{"lastSave":1758651335962,"timeWatchM":28448,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"ff81da74","watches":[{"actions":[{"type":"start","time":1758651307514},{"type":"stop","time":1758651335962}]},{"actions":[]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E374">
+        <v>28448</v>
+      </c>
+      <c r="F374">
+        <v>0</v>
+      </c>
+      <c r="G374">
+        <v>0</v>
+      </c>
+      <c r="H374">
+        <v>1</v>
+      </c>
+      <c r="I374">
+        <v>0</v>
+      </c>
+      <c r="J374">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" t="s">
+        <v>373</v>
+      </c>
+      <c r="B375" s="2">
+        <v>20230306181847</v>
+      </c>
+      <c r="C375" s="2">
+        <v>1680380015466</v>
+      </c>
+      <c r="D375" t="inlineStr">
+        <is>
+          <t>{"lastSave":1680380015466,"timeWatchM":570037,"timeWatchW":482117,"timeWatchD":0,"countWatchM":13,"countWatchW":11,"countWatchD":0,"id":"ffb290e3","watches":[{"actions":[{"type":"start","time":1680377350411},{"type":"stop","time":1680377397381},{"type":"start","time":1680377403323},{"type":"stop","time":1680377436876},{"type":"start","time":1680377471730},{"type":"stop","time":1680377488879},{"type":"start","time":1680377665490},{"type":"stop","time":1680377740740},{"type":"start","time":1680377859108},{"type":"stop","time":1680377861868},{"type":"start","time":1680377883214},{"type":"stop","time":1680377890388},{"type":"start","time":1680377890391},{"type":"stop","time":1680378001138},{"type":"start","time":1680378001142},{"type":"stop","time":1680378013863},{"type":"start","time":1680378013866},{"type":"stop","time":1680378052009},{"type":"start","time":1680378168140},{"type":"stop","time":1680378236024},{"type":"start","time":1680378239838},{"type":"stop","time":1680378355907},{"type":"start","time":1680378366963},{"type":"stop","time":1680378386276},{"type":"start","time":1680378386279},{"type":"stop","time":1680378408583}]},{"actions":[{"type":"start","time":1680377436879},{"type":"stop","time":1680377471726},{"type":"start","time":1680377488882},{"type":"stop","time":1680377539605},{"type":"start","time":1680377539608},{"type":"stop","time":1680377665485},{"type":"start","time":1680377740744},{"type":"stop","time":1680377800144},{"type":"start","time":1680377800148},{"type":"stop","time":1680377859105},{"type":"start","time":1680377861870},{"type":"stop","time":1680377883211},{"type":"start","time":1680378052012},{"type":"stop","time":1680378084956},{"type":"start","time":1680378084959},{"type":"stop","time":1680378111234},{"type":"start","time":1680378111237},{"type":"stop","time":1680378168136},{"type":"start","time":1680378236028},{"type":"stop","time":1680378239835},{"type":"start","time":1680378355912},{"type":"stop","time":1680378366959}]},{"actions":[]}]}</t>
+        </is>
+      </c>
+      <c r="E375">
+        <v>570037</v>
+      </c>
+      <c r="F375">
+        <v>482117</v>
+      </c>
+      <c r="G375">
+        <v>0</v>
+      </c>
+      <c r="H375">
+        <v>13</v>
+      </c>
+      <c r="I375">
+        <v>11</v>
+      </c>
+      <c r="J375">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" t="s">
+        <v>374</v>
+      </c>
+      <c r="B376" s="2">
         <v>20250315132257</v>
       </c>
-      <c r="C349" s="2">
+      <c r="C376" s="2">
         <v>1742045059624</v>
       </c>
-      <c r="D349" t="inlineStr">
+      <c r="D376" t="inlineStr">
         <is>
           <t>{"lastSave":1742045059624,"timeWatchM":76366,"timeWatchW":0,"timeWatchD":0,"countWatchM":1,"countWatchW":0,"countWatchD":0,"id":"ffd3e10a","watches":[{"actions":[{"type":"start","time":1742044977660},{"type":"stop","time":1742045054026}]},{"actions":[]},{"actions":[]}]}</t>
         </is>
       </c>
-      <c r="E349">
+      <c r="E376">
         <v>76366</v>
       </c>
-      <c r="F349">
-[...11 lines deleted...]
-      <c r="J349">
+      <c r="F376">
+        <v>0</v>
+      </c>
+      <c r="G376">
+        <v>0</v>
+      </c>
+      <c r="H376">
+        <v>1</v>
+      </c>
+      <c r="I376">
+        <v>0</v>
+      </c>
+      <c r="J376">
         <v>0</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>